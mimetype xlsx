--- v0 (2025-12-14)
+++ v1 (2026-01-05)
@@ -40,51 +40,51 @@
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Company | Metrics" sheetId="1" r:id="rId1"/>
     <sheet name="Company | Info" sheetId="2" r:id="rId2"/>
     <sheet name="Model Portfolio | Metrics" sheetId="3" r:id="rId3"/>
     <sheet name="Model Portfolio | Info" sheetId="4" r:id="rId4"/>
     <sheet name="ETF &amp; CEF | Metrics" sheetId="5" r:id="rId5"/>
     <sheet name="ETF &amp; CEF | Info" sheetId="6" r:id="rId6"/>
     <sheet name="Mutual Fund | Metrics" sheetId="7" r:id="rId7"/>
     <sheet name="Mutual Fund | Info" sheetId="8" r:id="rId8"/>
     <sheet name="Separate Account | Metrics" sheetId="9" r:id="rId9"/>
     <sheet name="Separate Account | Info" sheetId="10" r:id="rId10"/>
     <sheet name="Custom Security | Metrics" sheetId="11" r:id="rId11"/>
     <sheet name="Custom Security | Info" sheetId="12" r:id="rId12"/>
     <sheet name="Macroeconomic | Metrics" sheetId="13" r:id="rId13"/>
     <sheet name="YCS Parameter Options" sheetId="14" r:id="rId14"/>
     <sheet name="Macroeconomic | Info" sheetId="15" r:id="rId15"/>
     <sheet name="User Info" sheetId="16" r:id="rId16"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8129" uniqueCount="4155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8145" uniqueCount="4166">
   <si>
     <t>YCharts Excel Add-In Company Metrics</t>
   </si>
   <si>
     <t>Metric Name</t>
   </si>
   <si>
     <t>Financial Statement</t>
   </si>
   <si>
     <t>Metric Code</t>
   </si>
   <si>
     <t>Syntax</t>
   </si>
   <si>
     <t>Forward Estimate Available</t>
   </si>
   <si>
     <t>1 Year Total Returns (Daily)</t>
   </si>
   <si>
     <t>one_year_total_return</t>
   </si>
   <si>
@@ -5025,63 +5025,63 @@
   <si>
     <t>YCP("P:1234","united_kingdom_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>United Kingdom Region Total Exposure</t>
   </si>
   <si>
     <t>united_kingdom_region_total_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","united_kingdom_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>United Kingdom Total Exposure</t>
   </si>
   <si>
     <t>united_kingdom_total_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","united_kingdom_total_exposure_generic")</t>
   </si>
   <si>
     <t>United States Bond Exposure</t>
   </si>
   <si>
-    <t>united_states_region_bond_exposure_generic</t>
-[...2 lines deleted...]
-    <t>YCP("P:1234","united_states_region_bond_exposure_generic")</t>
+    <t>united_states_bond_exposure_generic</t>
+  </si>
+  <si>
+    <t>YCP("P:1234","united_states_bond_exposure_generic")</t>
   </si>
   <si>
     <t>United States Equity Exposure</t>
   </si>
   <si>
-    <t>united_states_region_equity_exposure_generic</t>
-[...2 lines deleted...]
-    <t>YCP("P:1234","united_states_region_equity_exposure_generic")</t>
+    <t>united_states_equity_exposure_generic</t>
+  </si>
+  <si>
+    <t>YCP("P:1234","united_states_equity_exposure_generic")</t>
   </si>
   <si>
     <t>United States Total Exposure</t>
   </si>
   <si>
     <t>united_states_region_total_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","united_states_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>Utilities Exposure</t>
   </si>
   <si>
     <t>utilities_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","utilities_exposure_generic")</t>
   </si>
   <si>
     <t>Venezuela Bond Exposure</t>
   </si>
   <si>
     <t>venezuela_bond_exposure_generic</t>
   </si>
@@ -6789,68 +6789,68 @@
   <si>
     <t>YCP("SPXU","latest_sps_growth_zscore_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","latest_sales_per_share_growth_3yr_ratio_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","latin_america_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","latin_america_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","latin_america_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","maturity_less_than_1_year_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","leverage_ratio_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","long_term_exposure_generic")</t>
   </si>
   <si>
+    <t>MER</t>
+  </si>
+  <si>
+    <t>mer_generic</t>
+  </si>
+  <si>
+    <t>YCP("SPXU","mer_generic")</t>
+  </si>
+  <si>
     <t>YCP("SPXU","malaysia_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","malaysia_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","malaysia_total_exposure_generic")</t>
   </si>
   <si>
-    <t>Management Expense Ratio</t>
-[...7 lines deleted...]
-  <si>
     <t>YCP("SPXU","max_drawdown_5y")</t>
   </si>
   <si>
     <t>Max Manager Tenure</t>
   </si>
   <si>
     <t>max_manager_tenure_generic</t>
   </si>
   <si>
     <t>YCP("SPXU","max_manager_tenure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","max_deferred_load_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","max_front_load_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","max_redemption_fee_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","medium_market_cap_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","mexico_bond_exposure_generic")</t>
@@ -7725,54 +7725,54 @@
   <si>
     <t>YCP("SPXU","united_arab_emirates_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_arab_emirates_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_total_exposure_generic")</t>
   </si>
   <si>
-    <t>YCP("SPXU","united_states_region_bond_exposure_generic")</t>
-[...2 lines deleted...]
-    <t>YCP("SPXU","united_states_region_equity_exposure_generic")</t>
+    <t>YCP("SPXU","united_states_bond_exposure_generic")</t>
+  </si>
+  <si>
+    <t>YCP("SPXU","united_states_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_states_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>Upside (vs Peer Group) (10Y)</t>
   </si>
   <si>
     <t>upside_10y_vs_pg</t>
   </si>
   <si>
     <t>YCP("SPXU","upside_10y_vs_pg")</t>
   </si>
   <si>
     <t>Upside (vs Peer Group) (15Y)</t>
   </si>
   <si>
     <t>upside_15y_vs_pg</t>
   </si>
   <si>
     <t>YCP("SPXU","upside_15y_vs_pg")</t>
   </si>
   <si>
     <t>Upside (vs Peer Group) (1Y)</t>
   </si>
@@ -9468,62 +9468,62 @@
   <si>
     <t>YCP("M:AWSHX","latest_return_on_equity_zscore_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","latest_sps_growth_zscore_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","latest_sales_per_share_growth_3yr_ratio_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","latin_america_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","latin_america_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","latin_america_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","maturity_less_than_1_year_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","long_term_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("M:AWSHX","mer_generic")</t>
+  </si>
+  <si>
     <t>YCP("M:AWSHX","malaysia_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","malaysia_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","malaysia_total_exposure_generic")</t>
   </si>
   <si>
-    <t>YCP("M:AWSHX","mer_generic")</t>
-[...1 lines deleted...]
-  <si>
     <t>YCP("M:AWSHX","max_drawdown_5y")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","max_manager_tenure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","max_deferred_load_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","max_front_load_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","max_redemption_fee_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","medium_market_cap_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","mexico_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","mexico_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","mexico_total_exposure_generic")</t>
@@ -10068,54 +10068,54 @@
   <si>
     <t>YCP("M:AWSHX","united_arab_emirates_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_arab_emirates_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_total_exposure_generic")</t>
   </si>
   <si>
-    <t>YCP("M:AWSHX","united_states_region_bond_exposure_generic")</t>
-[...2 lines deleted...]
-    <t>YCP("M:AWSHX","united_states_region_equity_exposure_generic")</t>
+    <t>YCP("M:AWSHX","united_states_bond_exposure_generic")</t>
+  </si>
+  <si>
+    <t>YCP("M:AWSHX","united_states_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_states_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_10y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_15y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_1y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_20y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_3y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_5y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_downside_10y_vs_pg")</t>
   </si>
@@ -10581,50 +10581,59 @@
   <si>
     <t>YCP("S:0P0000JCML","australasia_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","australia_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","australia_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","australia_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","austria_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","austria_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","austria_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","average_coupon_generic")</t>
   </si>
   <si>
+    <t>Average Manager Tenure</t>
+  </si>
+  <si>
+    <t>average_manager_tenure_generic</t>
+  </si>
+  <si>
+    <t>YCP("S:0P0000JCML","average_manager_tenure_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","b_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","bb_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","bbb_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","bank_loan_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","basic_materials_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","belgium_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","belgium_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","belgium_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","below_b_bond_exposure_generic")</t>
@@ -11010,50 +11019,59 @@
   <si>
     <t>YCP("S:0P0000JCML","latin_america_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","latin_america_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","latin_america_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","malaysia_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","malaysia_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","malaysia_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","max_drawdown_5y")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","max_manager_tenure_generic")</t>
   </si>
   <si>
+    <t>Maximum Management Fee</t>
+  </si>
+  <si>
+    <t>max_management_fee_generic</t>
+  </si>
+  <si>
+    <t>YCP("S:0P0000JCML","max_management_fee_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","medium_market_cap_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","mexico_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","mexico_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","mexico_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","medium_cap_equity_allocation_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","middle_east_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","middle_east_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","middle_east_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","minimum_initial_investment_generic")</t>
@@ -11361,54 +11379,54 @@
   <si>
     <t>YCP("S:0P0000JCML","united_arab_emirates_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_arab_emirates_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_total_exposure_generic")</t>
   </si>
   <si>
-    <t>YCP("S:0P0000JCML","united_states_region_bond_exposure_generic")</t>
-[...2 lines deleted...]
-    <t>YCP("S:0P0000JCML","united_states_region_equity_exposure_generic")</t>
+    <t>YCP("S:0P0000JCML","united_states_bond_exposure_generic")</t>
+  </si>
+  <si>
+    <t>YCP("S:0P0000JCML","united_states_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_states_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","utilities_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","venezuela_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","venezuela_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","venezuela_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","weighted_average_debt_to_capital_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","average_market_cap_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","weighted_average_pe_ratio_generic")</t>
   </si>
@@ -11508,51 +11526,63 @@
   <si>
     <t>YCI("S:0P0000JCML", "broad_category_group")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "currency_code")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "currency_hedged_fund_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "delist_date")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "detailed_security_type")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "display_security_id")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "earliest_performance_date")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "equity_style_internal")</t>
   </si>
   <si>
-    <t>Fixed Income Styl</t>
+    <t>Fee Negotiable</t>
+  </si>
+  <si>
+    <t>fee_negotiable_generic</t>
+  </si>
+  <si>
+    <t>Is the fund’s fee negotiable?</t>
+  </si>
+  <si>
+    <t>YCI("S:0P0000JCML", "fee_negotiable_generic")</t>
+  </si>
+  <si>
+    <t>Fixed Income Style</t>
   </si>
   <si>
     <t>fixed_income_style_generic</t>
   </si>
   <si>
     <t>The overall style of fixed income securities held by the fund.</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "fixed_income_style_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "fund_family")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "fund_of_funds_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "holdings")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "inception_date_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "incorporation_country")</t>
   </si>
@@ -11565,50 +11595,53 @@
   <si>
     <t>YCI("S:0P0000JCML", "inverse_fund_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "investment_strategy_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "is_delisted")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "latest_holdings_date")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "latest_performance_date")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "legal_structure")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "leveraged_fund_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "open_to_new_investors_generic")</t>
   </si>
   <si>
+    <t>YCI("S:0P0000JCML", "primary_performance_provider")</t>
+  </si>
+  <si>
     <t>YCI("S:0P0000JCML", "prospectus_benchmark_index")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "prospectus_date_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "purchase_currency_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "related_securities")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "security_id")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "security_name")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "socially_responsible_fund_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "waiver_expiration_date")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "watchlist_type")</t>
@@ -12120,72 +12153,72 @@
   <si>
     <t>quarterly_dec</t>
   </si>
   <si>
     <t>quarterly_nov</t>
   </si>
   <si>
     <t>quarterly_oct</t>
   </si>
   <si>
     <t>market_quarterly</t>
   </si>
   <si>
     <t>yearly</t>
   </si>
   <si>
     <t>semi_yearly</t>
   </si>
   <si>
     <t>market_yearly</t>
   </si>
   <si>
     <t>resample_function</t>
   </si>
   <si>
+    <t>first</t>
+  </si>
+  <si>
+    <t>median</t>
+  </si>
+  <si>
+    <t>sum</t>
+  </si>
+  <si>
+    <t>last</t>
+  </si>
+  <si>
+    <t>mean</t>
+  </si>
+  <si>
+    <t>max</t>
+  </si>
+  <si>
+    <t>std</t>
+  </si>
+  <si>
     <t>min</t>
-  </si>
-[...19 lines deleted...]
-    <t>mean</t>
   </si>
   <si>
     <t>fill_method</t>
   </si>
   <si>
     <t>backward</t>
   </si>
   <si>
     <t>forward</t>
   </si>
   <si>
     <t>no_fill</t>
   </si>
   <si>
     <t>aggregate_function</t>
   </si>
   <si>
     <t>pct_change</t>
   </si>
   <si>
     <t>YCharts Excel Add-In Macroeconomic Info</t>
   </si>
   <si>
     <t>Adjustment Type</t>
   </si>
@@ -13971,3881 +14004,3915 @@
       <c r="D74" s="3" t="s">
         <v>222</v>
       </c>
       <c r="E74" s="3"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B75" s="4"/>
       <c r="C75" s="4" t="s">
         <v>224</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>225</v>
       </c>
       <c r="E75" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E66"/>
+  <dimension ref="A1:E68"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3790</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>3791</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>3792</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
         <v>2634</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>2635</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>2636</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>3793</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>2642</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>2643</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>2644</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>3794</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>3795</v>
+        <v>3801</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>3796</v>
+        <v>3802</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>3797</v>
+        <v>3803</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>3798</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
-        <v>3799</v>
+        <v>3805</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>3800</v>
+        <v>3806</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>3801</v>
+        <v>3807</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>3802</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>2646</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>2647</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>2648</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>3803</v>
+        <v>3809</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>238</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>239</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>240</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>3804</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>3805</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>246</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>247</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>3806</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>252</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>3807</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>254</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>255</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>256</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>3808</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>3809</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>262</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>263</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>264</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>3810</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>268</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>3811</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>2658</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>2659</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>2660</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>3812</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
         <v>2662</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>2663</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>2664</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>3813</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>2666</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>2667</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>2668</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>3814</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>3815</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>2675</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>2676</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>2677</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>3816</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>284</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>3817</v>
+        <v>3823</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>3818</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>3819</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>3820</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>3821</v>
+        <v>3827</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
-        <v>3822</v>
+        <v>3828</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>3823</v>
+        <v>3829</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>3824</v>
+        <v>3830</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>3825</v>
+        <v>3831</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
-        <v>2703</v>
+        <v>3832</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>2704</v>
+        <v>3833</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>2705</v>
+        <v>3834</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>3826</v>
+        <v>3835</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
-        <v>2707</v>
+        <v>2703</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>2708</v>
+        <v>2704</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>2709</v>
+        <v>2705</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>3827</v>
+        <v>3836</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
-        <v>2727</v>
+        <v>2707</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>2728</v>
+        <v>2708</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>488</v>
+        <v>288</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>2729</v>
+        <v>2709</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>3828</v>
+        <v>3837</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
-        <v>2734</v>
+        <v>2727</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>2735</v>
+        <v>2728</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>231</v>
+        <v>488</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>2736</v>
+        <v>2729</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>3829</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
-        <v>367</v>
+        <v>2734</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>368</v>
+        <v>2735</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>369</v>
+        <v>2736</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>3830</v>
+        <v>3839</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>3831</v>
+        <v>3840</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
-        <v>2740</v>
+        <v>371</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>2741</v>
+        <v>372</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>2742</v>
+        <v>373</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>3832</v>
+        <v>3841</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
-        <v>2744</v>
+        <v>2740</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>2745</v>
+        <v>2741</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>2746</v>
+        <v>2742</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>3833</v>
+        <v>3842</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
-        <v>2748</v>
+        <v>2744</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>2749</v>
+        <v>2745</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>2750</v>
+        <v>2746</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>3834</v>
+        <v>3843</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
-        <v>402</v>
+        <v>2748</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>403</v>
+        <v>2749</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>404</v>
+        <v>2750</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>3835</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
-        <v>2756</v>
+        <v>402</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>2757</v>
+        <v>403</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>231</v>
+        <v>288</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>2758</v>
+        <v>404</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>3836</v>
+        <v>3845</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
-        <v>423</v>
+        <v>2756</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>424</v>
+        <v>2757</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>425</v>
+        <v>2758</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>3837</v>
+        <v>3846</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="3" t="s">
-        <v>2765</v>
+        <v>423</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>2766</v>
+        <v>424</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>2767</v>
+        <v>425</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>3838</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
-        <v>2769</v>
+        <v>2765</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>2770</v>
+        <v>2766</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>2771</v>
+        <v>2767</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>3839</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="3" t="s">
-        <v>2774</v>
+        <v>2769</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>2775</v>
+        <v>2770</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>2776</v>
+        <v>2771</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>3840</v>
+        <v>3849</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
-        <v>2794</v>
+        <v>2774</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>2795</v>
+        <v>2775</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>2796</v>
+        <v>2776</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>3841</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
-        <v>2798</v>
+        <v>2786</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>2799</v>
+        <v>2787</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>2800</v>
+        <v>2788</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>3842</v>
+        <v>3851</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="4" t="s">
-        <v>2806</v>
+        <v>2794</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>2807</v>
+        <v>2795</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>2808</v>
+        <v>2796</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>3843</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="3" t="s">
-        <v>486</v>
+        <v>2798</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>487</v>
+        <v>2799</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>488</v>
+        <v>231</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>489</v>
+        <v>2800</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>3844</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
-        <v>501</v>
+        <v>2806</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>502</v>
+        <v>2807</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>503</v>
+        <v>2808</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>3845</v>
+        <v>3854</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="3" t="s">
-        <v>505</v>
+        <v>486</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>506</v>
+        <v>487</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>275</v>
+        <v>488</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>507</v>
+        <v>489</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>3846</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
-        <v>2817</v>
+        <v>501</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>2818</v>
+        <v>502</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>2819</v>
+        <v>503</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>3847</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="3" t="s">
-        <v>2828</v>
+        <v>505</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>2829</v>
+        <v>506</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>2830</v>
+        <v>507</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>3848</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
-        <v>532</v>
+        <v>2817</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>533</v>
+        <v>2818</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>488</v>
+        <v>288</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>534</v>
+        <v>2819</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>3849</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="3" t="s">
-        <v>536</v>
+        <v>2828</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>537</v>
+        <v>2829</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>538</v>
+        <v>2830</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>3850</v>
+        <v>3859</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
-        <v>540</v>
+        <v>532</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>231</v>
+        <v>488</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>3851</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>3852</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="4" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>3853</v>
+        <v>3862</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="3" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>3854</v>
+        <v>3863</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="4" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>3855</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="3" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>3856</v>
+        <v>3865</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="4" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>3857</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="3" t="s">
-        <v>2841</v>
+        <v>560</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>2842</v>
+        <v>561</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>2843</v>
+        <v>562</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>3858</v>
+        <v>3867</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="4" t="s">
-        <v>2845</v>
+        <v>564</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>2846</v>
+        <v>565</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>2843</v>
+        <v>566</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>3859</v>
+        <v>3868</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="3" t="s">
-        <v>572</v>
+        <v>2841</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>573</v>
+        <v>2842</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>574</v>
+        <v>2843</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>3860</v>
+        <v>3869</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="4" t="s">
-        <v>576</v>
+        <v>2845</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>577</v>
+        <v>2846</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>578</v>
+        <v>2843</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>3861</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>3871</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" s="4" t="s">
+        <v>576</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>577</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>578</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>3872</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5">
+      <c r="A68" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="B66" s="3" t="s">
+      <c r="B68" s="3" t="s">
         <v>581</v>
       </c>
-      <c r="C66" s="3" t="s">
+      <c r="C68" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="D66" s="3" t="s">
+      <c r="D68" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="E66" s="3" t="s">
-        <v>3862</v>
+      <c r="E68" s="3" t="s">
+        <v>3873</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C83"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
-        <v>3863</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>3864</v>
+        <v>3875</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4" t="s">
         <v>613</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>614</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>3865</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>3866</v>
+        <v>3877</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4" t="s">
         <v>619</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>620</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>3867</v>
+        <v>3878</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>3868</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>643</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>644</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>3869</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>3870</v>
+        <v>3881</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4" t="s">
         <v>694</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>695</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>3871</v>
+        <v>3882</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>3872</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="4" t="s">
         <v>715</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>716</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>3873</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>743</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>3874</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="4" t="s">
         <v>745</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>746</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>3875</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="3" t="s">
         <v>748</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>749</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>3876</v>
+        <v>3887</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="4" t="s">
         <v>754</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>755</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>3877</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="3" t="s">
         <v>766</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>767</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>3878</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="4" t="s">
         <v>769</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>770</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>3879</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="3" t="s">
         <v>772</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>773</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>3880</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="4" t="s">
         <v>802</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>803</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>3881</v>
+        <v>3892</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
         <v>808</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>809</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>3882</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="4" t="s">
         <v>811</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>812</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>3883</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
         <v>814</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>815</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>3884</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="4" t="s">
         <v>847</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>848</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>3885</v>
+        <v>3896</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
         <v>850</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>851</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>3886</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="4" t="s">
         <v>853</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>854</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>3887</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="3" t="s">
         <v>859</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>860</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>3888</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="4" t="s">
         <v>865</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>866</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>3889</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="3" t="s">
         <v>868</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>869</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>3890</v>
+        <v>3901</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="4" t="s">
         <v>880</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>881</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>3891</v>
+        <v>3902</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>3892</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="4" t="s">
         <v>941</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>942</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>3893</v>
+        <v>3904</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
         <v>950</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>951</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>3894</v>
+        <v>3905</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="4" t="s">
         <v>959</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>960</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>3895</v>
+        <v>3906</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="3" t="s">
         <v>968</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>969</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>3896</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="4" t="s">
         <v>977</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>978</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>3897</v>
+        <v>3908</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
         <v>980</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>981</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>3898</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4" t="s">
         <v>1013</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>1014</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>3899</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
         <v>1025</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>1026</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>3900</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4" t="s">
         <v>1034</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>1035</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>3901</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
         <v>1052</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>3902</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4" t="s">
         <v>1055</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>1056</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>3903</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
         <v>1085</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>1086</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>3904</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4" t="s">
         <v>1088</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>1089</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>3905</v>
+        <v>3916</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
         <v>1091</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>1092</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>3906</v>
+        <v>3917</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4" t="s">
         <v>1094</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>1095</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>3907</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
         <v>1097</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>1098</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>3908</v>
+        <v>3919</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4" t="s">
         <v>1148</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>1149</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>3909</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>1167</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>3910</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4" t="s">
         <v>1169</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>1170</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>3911</v>
+        <v>3922</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
         <v>1220</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>1221</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>3912</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4" t="s">
         <v>1226</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>1227</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>3913</v>
+        <v>3924</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
         <v>1235</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>1236</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>3914</v>
+        <v>3925</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>119</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>3915</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
         <v>1257</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>1258</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>3916</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4" t="s">
         <v>1269</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>1270</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>3917</v>
+        <v>3928</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
         <v>1278</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>1279</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>3918</v>
+        <v>3929</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4" t="s">
         <v>1284</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>1285</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>3919</v>
+        <v>3930</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
         <v>1287</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>3920</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4" t="s">
         <v>1323</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>1324</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>3921</v>
+        <v>3932</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
         <v>1338</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>1339</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>3922</v>
+        <v>3933</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4" t="s">
         <v>1341</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>1342</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>3923</v>
+        <v>3934</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
         <v>1344</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>3924</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4" t="s">
         <v>1347</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>1348</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>3925</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
         <v>1365</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>1366</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>3926</v>
+        <v>3937</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4" t="s">
         <v>1371</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>1372</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>3927</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
         <v>1422</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>1423</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>3928</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4" t="s">
         <v>1440</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>1441</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>3929</v>
+        <v>3940</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
         <v>1497</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>1498</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>3930</v>
+        <v>3941</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
         <v>1500</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>1501</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>3931</v>
+        <v>3942</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
         <v>1503</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>1504</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>3932</v>
+        <v>3943</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4" t="s">
         <v>1506</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>1507</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>3933</v>
+        <v>3944</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
         <v>1518</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>1519</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>3934</v>
+        <v>3945</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4" t="s">
         <v>1521</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>1522</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>3935</v>
+        <v>3946</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
         <v>1551</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>1552</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>3936</v>
+        <v>3947</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4" t="s">
         <v>1554</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>1555</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>3937</v>
+        <v>3948</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
         <v>1584</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>1585</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>3938</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4" t="s">
         <v>220</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>221</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>3939</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
         <v>1615</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>1616</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>3940</v>
+        <v>3951</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4" t="s">
         <v>1618</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>1619</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>3941</v>
+        <v>3952</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
         <v>1666</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>1667</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>3942</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4" t="s">
         <v>1669</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>1670</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>3943</v>
+        <v>3954</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E37"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3944</v>
+        <v>3955</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>3945</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>3946</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>3947</v>
+        <v>3958</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>3948</v>
+        <v>3959</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>3949</v>
+        <v>3960</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>3950</v>
+        <v>3961</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>1727</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>1728</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>1729</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>3951</v>
+        <v>3962</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>3952</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>242</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>243</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>244</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>3953</v>
+        <v>3964</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>3954</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>250</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>251</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>252</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>3955</v>
+        <v>3966</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>3956</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>258</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>259</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>260</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>3957</v>
+        <v>3968</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>3958</v>
+        <v>3969</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>266</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>267</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>268</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>3959</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>300</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>3960</v>
+        <v>3971</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>3961</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>3962</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>3963</v>
+        <v>3974</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>425</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>3964</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
-        <v>3965</v>
+        <v>3976</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>3966</v>
+        <v>3977</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>3967</v>
+        <v>3978</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>3968</v>
+        <v>3979</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>503</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>3969</v>
+        <v>3980</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>505</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>506</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>507</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>3970</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
         <v>1781</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>1782</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>1783</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>3971</v>
+        <v>3982</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
         <v>1785</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>1786</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>1787</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>3972</v>
+        <v>3983</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>534</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>3973</v>
+        <v>3984</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>536</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>537</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>538</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>3974</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>542</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>3975</v>
+        <v>3986</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
         <v>544</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>545</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>546</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>3976</v>
+        <v>3987</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>550</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>3977</v>
+        <v>3988</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
         <v>552</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>553</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>554</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>3978</v>
+        <v>3989</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>558</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>3979</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>560</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>561</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>562</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>3980</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>565</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>566</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>3981</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
         <v>572</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>573</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>574</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>3982</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>577</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>578</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>3983</v>
+        <v>3994</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
         <v>580</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>581</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>582</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>3984</v>
+        <v>3995</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.7109375" customWidth="1"/>
     <col min="2" max="2" width="43.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3985</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
-        <v>3986</v>
+        <v>3997</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>3987</v>
+        <v>3998</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="s">
-        <v>3988</v>
+        <v>3999</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B54"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="65.7109375" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
-        <v>3989</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="2" t="s">
-        <v>3990</v>
+        <v>4001</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>3991</v>
+        <v>4002</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="3" t="s">
-        <v>3992</v>
+        <v>4003</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>3993</v>
+        <v>4004</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="4" t="s">
-        <v>3994</v>
+        <v>4005</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>3993</v>
+        <v>4004</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>3996</v>
+        <v>4007</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>3997</v>
+        <v>4008</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>3998</v>
+        <v>4009</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>3999</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>4000</v>
+        <v>4011</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>4001</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>4002</v>
+        <v>4013</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>4003</v>
+        <v>4014</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>4004</v>
+        <v>4015</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>4005</v>
+        <v>4016</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>4006</v>
+        <v>4017</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>4007</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>4008</v>
+        <v>4019</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>4009</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>4010</v>
+        <v>4021</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>4011</v>
+        <v>4022</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>4012</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>4013</v>
+        <v>4024</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>4014</v>
+        <v>4025</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>4015</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>4016</v>
+        <v>4027</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>4017</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>4018</v>
+        <v>4029</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>4019</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>4020</v>
+        <v>4031</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>4021</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>4022</v>
+        <v>4033</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" s="4" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>4023</v>
+        <v>4034</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" s="3" t="s">
-        <v>3995</v>
+        <v>4006</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>4024</v>
+        <v>4035</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" s="4" t="s">
-        <v>4025</v>
+        <v>4036</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>4026</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" s="3" t="s">
-        <v>4025</v>
+        <v>4036</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>4027</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" s="4" t="s">
-        <v>4025</v>
+        <v>4036</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>4028</v>
+        <v>4039</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" s="3" t="s">
-        <v>4025</v>
+        <v>4036</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>4029</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" s="4" t="s">
-        <v>4025</v>
+        <v>4036</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>4030</v>
+        <v>4041</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" s="3" t="s">
-        <v>4025</v>
+        <v>4036</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>4031</v>
+        <v>4042</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" s="4" t="s">
-        <v>4025</v>
+        <v>4036</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>4032</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" s="3" t="s">
-        <v>4025</v>
+        <v>4036</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>4033</v>
+        <v>4044</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" s="4" t="s">
-        <v>4034</v>
+        <v>4045</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>4035</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" s="3" t="s">
-        <v>4034</v>
+        <v>4045</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>4036</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" s="4" t="s">
-        <v>4034</v>
+        <v>4045</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>4037</v>
+        <v>4048</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" s="3" t="s">
-        <v>4038</v>
+        <v>4049</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>4026</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" s="4" t="s">
+        <v>4049</v>
+      </c>
+      <c r="B47" s="4" t="s">
         <v>4038</v>
-      </c>
-[...1 lines deleted...]
-        <v>4027</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" s="3" t="s">
-        <v>4038</v>
+        <v>4049</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>4028</v>
+        <v>4039</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" s="4" t="s">
-        <v>4038</v>
+        <v>4049</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>4029</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" s="3" t="s">
-        <v>4038</v>
+        <v>4049</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>4039</v>
+        <v>4041</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" s="4" t="s">
-        <v>4038</v>
+        <v>4049</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>4030</v>
+        <v>4042</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" s="3" t="s">
-        <v>4038</v>
+        <v>4049</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>4031</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" s="4" t="s">
-        <v>4038</v>
+        <v>4049</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>4032</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" s="3" t="s">
-        <v>4038</v>
+        <v>4049</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>4033</v>
+        <v>4044</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E33"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>4040</v>
+        <v>4051</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
-        <v>4041</v>
+        <v>4052</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4042</v>
+        <v>4053</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>4043</v>
+        <v>4054</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>4044</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
-        <v>4045</v>
+        <v>4056</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>4046</v>
+        <v>4057</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>4047</v>
+        <v>4058</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>4048</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>4049</v>
+        <v>4060</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>4050</v>
+        <v>4061</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>4051</v>
+        <v>4062</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>4052</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>278</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>279</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>280</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>4053</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>4054</v>
+        <v>4065</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>4055</v>
+        <v>4066</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>4056</v>
+        <v>4067</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>4057</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>4058</v>
+        <v>4069</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>4059</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>4060</v>
+        <v>4071</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
-        <v>4061</v>
+        <v>4072</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>4062</v>
+        <v>4073</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>4063</v>
+        <v>4074</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>4064</v>
+        <v>4075</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>4065</v>
+        <v>4076</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
-        <v>4066</v>
+        <v>4077</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>4067</v>
+        <v>4078</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>4063</v>
+        <v>4074</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>4068</v>
+        <v>4079</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>4069</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
-        <v>4070</v>
+        <v>4081</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>4071</v>
+        <v>4082</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>4072</v>
+        <v>4083</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>4073</v>
+        <v>4084</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
-        <v>4074</v>
+        <v>4085</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>4075</v>
+        <v>4086</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>4076</v>
+        <v>4087</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>4077</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
-        <v>4078</v>
+        <v>4089</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>4079</v>
+        <v>4090</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D16" s="3" t="s">
-        <v>4080</v>
+        <v>4091</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>4081</v>
+        <v>4092</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
-        <v>4082</v>
+        <v>4093</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>4083</v>
+        <v>4094</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>4084</v>
+        <v>4095</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>4085</v>
+        <v>4096</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
-        <v>4086</v>
+        <v>4097</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>4087</v>
+        <v>4098</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>4088</v>
+        <v>4099</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>4089</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
-        <v>4061</v>
+        <v>4072</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>4090</v>
+        <v>4101</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>4063</v>
+        <v>4074</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>4091</v>
+        <v>4102</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>4092</v>
+        <v>4103</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
-        <v>4093</v>
+        <v>4104</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>4094</v>
+        <v>4105</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>4095</v>
+        <v>4106</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>4096</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>423</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>424</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>425</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>4097</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
-        <v>4066</v>
+        <v>4077</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>4098</v>
+        <v>4109</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>4063</v>
+        <v>4074</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>4099</v>
+        <v>4110</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>4100</v>
+        <v>4111</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>4101</v>
+        <v>4112</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>4102</v>
+        <v>4113</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>4103</v>
+        <v>4114</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>4104</v>
+        <v>4115</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
-        <v>4105</v>
+        <v>4116</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>4106</v>
+        <v>4117</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>4107</v>
+        <v>4118</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>4108</v>
+        <v>4119</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
-        <v>4109</v>
+        <v>4120</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>4110</v>
+        <v>4121</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>4111</v>
+        <v>4122</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>4112</v>
+        <v>4123</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
-        <v>4113</v>
+        <v>4124</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>4114</v>
+        <v>4125</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>4115</v>
+        <v>4126</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>4116</v>
+        <v>4127</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>501</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>502</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>503</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>4117</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>507</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>4118</v>
+        <v>4129</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
-        <v>4119</v>
+        <v>4130</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>4120</v>
+        <v>4131</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>4121</v>
+        <v>4132</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>4122</v>
+        <v>4133</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
-        <v>4123</v>
+        <v>4134</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>4124</v>
+        <v>4135</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>4125</v>
+        <v>4136</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>4126</v>
+        <v>4137</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
-        <v>4127</v>
+        <v>4138</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>4128</v>
+        <v>4139</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>4129</v>
+        <v>4140</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>4130</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>534</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>4131</v>
+        <v>4142</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>572</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>573</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>574</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>4132</v>
+        <v>4143</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>4133</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
-        <v>4134</v>
+        <v>4145</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4135</v>
+        <v>4146</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="s">
-        <v>4136</v>
+        <v>4147</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
-        <v>4137</v>
+        <v>4148</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>4138</v>
+        <v>4149</v>
       </c>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4" t="s">
-        <v>4139</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>4140</v>
+        <v>4151</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>4141</v>
+        <v>4152</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="s">
-        <v>4142</v>
+        <v>4153</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>2727</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>4143</v>
+        <v>4154</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4" t="s">
-        <v>4144</v>
+        <v>4155</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>4145</v>
+        <v>4156</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>4146</v>
+        <v>4157</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="s">
-        <v>4147</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>486</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>487</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4" t="s">
-        <v>4148</v>
+        <v>4159</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
-        <v>4149</v>
+        <v>4160</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>4150</v>
+        <v>4161</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="s">
-        <v>4151</v>
+        <v>4162</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
-        <v>4152</v>
+        <v>4163</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>4153</v>
+        <v>4164</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4" t="s">
-        <v>4154</v>
+        <v>4165</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E95"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
@@ -27609,87 +27676,87 @@
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="4" t="s">
         <v>1232</v>
       </c>
       <c r="B295" s="4" t="s">
         <v>1233</v>
       </c>
       <c r="C295" s="4" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="3" t="s">
         <v>1235</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>1236</v>
       </c>
       <c r="C296" s="3" t="s">
         <v>2248</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="4" t="s">
-        <v>1238</v>
+        <v>2249</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>1239</v>
+        <v>2250</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>2249</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="3" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="4" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>1245</v>
+        <v>1242</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="3" t="s">
-        <v>2252</v>
+        <v>1244</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>2253</v>
+        <v>1245</v>
       </c>
       <c r="C300" s="3" t="s">
         <v>2254</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B301" s="4" t="s">
         <v>119</v>
       </c>
       <c r="C301" s="4" t="s">
         <v>2255</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="3" t="s">
         <v>2256</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>2257</v>
       </c>
       <c r="C302" s="3" t="s">
         <v>2258</v>
@@ -34965,87 +35032,87 @@
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="3" t="s">
         <v>1223</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="C292" s="3" t="s">
         <v>3140</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="4" t="s">
         <v>1235</v>
       </c>
       <c r="B293" s="4" t="s">
         <v>1236</v>
       </c>
       <c r="C293" s="4" t="s">
         <v>3141</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="3" t="s">
-        <v>1238</v>
+        <v>2249</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>1239</v>
+        <v>2250</v>
       </c>
       <c r="C294" s="3" t="s">
         <v>3142</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="4" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
       <c r="C295" s="4" t="s">
         <v>3143</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="3" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>1245</v>
+        <v>1242</v>
       </c>
       <c r="C296" s="3" t="s">
         <v>3144</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="4" t="s">
-        <v>2252</v>
+        <v>1244</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>2253</v>
+        <v>1245</v>
       </c>
       <c r="C297" s="4" t="s">
         <v>3145</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C298" s="3" t="s">
         <v>3146</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="4" t="s">
         <v>2256</v>
       </c>
       <c r="B299" s="4" t="s">
         <v>2257</v>
       </c>
       <c r="C299" s="4" t="s">
         <v>3147</v>
@@ -39179,51 +39246,51 @@
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="4" t="s">
         <v>580</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>581</v>
       </c>
       <c r="C99" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>582</v>
       </c>
       <c r="E99" s="4" t="s">
         <v>3474</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C317"/>
+  <dimension ref="A1:C319"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>3475</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
@@ -39618,3093 +39685,3115 @@
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4" t="s">
         <v>733</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>734</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>3511</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
         <v>739</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>740</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>3512</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4" t="s">
-        <v>742</v>
+        <v>3513</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>743</v>
+        <v>3514</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>3513</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>3514</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>3515</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>3516</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>3517</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>3518</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>3519</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>3520</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>3521</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>3522</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>3523</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
-        <v>778</v>
+        <v>772</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>779</v>
+        <v>773</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>3524</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>3525</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>3526</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4" t="s">
-        <v>2013</v>
+        <v>784</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>2014</v>
+        <v>785</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>3527</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>3528</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4" t="s">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>3529</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
-        <v>790</v>
+        <v>2019</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>791</v>
+        <v>2020</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>3530</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>3531</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>3532</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>3533</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>3534</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>3535</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>3536</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>3537</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>3538</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>3539</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>3540</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>3541</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>3542</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>3543</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>3544</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>3545</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>3546</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>3547</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>3548</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>3549</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>3550</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>3551</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>3552</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>3553</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>3554</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>3555</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="3" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>3556</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="4" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>3557</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="3" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>3558</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="4" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>3559</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="3" t="s">
-        <v>2071</v>
+        <v>877</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>2072</v>
+        <v>878</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>3560</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="4" t="s">
-        <v>2074</v>
+        <v>2071</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>2075</v>
+        <v>2072</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>3561</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="3" t="s">
-        <v>2077</v>
+        <v>2074</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>2078</v>
+        <v>2075</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>3562</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="4" t="s">
-        <v>880</v>
+        <v>2077</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>881</v>
+        <v>2078</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>3563</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="3" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>3564</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="4" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>3565</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="3" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>3566</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="4" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>3567</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="3" t="s">
-        <v>923</v>
+        <v>892</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>924</v>
+        <v>893</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>3568</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="4" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>3569</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="3" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>3570</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="4" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>3571</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="3" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>3572</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="4" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>3573</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="3" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>3574</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="4" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>3575</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>3576</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="4" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>3577</v>
+        <v>3579</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="3" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>3578</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="4" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>3579</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="3" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>3580</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="4" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>3581</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="3" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>3582</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="4" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>3583</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="3" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>3584</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="4" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>3585</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="3" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>3586</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="4" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="B115" s="4" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>3587</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="3" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>3588</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="4" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="B117" s="4" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>3589</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="3" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>3590</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="4" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>3591</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="3" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>3592</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="4" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>3593</v>
+        <v>3595</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="3" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>3594</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="4" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>3595</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="3" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>3596</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="4" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>3597</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="3" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>3598</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="4" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>3599</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="3" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>3600</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="4" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>3601</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="3" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>3602</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="4" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="B131" s="4" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>3603</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="3" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>3604</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="4" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="B133" s="4" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>3605</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="3" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>3606</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="4" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="B135" s="4" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>3607</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="3" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>3608</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="4" t="s">
-        <v>1049</v>
+        <v>1043</v>
       </c>
       <c r="B137" s="4" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>3609</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="3" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>3610</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="4" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="B139" s="4" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>3611</v>
+        <v>3613</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="3" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>3612</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="4" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>3613</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="3" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>3614</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="4" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>3615</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="3" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>3616</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="4" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>3617</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="3" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>3618</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="4" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="B147" s="4" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>3619</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="3" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>3620</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="4" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>3621</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="3" t="s">
-        <v>1091</v>
+        <v>1085</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>3622</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="4" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>3623</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="3" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>3624</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="4" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>3625</v>
+        <v>3627</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="3" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>3626</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="4" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>3627</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="3" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>3628</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="4" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>3629</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="3" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>3630</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="4" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>3631</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="3" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>3632</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="4" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>3633</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="3" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>3634</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="4" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>3635</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="3" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>3636</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="4" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>3637</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="3" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>3638</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="4" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>3639</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="3" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>3640</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="4" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>3641</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="3" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>3642</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="4" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>3643</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="3" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>3644</v>
+        <v>3646</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="4" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>3645</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="3" t="s">
-        <v>1166</v>
+        <v>1160</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>1167</v>
+        <v>1161</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>3646</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="4" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>3647</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="3" t="s">
-        <v>1214</v>
+        <v>1169</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>1215</v>
+        <v>1170</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>3648</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="4" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>3649</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="3" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>1221</v>
+        <v>1218</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>3650</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="4" t="s">
-        <v>1238</v>
+        <v>1220</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>1239</v>
+        <v>1221</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>3651</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="3" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>3652</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="4" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="B181" s="4" t="s">
-        <v>1245</v>
+        <v>1242</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>3653</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="3" t="s">
-        <v>118</v>
+        <v>1244</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>119</v>
+        <v>1245</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>3654</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="4" t="s">
-        <v>2256</v>
+        <v>118</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>2257</v>
+        <v>119</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>3655</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="3" t="s">
-        <v>1257</v>
+        <v>2256</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>1258</v>
+        <v>2257</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>3656</v>
+        <v>3658</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="4" t="s">
-        <v>1260</v>
+        <v>3659</v>
       </c>
       <c r="B185" s="4" t="s">
-        <v>1261</v>
+        <v>3660</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>3657</v>
+        <v>3661</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="3" t="s">
-        <v>1263</v>
+        <v>1257</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>1264</v>
+        <v>1258</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>3658</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="4" t="s">
-        <v>1266</v>
+        <v>1260</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>1267</v>
+        <v>1261</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>3659</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="3" t="s">
-        <v>1269</v>
+        <v>1263</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>1270</v>
+        <v>1264</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>3660</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="4" t="s">
-        <v>1272</v>
+        <v>1266</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>1273</v>
+        <v>1267</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>3661</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="3" t="s">
-        <v>1275</v>
+        <v>1269</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>1276</v>
+        <v>1270</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>3662</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="4" t="s">
-        <v>1278</v>
+        <v>1272</v>
       </c>
       <c r="B191" s="4" t="s">
-        <v>1279</v>
+        <v>1273</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>3663</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="3" t="s">
-        <v>2276</v>
+        <v>1275</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>2277</v>
+        <v>1276</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>3664</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="4" t="s">
-        <v>2285</v>
+        <v>1278</v>
       </c>
       <c r="B193" s="4" t="s">
-        <v>2286</v>
+        <v>1279</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>3665</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="3" t="s">
-        <v>1281</v>
+        <v>2276</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>1282</v>
+        <v>2277</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>3666</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="4" t="s">
-        <v>1284</v>
+        <v>2285</v>
       </c>
       <c r="B195" s="4" t="s">
-        <v>1285</v>
+        <v>2286</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>3667</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="3" t="s">
-        <v>1287</v>
+        <v>1281</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>1288</v>
+        <v>1282</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>3668</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="4" t="s">
-        <v>1293</v>
+        <v>1284</v>
       </c>
       <c r="B197" s="4" t="s">
-        <v>1294</v>
+        <v>1285</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>3669</v>
+        <v>3673</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="3" t="s">
-        <v>1296</v>
+        <v>1287</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>1297</v>
+        <v>1288</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>3670</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="4" t="s">
-        <v>1299</v>
+        <v>1293</v>
       </c>
       <c r="B199" s="4" t="s">
-        <v>1300</v>
+        <v>1294</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>3671</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="3" t="s">
-        <v>1302</v>
+        <v>1296</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>1303</v>
+        <v>1297</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>3672</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="4" t="s">
-        <v>1305</v>
+        <v>1299</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>1306</v>
+        <v>1300</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>3673</v>
+        <v>3677</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="3" t="s">
-        <v>1308</v>
+        <v>1302</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>1309</v>
+        <v>1303</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="4" t="s">
-        <v>1314</v>
+        <v>1305</v>
       </c>
       <c r="B203" s="4" t="s">
-        <v>1315</v>
+        <v>1306</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="3" t="s">
-        <v>1317</v>
+        <v>1308</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>1318</v>
+        <v>1309</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>3676</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="4" t="s">
-        <v>1320</v>
+        <v>1314</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>1321</v>
+        <v>1315</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>3677</v>
+        <v>3681</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="3" t="s">
-        <v>1323</v>
+        <v>1317</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>1324</v>
+        <v>1318</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>3678</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="4" t="s">
-        <v>1326</v>
+        <v>1320</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>1327</v>
+        <v>1321</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>3679</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="3" t="s">
-        <v>1329</v>
+        <v>1323</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>1330</v>
+        <v>1324</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>3680</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="4" t="s">
-        <v>1332</v>
+        <v>1326</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>1333</v>
+        <v>1327</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>3681</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="3" t="s">
-        <v>1335</v>
+        <v>1329</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>1336</v>
+        <v>1330</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>3682</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="4" t="s">
-        <v>1338</v>
+        <v>1332</v>
       </c>
       <c r="B211" s="4" t="s">
-        <v>1339</v>
+        <v>1333</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>3683</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="3" t="s">
-        <v>1341</v>
+        <v>1335</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>1342</v>
+        <v>1336</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>3684</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="4" t="s">
-        <v>1344</v>
+        <v>1338</v>
       </c>
       <c r="B213" s="4" t="s">
-        <v>1345</v>
+        <v>1339</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>3685</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="3" t="s">
-        <v>1347</v>
+        <v>1341</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>1348</v>
+        <v>1342</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>3686</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="4" t="s">
-        <v>1350</v>
+        <v>1344</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>1351</v>
+        <v>1345</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>3687</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="3" t="s">
-        <v>2315</v>
+        <v>1347</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>2316</v>
+        <v>1348</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>3688</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="4" t="s">
-        <v>1353</v>
+        <v>1350</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>1354</v>
+        <v>1351</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>3689</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="3" t="s">
-        <v>2319</v>
+        <v>2315</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>2320</v>
+        <v>2316</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>3690</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="4" t="s">
-        <v>1362</v>
+        <v>1353</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>1363</v>
+        <v>1354</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>3691</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="3" t="s">
-        <v>1365</v>
+        <v>2319</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>1366</v>
+        <v>2320</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>3692</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="4" t="s">
-        <v>1371</v>
+        <v>1362</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>1372</v>
+        <v>1363</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>3693</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="3" t="s">
-        <v>1377</v>
+        <v>1365</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>1378</v>
+        <v>1366</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>3694</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="4" t="s">
-        <v>1380</v>
+        <v>1371</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>1381</v>
+        <v>1372</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>3695</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="3" t="s">
-        <v>1383</v>
+        <v>1377</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>1384</v>
+        <v>1378</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>3696</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="4" t="s">
-        <v>1386</v>
+        <v>1380</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>1387</v>
+        <v>1381</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>3697</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="3" t="s">
-        <v>1389</v>
+        <v>1383</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>1390</v>
+        <v>1384</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>3698</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="4" t="s">
-        <v>1392</v>
+        <v>1386</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>1393</v>
+        <v>1387</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>3699</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="3" t="s">
-        <v>1395</v>
+        <v>1389</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>1396</v>
+        <v>1390</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>3700</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="4" t="s">
-        <v>1398</v>
+        <v>1392</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>1399</v>
+        <v>1393</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>3701</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="3" t="s">
-        <v>1401</v>
+        <v>1395</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>1402</v>
+        <v>1396</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>3702</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="4" t="s">
-        <v>1404</v>
+        <v>1398</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>1405</v>
+        <v>1399</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>3703</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="3" t="s">
-        <v>1407</v>
+        <v>1401</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>1408</v>
+        <v>1402</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>3704</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="4" t="s">
-        <v>1410</v>
+        <v>1404</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>1411</v>
+        <v>1405</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>3705</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="3" t="s">
-        <v>1413</v>
+        <v>1407</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>1414</v>
+        <v>1408</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>3706</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="4" t="s">
-        <v>1416</v>
+        <v>1410</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>1417</v>
+        <v>1411</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>3707</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="3" t="s">
-        <v>1419</v>
+        <v>1413</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>1420</v>
+        <v>1414</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>3708</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="4" t="s">
-        <v>1422</v>
+        <v>1416</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>1423</v>
+        <v>1417</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>3709</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="3" t="s">
-        <v>1428</v>
+        <v>1419</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>1429</v>
+        <v>1420</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>3710</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="4" t="s">
-        <v>1431</v>
+        <v>1422</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>1432</v>
+        <v>1423</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>3711</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="3" t="s">
-        <v>1434</v>
+        <v>1428</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>1435</v>
+        <v>1429</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>3712</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="4" t="s">
-        <v>1440</v>
+        <v>1431</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>1441</v>
+        <v>1432</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>3713</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="3" t="s">
-        <v>1461</v>
+        <v>1434</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>1462</v>
+        <v>1435</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>3714</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="4" t="s">
-        <v>1464</v>
+        <v>1440</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>1465</v>
+        <v>1441</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>3715</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="3" t="s">
-        <v>1467</v>
+        <v>1461</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>1468</v>
+        <v>1462</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>3716</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="4" t="s">
-        <v>1488</v>
+        <v>1464</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>1489</v>
+        <v>1465</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>3717</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="3" t="s">
-        <v>1491</v>
+        <v>1467</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>1492</v>
+        <v>1468</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>3718</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="4" t="s">
-        <v>1494</v>
+        <v>1488</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>3719</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="3" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>1498</v>
+        <v>1492</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>3720</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="4" t="s">
-        <v>1500</v>
+        <v>1494</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>1501</v>
+        <v>1495</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>3721</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="3" t="s">
-        <v>1503</v>
+        <v>1497</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>1504</v>
+        <v>1498</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>3722</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="4" t="s">
-        <v>2466</v>
+        <v>1500</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>2467</v>
+        <v>1501</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>3723</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="3" t="s">
-        <v>1509</v>
+        <v>1503</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>1510</v>
+        <v>1504</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>3724</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="4" t="s">
-        <v>1512</v>
+        <v>2466</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>1513</v>
+        <v>2467</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>3725</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="3" t="s">
-        <v>1515</v>
+        <v>1509</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>1516</v>
+        <v>1510</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>3726</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="4" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>1519</v>
+        <v>1513</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>3727</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="3" t="s">
-        <v>1521</v>
+        <v>1515</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>1522</v>
+        <v>1516</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>3728</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="4" t="s">
-        <v>1524</v>
+        <v>1518</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>1525</v>
+        <v>1519</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>3729</v>
+        <v>3733</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="3" t="s">
-        <v>1527</v>
+        <v>1521</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>1528</v>
+        <v>1522</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>3730</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="4" t="s">
-        <v>1530</v>
+        <v>1524</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>1531</v>
+        <v>1525</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>3731</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="3" t="s">
-        <v>1533</v>
+        <v>1527</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>1534</v>
+        <v>1528</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>3732</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="4" t="s">
-        <v>1536</v>
+        <v>1530</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>1537</v>
+        <v>1531</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>3733</v>
+        <v>3737</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="3" t="s">
-        <v>1539</v>
+        <v>1533</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>1540</v>
+        <v>1534</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>3734</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="4" t="s">
-        <v>1542</v>
+        <v>1536</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>1543</v>
+        <v>1537</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>3735</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="3" t="s">
-        <v>1545</v>
+        <v>1539</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>1546</v>
+        <v>1540</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>3736</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="4" t="s">
-        <v>1548</v>
+        <v>1542</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>1549</v>
+        <v>1543</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>3737</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="3" t="s">
-        <v>1551</v>
+        <v>1545</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>1552</v>
+        <v>1546</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>3738</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="4" t="s">
-        <v>1554</v>
+        <v>1548</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>1555</v>
+        <v>1549</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>3739</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="3" t="s">
-        <v>1557</v>
+        <v>1551</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>1558</v>
+        <v>1552</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>3740</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="4" t="s">
-        <v>1560</v>
+        <v>1554</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>1561</v>
+        <v>1555</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>3741</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="3" t="s">
-        <v>1563</v>
+        <v>1557</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>1564</v>
+        <v>1558</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>3742</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="4" t="s">
-        <v>1566</v>
+        <v>1560</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>1567</v>
+        <v>1561</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>3743</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="3" t="s">
-        <v>1569</v>
+        <v>1563</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>1570</v>
+        <v>1564</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>3744</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="4" t="s">
-        <v>1572</v>
+        <v>1566</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>1573</v>
+        <v>1567</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>3745</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="3" t="s">
-        <v>1575</v>
+        <v>1569</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>1576</v>
+        <v>1570</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>3746</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="4" t="s">
-        <v>1578</v>
+        <v>1572</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>1579</v>
+        <v>1573</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>3747</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="3" t="s">
-        <v>1581</v>
+        <v>1575</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>1582</v>
+        <v>1576</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>3748</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="4" t="s">
-        <v>1584</v>
+        <v>1578</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>1585</v>
+        <v>1579</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>3749</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="3" t="s">
-        <v>1587</v>
+        <v>1581</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>1588</v>
+        <v>1582</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>3750</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="4" t="s">
-        <v>1590</v>
+        <v>1584</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>1591</v>
+        <v>1585</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>3751</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="3" t="s">
-        <v>1593</v>
+        <v>1587</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>1594</v>
+        <v>1588</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>3752</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="4" t="s">
-        <v>220</v>
+        <v>1590</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>221</v>
+        <v>1591</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>3753</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="3" t="s">
-        <v>1603</v>
+        <v>1593</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>1604</v>
+        <v>1594</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>3754</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="4" t="s">
-        <v>1606</v>
+        <v>220</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>1607</v>
+        <v>221</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>3755</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="3" t="s">
-        <v>1609</v>
+        <v>1603</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>1610</v>
+        <v>1604</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>3756</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="4" t="s">
-        <v>1612</v>
+        <v>1606</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>1613</v>
+        <v>1607</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>3757</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="3" t="s">
-        <v>1615</v>
+        <v>1609</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>1616</v>
+        <v>1610</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>3758</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="4" t="s">
-        <v>1618</v>
+        <v>1612</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>1619</v>
+        <v>1613</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>3759</v>
+        <v>3763</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="3" t="s">
-        <v>1621</v>
+        <v>1615</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>1622</v>
+        <v>1616</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>3760</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="4" t="s">
-        <v>1624</v>
+        <v>1618</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>1625</v>
+        <v>1619</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>3761</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="3" t="s">
-        <v>1627</v>
+        <v>1621</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>1628</v>
+        <v>1622</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>3762</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="4" t="s">
-        <v>1630</v>
+        <v>1624</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>1631</v>
+        <v>1625</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>3763</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="3" t="s">
-        <v>1633</v>
+        <v>1627</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>1634</v>
+        <v>1628</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>3764</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="4" t="s">
-        <v>1636</v>
+        <v>1630</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>1637</v>
+        <v>1631</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>3765</v>
+        <v>3769</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="3" t="s">
-        <v>1639</v>
+        <v>1633</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>1640</v>
+        <v>1634</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>3766</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="4" t="s">
-        <v>1642</v>
+        <v>1636</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>1643</v>
+        <v>1637</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>3767</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="3" t="s">
-        <v>1645</v>
+        <v>1639</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>1646</v>
+        <v>1640</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>3768</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="4" t="s">
-        <v>1648</v>
+        <v>1642</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>1649</v>
+        <v>1643</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>3769</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="3" t="s">
-        <v>1651</v>
+        <v>1645</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>1652</v>
+        <v>1646</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>3770</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="4" t="s">
-        <v>1654</v>
+        <v>1648</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>1655</v>
+        <v>1649</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>3771</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="3" t="s">
-        <v>1657</v>
+        <v>1651</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>1658</v>
+        <v>1652</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>3772</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="4" t="s">
-        <v>1660</v>
+        <v>1654</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>1661</v>
+        <v>1655</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>3773</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="3" t="s">
-        <v>1663</v>
+        <v>1657</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>1664</v>
+        <v>1658</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>3774</v>
+        <v>3778</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="4" t="s">
-        <v>1666</v>
+        <v>1660</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>1667</v>
+        <v>1661</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>3775</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="3" t="s">
-        <v>1669</v>
+        <v>1663</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>1670</v>
+        <v>1664</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>3776</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="4" t="s">
-        <v>1672</v>
+        <v>1666</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>1673</v>
+        <v>1667</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>3777</v>
+        <v>3781</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="3" t="s">
-        <v>1675</v>
+        <v>1669</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>3778</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="4" t="s">
-        <v>1678</v>
+        <v>1672</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>1679</v>
+        <v>1673</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>3779</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="3" t="s">
-        <v>1681</v>
+        <v>1675</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>1682</v>
+        <v>1676</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>3780</v>
+        <v>3784</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="4" t="s">
-        <v>1690</v>
+        <v>1678</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>1691</v>
+        <v>1679</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>3781</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="3" t="s">
-        <v>1693</v>
+        <v>1681</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>1694</v>
+        <v>1682</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>3782</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="4" t="s">
-        <v>1696</v>
+        <v>1690</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>1697</v>
+        <v>1691</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>3783</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="3" t="s">
-        <v>1699</v>
+        <v>1693</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>1700</v>
+        <v>1694</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>3784</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="4" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>3785</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="3" t="s">
-        <v>1708</v>
+        <v>1699</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>1709</v>
+        <v>1700</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>3786</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="4" t="s">
-        <v>1711</v>
+        <v>1702</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>1712</v>
+        <v>1703</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>3787</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="3" t="s">
-        <v>2624</v>
+        <v>1708</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>2625</v>
+        <v>1709</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>3788</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="4" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B317" s="4" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C317" s="4" t="s">
+        <v>3793</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="3" t="s">
+        <v>2624</v>
+      </c>
+      <c r="B318" s="3" t="s">
+        <v>2625</v>
+      </c>
+      <c r="C318" s="3" t="s">
+        <v>3794</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="4" t="s">
         <v>1714</v>
       </c>
-      <c r="B317" s="4" t="s">
+      <c r="B319" s="4" t="s">
         <v>1715</v>
       </c>
-      <c r="C317" s="4" t="s">
-        <v>3789</v>
+      <c r="C319" s="4" t="s">
+        <v>3795</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>Company | Metrics</vt:lpstr>