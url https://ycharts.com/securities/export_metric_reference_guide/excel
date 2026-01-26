--- v1 (2026-01-05)
+++ v2 (2026-01-26)
@@ -40,51 +40,51 @@
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Company | Metrics" sheetId="1" r:id="rId1"/>
     <sheet name="Company | Info" sheetId="2" r:id="rId2"/>
     <sheet name="Model Portfolio | Metrics" sheetId="3" r:id="rId3"/>
     <sheet name="Model Portfolio | Info" sheetId="4" r:id="rId4"/>
     <sheet name="ETF &amp; CEF | Metrics" sheetId="5" r:id="rId5"/>
     <sheet name="ETF &amp; CEF | Info" sheetId="6" r:id="rId6"/>
     <sheet name="Mutual Fund | Metrics" sheetId="7" r:id="rId7"/>
     <sheet name="Mutual Fund | Info" sheetId="8" r:id="rId8"/>
     <sheet name="Separate Account | Metrics" sheetId="9" r:id="rId9"/>
     <sheet name="Separate Account | Info" sheetId="10" r:id="rId10"/>
     <sheet name="Custom Security | Metrics" sheetId="11" r:id="rId11"/>
     <sheet name="Custom Security | Info" sheetId="12" r:id="rId12"/>
     <sheet name="Macroeconomic | Metrics" sheetId="13" r:id="rId13"/>
     <sheet name="YCS Parameter Options" sheetId="14" r:id="rId14"/>
     <sheet name="Macroeconomic | Info" sheetId="15" r:id="rId15"/>
     <sheet name="User Info" sheetId="16" r:id="rId16"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8145" uniqueCount="4166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8211" uniqueCount="4202">
   <si>
     <t>YCharts Excel Add-In Company Metrics</t>
   </si>
   <si>
     <t>Metric Name</t>
   </si>
   <si>
     <t>Financial Statement</t>
   </si>
   <si>
     <t>Metric Code</t>
   </si>
   <si>
     <t>Syntax</t>
   </si>
   <si>
     <t>Forward Estimate Available</t>
   </si>
   <si>
     <t>1 Year Total Returns (Daily)</t>
   </si>
   <si>
     <t>one_year_total_return</t>
   </si>
   <si>
@@ -2646,50 +2646,59 @@
   <si>
     <t>convertible_net_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","convertible_net_generic")</t>
   </si>
   <si>
     <t>Corporate Bond Exposure</t>
   </si>
   <si>
     <t>corporate_bond_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","corporate_bond_exposure_generic")</t>
   </si>
   <si>
     <t>Corporate Fixed Income Exposure</t>
   </si>
   <si>
     <t>corporate_fixed_income_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","corporate_fixed_income_exposure_generic")</t>
   </si>
   <si>
+    <t>Current Yield</t>
+  </si>
+  <si>
+    <t>current_yield_generic</t>
+  </si>
+  <si>
+    <t>YCP("P:1234","current_yield_generic")</t>
+  </si>
+  <si>
     <t>Cyclical Exposure</t>
   </si>
   <si>
     <t>cyclical_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","cyclical_exposure_generic")</t>
   </si>
   <si>
     <t>Czech Republic Bond Exposure</t>
   </si>
   <si>
     <t>czech_republic_bond_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","czech_republic_bond_exposure_generic")</t>
   </si>
   <si>
     <t>Czech Republic Equity Exposure</t>
   </si>
   <si>
     <t>czech_republic_equity_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","czech_republic_equity_exposure_generic")</t>
@@ -2718,50 +2727,59 @@
   <si>
     <t>denmark_bond_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","denmark_bond_exposure_generic")</t>
   </si>
   <si>
     <t>Denmark Equity Exposure</t>
   </si>
   <si>
     <t>denmark_equity_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","denmark_equity_exposure_generic")</t>
   </si>
   <si>
     <t>Denmark Total Exposure</t>
   </si>
   <si>
     <t>denmark_total_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","denmark_total_exposure_generic")</t>
   </si>
   <si>
+    <t>Developed Equity Exposure</t>
+  </si>
+  <si>
+    <t>developed_equity_exposure_generic</t>
+  </si>
+  <si>
+    <t>YCP("P:1234","developed_equity_exposure_generic")</t>
+  </si>
+  <si>
     <t>Developed Market Exposure</t>
   </si>
   <si>
     <t>developed_market_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","developed_market_exposure_generic")</t>
   </si>
   <si>
     <t>Dividend Payout Ratio</t>
   </si>
   <si>
     <t>dividend_payout_ratio_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","dividend_payout_ratio_generic")</t>
   </si>
   <si>
     <t>Dividend Payout Ratio (5Y)</t>
   </si>
   <si>
     <t>dividend_payout_ratio_5_yr_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","dividend_payout_ratio_5_yr_generic")</t>
@@ -2856,50 +2874,59 @@
   <si>
     <t>egypt_bond_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","egypt_bond_exposure_generic")</t>
   </si>
   <si>
     <t>Egypt Equity Exposure</t>
   </si>
   <si>
     <t>egypt_equity_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","egypt_equity_exposure_generic")</t>
   </si>
   <si>
     <t>Egypt Total Exposure</t>
   </si>
   <si>
     <t>egypt_total_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","egypt_total_exposure_generic")</t>
   </si>
   <si>
+    <t>Emerging Equity Exposure</t>
+  </si>
+  <si>
+    <t>emerging_equity_exposure_generic</t>
+  </si>
+  <si>
+    <t>YCP("P:1234","emerging_equity_exposure_generic")</t>
+  </si>
+  <si>
     <t>Emerging Market Exposure</t>
   </si>
   <si>
     <t>emerging_market_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","emerging_market_exposure_generic")</t>
   </si>
   <si>
     <t>Energy Exposure</t>
   </si>
   <si>
     <t>energy_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","energy_exposure_generic")</t>
   </si>
   <si>
     <t>Europe - Developed Bond Exposure</t>
   </si>
   <si>
     <t>europe_developed_bond_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","europe_developed_bond_exposure_generic")</t>
@@ -6243,50 +6270,53 @@
   <si>
     <t>correlation_20y_vs_pg</t>
   </si>
   <si>
     <t>YCP("SPXU","correlation_20y_vs_pg")</t>
   </si>
   <si>
     <t>Correlation (vs Peer Group) (3Y)</t>
   </si>
   <si>
     <t>correlation_3y_vs_pg</t>
   </si>
   <si>
     <t>YCP("SPXU","correlation_3y_vs_pg")</t>
   </si>
   <si>
     <t>Correlation (vs Peer Group) (5Y)</t>
   </si>
   <si>
     <t>correlation_5y_vs_pg</t>
   </si>
   <si>
     <t>YCP("SPXU","correlation_5y_vs_pg")</t>
   </si>
   <si>
+    <t>YCP("SPXU","current_yield_generic")</t>
+  </si>
+  <si>
     <t>YCP("SPXU","cyclical_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","czech_republic_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","czech_republic_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","czech_republic_total_exposure_generic")</t>
   </si>
   <si>
     <t>D Bond Exposure</t>
   </si>
   <si>
     <t>d_bond_exposure_generic</t>
   </si>
   <si>
     <t>YCP("SPXU","d_bond_exposure_generic")</t>
   </si>
   <si>
     <t>DD Bond Exposure</t>
   </si>
   <si>
     <t>dd_bond_exposure_generic</t>
@@ -6294,50 +6324,53 @@
   <si>
     <t>YCP("SPXU","dd_bond_exposure_generic")</t>
   </si>
   <si>
     <t>DDD Bond Exposure</t>
   </si>
   <si>
     <t>ddd_bond_exposure_generic</t>
   </si>
   <si>
     <t>YCP("SPXU","ddd_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","defensive_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","denmark_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","denmark_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","denmark_total_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("SPXU","developed_equity_exposure_generic")</t>
+  </si>
+  <si>
     <t>YCP("SPXU","developed_market_exposure_generic")</t>
   </si>
   <si>
     <t>Discount or Premium to NAV</t>
   </si>
   <si>
     <t>discount_or_premium_to_nav</t>
   </si>
   <si>
     <t>YCP("SPXU","discount_or_premium_to_nav")</t>
   </si>
   <si>
     <t>YCP("SPXU","dividend")</t>
   </si>
   <si>
     <t>YCP("SPXU","dividend_payout_ratio_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","dividend_payout_ratio_5_yr_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","div_per_share_1_yr_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","div_per_share_3_yr_generic")</t>
@@ -6408,50 +6441,53 @@
   <si>
     <t>YCP("SPXU","eps_growth_3_yr_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","earning_yield_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","eps_5_yr_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","effective_duration_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","effective_maturity_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","egypt_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","egypt_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","egypt_total_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("SPXU","emerging_equity_exposure_generic")</t>
+  </si>
+  <si>
     <t>YCP("SPXU","emerging_market_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","energy_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","europe_developed_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","europe_developed_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","europe_developed_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","europe_emerging_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","europe_emerging_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","europe_emerging_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","europe_ex_euro_bond_exposure_generic")</t>
@@ -6489,50 +6525,59 @@
   <si>
     <t>YCP("SPXU","expense_ratio_peer_group_rank")</t>
   </si>
   <si>
     <t>Expense Ratio Waiver</t>
   </si>
   <si>
     <t>waiver_expense_ratio_generic</t>
   </si>
   <si>
     <t>YCP("SPXU","waiver_expense_ratio_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","financial_services_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","finland_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","finland_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","finland_total_exposure_generic")</t>
   </si>
   <si>
+    <t>Forecasted 5 Year Earnings Growth</t>
+  </si>
+  <si>
+    <t>forecasted_5_year_earnings_growth_generic</t>
+  </si>
+  <si>
+    <t>YCP("SPXU","forecasted_5_year_earnings_growth_generic")</t>
+  </si>
+  <si>
     <t>YCP("SPXU","france_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","france_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","france_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","germany_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","germany_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","germany_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","government_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","government_fixed_income_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","government_related_bond_exposure_generic")</t>
@@ -6999,62 +7044,80 @@
   <si>
     <t>YCP("SPXU","not_rated_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","not_classified_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","not_classified_non_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","number_of_bond_holdings_generic")</t>
   </si>
   <si>
     <t>Number of Equity Holdings</t>
   </si>
   <si>
     <t>number_of_equity_holdings_generic</t>
   </si>
   <si>
     <t>YCP("SPXU","number_of_equity_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","number_of_holdings_generic")</t>
   </si>
   <si>
+    <t>Number of Long Holdings</t>
+  </si>
+  <si>
+    <t>number_of_long_holdings_generic</t>
+  </si>
+  <si>
+    <t>YCP("SPXU","number_of_long_holdings_generic")</t>
+  </si>
+  <si>
     <t>Number of Other Holdings</t>
   </si>
   <si>
     <t>number_of_other_holdings_generic</t>
   </si>
   <si>
     <t>YCP("SPXU","number_of_other_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","number_of_securities_generic")</t>
   </si>
   <si>
+    <t>Number of Short Holdings</t>
+  </si>
+  <si>
+    <t>number_of_short_holdings_generic</t>
+  </si>
+  <si>
+    <t>YCP("SPXU","number_of_short_holdings_generic")</t>
+  </si>
+  <si>
     <t>YCP("SPXU","operating_cash_flow_growth_rate_3yr_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","other_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","other_fixed_income_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","maturity_other_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","other_net_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","maturity_greater_than_30_years_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","pakistan_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","pakistan_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","pakistan_total_exposure_generic")</t>
@@ -9048,83 +9111,89 @@
   <si>
     <t>YCP("M:AWSHX","corporate_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","corporate_fixed_income_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","correlation_10y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","correlation_15y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","correlation_1y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","correlation_20y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","correlation_3y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","correlation_5y_vs_pg")</t>
   </si>
   <si>
+    <t>YCP("M:AWSHX","current_yield_generic")</t>
+  </si>
+  <si>
     <t>YCP("M:AWSHX","cyclical_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","czech_republic_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","czech_republic_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","czech_republic_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","d_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","dd_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","ddd_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","defensive_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","denmark_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","denmark_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","denmark_total_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("M:AWSHX","developed_equity_exposure_generic")</t>
+  </si>
+  <si>
     <t>YCP("M:AWSHX","developed_market_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","dividend")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","dividend_payout_ratio_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","dividend_payout_ratio_5_yr_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","div_per_share_1_yr_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","div_per_share_3_yr_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","dividend_yield")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","downside_10y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","downside_15y_vs_pg")</t>
@@ -9150,50 +9219,53 @@
   <si>
     <t>YCP("M:AWSHX","eps_growth_3_yr_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","earning_yield_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","eps_5_yr_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","effective_duration_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","effective_maturity_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","egypt_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","egypt_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","egypt_total_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("M:AWSHX","emerging_equity_exposure_generic")</t>
+  </si>
+  <si>
     <t>YCP("M:AWSHX","emerging_market_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","energy_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","europe_developed_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","europe_developed_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","europe_developed_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","europe_emerging_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","europe_emerging_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","europe_emerging_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","europe_ex_euro_bond_exposure_generic")</t>
@@ -9213,50 +9285,53 @@
   <si>
     <t>YCP("M:AWSHX","eurozone_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","expected_treynor_measure_all_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","expense_ratio_peer_group_rank")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","waiver_expense_ratio_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","financial_services_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","finland_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","finland_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","finland_total_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("M:AWSHX","forecasted_5_year_earnings_growth_generic")</t>
+  </si>
+  <si>
     <t>YCP("M:AWSHX","france_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","france_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","france_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","germany_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","germany_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","germany_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","government_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","government_fixed_income_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","government_related_bond_exposure_generic")</t>
@@ -9618,56 +9693,62 @@
   <si>
     <t>YCP("M:AWSHX","not_available_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","not_rated_bond_allocation_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","not_rated_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","not_classified_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","not_classified_non_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","number_of_bond_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","number_of_equity_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","number_of_holdings_generic")</t>
   </si>
   <si>
+    <t>YCP("M:AWSHX","number_of_long_holdings_generic")</t>
+  </si>
+  <si>
     <t>YCP("M:AWSHX","number_of_other_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","number_of_securities_generic")</t>
   </si>
   <si>
+    <t>YCP("M:AWSHX","number_of_short_holdings_generic")</t>
+  </si>
+  <si>
     <t>YCP("M:AWSHX","operating_cash_flow_growth_rate_3yr_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","other_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","other_fixed_income_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","maturity_other_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","other_net_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","maturity_greater_than_30_years_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","pakistan_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","pakistan_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","pakistan_total_exposure_generic")</t>
@@ -10719,101 +10800,110 @@
   <si>
     <t>YCP("S:0P0000JCML","commercial_mortgage_backed_security_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","communication_services_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","consumer_cyclical_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","consumer_defensive_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","convertible_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","convertible_net_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","corporate_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","corporate_fixed_income_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("S:0P0000JCML","current_yield_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","cyclical_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","czech_republic_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","czech_republic_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","czech_republic_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","d_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","dd_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","ddd_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","defensive_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","denmark_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","denmark_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","denmark_total_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("S:0P0000JCML","developed_equity_exposure_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","developed_market_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","effective_duration_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","effective_maturity_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","egypt_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","egypt_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","egypt_total_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("S:0P0000JCML","emerging_equity_exposure_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","emerging_market_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","energy_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","europe_developed_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","europe_developed_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","europe_developed_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","europe_emerging_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","europe_emerging_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","europe_emerging_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","europe_ex_euro_bond_exposure_generic")</t>
@@ -10824,50 +10914,53 @@
   <si>
     <t>YCP("S:0P0000JCML","europe_ex_euro_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","eurozone_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","eurozone_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","eurozone_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","financial_services_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","finland_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","finland_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","finland_total_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("S:0P0000JCML","forecasted_5_year_earnings_growth_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","france_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","france_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","france_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","germany_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","germany_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","germany_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","government_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","government_fixed_income_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","government_related_bond_exposure_generic")</t>
@@ -11130,53 +11223,59 @@
   <si>
     <t>YCP("S:0P0000JCML","not_available_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","not_rated_bond_allocation_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","not_rated_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","not_classified_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","not_classified_non_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","number_of_bond_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","number_of_equity_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","number_of_holdings_generic")</t>
   </si>
   <si>
+    <t>YCP("S:0P0000JCML","number_of_long_holdings_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","number_of_other_holdings_generic")</t>
   </si>
   <si>
+    <t>YCP("S:0P0000JCML","number_of_short_holdings_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","other_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","other_fixed_income_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","other_net_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","pakistan_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","pakistan_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","pakistan_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","peru_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","peru_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","peru_total_exposure_generic")</t>
@@ -11319,50 +11418,59 @@
   <si>
     <t>YCP("S:0P0000JCML","switzerland_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","taiwan_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","taiwan_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","taiwan_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","technology_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","thailand_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","thailand_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","thailand_total_exposure_generic")</t>
   </si>
   <si>
+    <t>Total Market Value (Net)</t>
+  </si>
+  <si>
+    <t>total_market_value_net</t>
+  </si>
+  <si>
+    <t>YCP("S:0P0000JCML","total_market_value_net")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","total_return_forward_adjusted_price")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","turkey_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","turkey_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","turkey_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","turnover_ratio_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_states_bond_allocation_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_states_stock_allocation_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","unidentified_market_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","unidentified_bond_exposure_generic")</t>
@@ -12153,72 +12261,72 @@
   <si>
     <t>quarterly_dec</t>
   </si>
   <si>
     <t>quarterly_nov</t>
   </si>
   <si>
     <t>quarterly_oct</t>
   </si>
   <si>
     <t>market_quarterly</t>
   </si>
   <si>
     <t>yearly</t>
   </si>
   <si>
     <t>semi_yearly</t>
   </si>
   <si>
     <t>market_yearly</t>
   </si>
   <si>
     <t>resample_function</t>
   </si>
   <si>
+    <t>std</t>
+  </si>
+  <si>
+    <t>min</t>
+  </si>
+  <si>
+    <t>max</t>
+  </si>
+  <si>
+    <t>last</t>
+  </si>
+  <si>
+    <t>sum</t>
+  </si>
+  <si>
+    <t>mean</t>
+  </si>
+  <si>
     <t>first</t>
   </si>
   <si>
     <t>median</t>
-  </si>
-[...16 lines deleted...]
-    <t>min</t>
   </si>
   <si>
     <t>fill_method</t>
   </si>
   <si>
     <t>backward</t>
   </si>
   <si>
     <t>forward</t>
   </si>
   <si>
     <t>no_fill</t>
   </si>
   <si>
     <t>aggregate_function</t>
   </si>
   <si>
     <t>pct_change</t>
   </si>
   <si>
     <t>YCharts Excel Add-In Macroeconomic Info</t>
   </si>
   <si>
     <t>Adjustment Type</t>
   </si>
@@ -14022,3897 +14130,3897 @@
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E68"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3796</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>3797</v>
+        <v>3833</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>3798</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>2634</v>
+        <v>2655</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>2635</v>
+        <v>2656</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>2636</v>
+        <v>2657</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>3799</v>
+        <v>3835</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
-        <v>2642</v>
+        <v>2663</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>2643</v>
+        <v>2664</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>2644</v>
+        <v>2665</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>3800</v>
+        <v>3836</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>3801</v>
+        <v>3837</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>3802</v>
+        <v>3838</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>3803</v>
+        <v>3839</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>3804</v>
+        <v>3840</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
-        <v>3805</v>
+        <v>3841</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>3806</v>
+        <v>3842</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>3807</v>
+        <v>3843</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>3808</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
-        <v>2646</v>
+        <v>2667</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>2647</v>
+        <v>2668</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>2648</v>
+        <v>2669</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>3809</v>
+        <v>3845</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>238</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>239</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>240</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>3810</v>
+        <v>3846</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>3811</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>246</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>247</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>3812</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>252</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>3813</v>
+        <v>3849</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>254</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>255</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>256</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>3814</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>3815</v>
+        <v>3851</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>262</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>263</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>264</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>3816</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>268</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>3817</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
-        <v>2658</v>
+        <v>2679</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>2659</v>
+        <v>2680</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>2660</v>
+        <v>2681</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>3818</v>
+        <v>3854</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
-        <v>2662</v>
+        <v>2683</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>2663</v>
+        <v>2684</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>2664</v>
+        <v>2685</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>3819</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
-        <v>2666</v>
+        <v>2687</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>2667</v>
+        <v>2688</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>2668</v>
+        <v>2689</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>3820</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>3821</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>2675</v>
+        <v>2696</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>2676</v>
+        <v>2697</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>2677</v>
+        <v>2698</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>3822</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>284</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>3823</v>
+        <v>3859</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>3824</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>3825</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>3826</v>
+        <v>3862</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>3827</v>
+        <v>3863</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
-        <v>3828</v>
+        <v>3864</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>3829</v>
+        <v>3865</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>3830</v>
+        <v>3866</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>3831</v>
+        <v>3867</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
-        <v>3832</v>
+        <v>3868</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>3833</v>
+        <v>3869</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>3834</v>
+        <v>3870</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>3835</v>
+        <v>3871</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
-        <v>2703</v>
+        <v>2724</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>2704</v>
+        <v>2725</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>2705</v>
+        <v>2726</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>3836</v>
+        <v>3872</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
-        <v>2707</v>
+        <v>2728</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>2708</v>
+        <v>2729</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>2709</v>
+        <v>2730</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>3837</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
-        <v>2727</v>
+        <v>2748</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>2728</v>
+        <v>2749</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>488</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>2729</v>
+        <v>2750</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>3838</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
-        <v>2734</v>
+        <v>2755</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>2735</v>
+        <v>2756</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>2736</v>
+        <v>2757</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>3839</v>
+        <v>3875</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
         <v>367</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>368</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>369</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>3840</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>373</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>3841</v>
+        <v>3877</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
-        <v>2740</v>
+        <v>2761</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>2741</v>
+        <v>2762</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>2742</v>
+        <v>2763</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>3842</v>
+        <v>3878</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
-        <v>2744</v>
+        <v>2765</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>2745</v>
+        <v>2766</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>2746</v>
+        <v>2767</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>3843</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
-        <v>2748</v>
+        <v>2769</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>2749</v>
+        <v>2770</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>2750</v>
+        <v>2771</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>3844</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>404</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>3845</v>
+        <v>3881</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
-        <v>2756</v>
+        <v>2777</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>2757</v>
+        <v>2778</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>2758</v>
+        <v>2779</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>3846</v>
+        <v>3882</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>425</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>3847</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
-        <v>2765</v>
+        <v>2786</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>2766</v>
+        <v>2787</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>2767</v>
+        <v>2788</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>3848</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="3" t="s">
-        <v>2769</v>
+        <v>2790</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>2770</v>
+        <v>2791</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>2771</v>
+        <v>2792</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>3849</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
-        <v>2774</v>
+        <v>2795</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>2775</v>
+        <v>2796</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>2776</v>
+        <v>2797</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>3850</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
-        <v>2786</v>
+        <v>2807</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>2788</v>
+        <v>2809</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>3851</v>
+        <v>3887</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="4" t="s">
-        <v>2794</v>
+        <v>2815</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>2795</v>
+        <v>2816</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>2796</v>
+        <v>2817</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>3852</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="3" t="s">
-        <v>2798</v>
+        <v>2819</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>2799</v>
+        <v>2820</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>2800</v>
+        <v>2821</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>3853</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
-        <v>2806</v>
+        <v>2827</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>2807</v>
+        <v>2828</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>2808</v>
+        <v>2829</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>3854</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="3" t="s">
         <v>486</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>487</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>489</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>3855</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
         <v>501</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>502</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>503</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>3856</v>
+        <v>3892</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>507</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>3857</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
-        <v>2817</v>
+        <v>2838</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>2818</v>
+        <v>2839</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>2819</v>
+        <v>2840</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>3858</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="3" t="s">
-        <v>2828</v>
+        <v>2849</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>2829</v>
+        <v>2850</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>2830</v>
+        <v>2851</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>3859</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
         <v>532</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>533</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>488</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>534</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>3860</v>
+        <v>3896</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>538</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>3861</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="4" t="s">
         <v>540</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>541</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>542</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>3862</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>546</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>3863</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="4" t="s">
         <v>548</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>549</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>550</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>3864</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>554</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>3865</v>
+        <v>3901</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="4" t="s">
         <v>556</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>557</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>558</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>3866</v>
+        <v>3902</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="3" t="s">
         <v>560</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>562</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>3867</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="4" t="s">
         <v>564</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>565</v>
       </c>
       <c r="C63" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>566</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>3868</v>
+        <v>3904</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="3" t="s">
-        <v>2841</v>
+        <v>2862</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>2842</v>
+        <v>2863</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>2843</v>
+        <v>2864</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>3869</v>
+        <v>3905</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="4" t="s">
-        <v>2845</v>
+        <v>2866</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>2846</v>
+        <v>2867</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>2843</v>
+        <v>2864</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>3870</v>
+        <v>3906</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="3" t="s">
         <v>572</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>573</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>574</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>3871</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="4" t="s">
         <v>576</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>577</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>578</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>3872</v>
+        <v>3908</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="3" t="s">
         <v>580</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>581</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>582</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>3873</v>
+        <v>3909</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C83"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
-        <v>3874</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>3875</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4" t="s">
         <v>613</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>614</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>3876</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>3877</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4" t="s">
         <v>619</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>620</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>3878</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>3879</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>643</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>644</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>3880</v>
+        <v>3916</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>3881</v>
+        <v>3917</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4" t="s">
         <v>694</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>695</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>3882</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>3883</v>
+        <v>3919</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="4" t="s">
         <v>715</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>716</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>3884</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>743</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>3885</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="4" t="s">
         <v>745</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>746</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>3886</v>
+        <v>3922</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="3" t="s">
         <v>748</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>749</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>3887</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="4" t="s">
         <v>754</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>755</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>3888</v>
+        <v>3924</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="3" t="s">
         <v>766</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>767</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>3889</v>
+        <v>3925</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="4" t="s">
         <v>769</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>770</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>3890</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="3" t="s">
         <v>772</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>773</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>3891</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="4" t="s">
         <v>802</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>803</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>3892</v>
+        <v>3928</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
         <v>808</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>809</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>3893</v>
+        <v>3929</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="4" t="s">
         <v>811</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>812</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>3894</v>
+        <v>3930</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
         <v>814</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>815</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>3895</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="4" t="s">
         <v>847</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>848</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>3896</v>
+        <v>3932</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
         <v>850</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>851</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>3897</v>
+        <v>3933</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="4" t="s">
         <v>853</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>854</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>3898</v>
+        <v>3934</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="3" t="s">
         <v>859</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>860</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>3899</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="4" t="s">
         <v>865</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>866</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>3900</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="3" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>3901</v>
+        <v>3937</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="4" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>3902</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>3903</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="4" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>3904</v>
+        <v>3940</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>3905</v>
+        <v>3941</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="4" t="s">
-        <v>959</v>
+        <v>968</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>960</v>
+        <v>969</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>3906</v>
+        <v>3942</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="3" t="s">
-        <v>968</v>
+        <v>977</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>969</v>
+        <v>978</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>3907</v>
+        <v>3943</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="4" t="s">
-        <v>977</v>
+        <v>986</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>978</v>
+        <v>987</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>3908</v>
+        <v>3944</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>3909</v>
+        <v>3945</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>3910</v>
+        <v>3946</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>3911</v>
+        <v>3947</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>3912</v>
+        <v>3948</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
-        <v>1052</v>
+        <v>1061</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>1053</v>
+        <v>1062</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>3913</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4" t="s">
-        <v>1055</v>
+        <v>1064</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>1056</v>
+        <v>1065</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>3914</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
-        <v>1085</v>
+        <v>1094</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>1086</v>
+        <v>1095</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>3915</v>
+        <v>3951</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>1089</v>
+        <v>1098</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>3916</v>
+        <v>3952</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
-        <v>1091</v>
+        <v>1100</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>1092</v>
+        <v>1101</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>3917</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4" t="s">
-        <v>1094</v>
+        <v>1103</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>1095</v>
+        <v>1104</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>3918</v>
+        <v>3954</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
-        <v>1097</v>
+        <v>1106</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>1098</v>
+        <v>1107</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>3919</v>
+        <v>3955</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4" t="s">
-        <v>1148</v>
+        <v>1157</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>3920</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
-        <v>1166</v>
+        <v>1175</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>1167</v>
+        <v>1176</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>3921</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4" t="s">
-        <v>1169</v>
+        <v>1178</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>1170</v>
+        <v>1179</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>3922</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
-        <v>1220</v>
+        <v>1229</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>1221</v>
+        <v>1230</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>3923</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4" t="s">
-        <v>1226</v>
+        <v>1235</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>1227</v>
+        <v>1236</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>3924</v>
+        <v>3960</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>3925</v>
+        <v>3961</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>119</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>3926</v>
+        <v>3962</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
-        <v>1257</v>
+        <v>1266</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>1258</v>
+        <v>1267</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>3927</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4" t="s">
-        <v>1269</v>
+        <v>1278</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>1270</v>
+        <v>1279</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>3928</v>
+        <v>3964</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>1279</v>
+        <v>1288</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>3929</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4" t="s">
-        <v>1284</v>
+        <v>1293</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>1285</v>
+        <v>1294</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>3930</v>
+        <v>3966</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
-        <v>1287</v>
+        <v>1296</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>1288</v>
+        <v>1297</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>3931</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4" t="s">
-        <v>1323</v>
+        <v>1332</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>1324</v>
+        <v>1333</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>3932</v>
+        <v>3968</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
-        <v>1338</v>
+        <v>1347</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>1339</v>
+        <v>1348</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>3933</v>
+        <v>3969</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4" t="s">
-        <v>1341</v>
+        <v>1350</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>1342</v>
+        <v>1351</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>3934</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
-        <v>1344</v>
+        <v>1353</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>1345</v>
+        <v>1354</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>3935</v>
+        <v>3971</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4" t="s">
-        <v>1347</v>
+        <v>1356</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>1348</v>
+        <v>1357</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>3936</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
-        <v>1365</v>
+        <v>1374</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>1366</v>
+        <v>1375</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>3937</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4" t="s">
-        <v>1371</v>
+        <v>1380</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>1372</v>
+        <v>1381</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>3938</v>
+        <v>3974</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
-        <v>1422</v>
+        <v>1431</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>1423</v>
+        <v>1432</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>3939</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4" t="s">
-        <v>1440</v>
+        <v>1449</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>1441</v>
+        <v>1450</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>3940</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
-        <v>1497</v>
+        <v>1506</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>1498</v>
+        <v>1507</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>3941</v>
+        <v>3977</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
-        <v>1500</v>
+        <v>1509</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>1501</v>
+        <v>1510</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>3942</v>
+        <v>3978</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
-        <v>1503</v>
+        <v>1512</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>1504</v>
+        <v>1513</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>3943</v>
+        <v>3979</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4" t="s">
-        <v>1506</v>
+        <v>1515</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>1507</v>
+        <v>1516</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>3944</v>
+        <v>3980</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
-        <v>1518</v>
+        <v>1527</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>1519</v>
+        <v>1528</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>3945</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4" t="s">
-        <v>1521</v>
+        <v>1530</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>1522</v>
+        <v>1531</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>3946</v>
+        <v>3982</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
-        <v>1551</v>
+        <v>1560</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>1552</v>
+        <v>1561</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>3947</v>
+        <v>3983</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4" t="s">
-        <v>1554</v>
+        <v>1563</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>1555</v>
+        <v>1564</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>3948</v>
+        <v>3984</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
-        <v>1584</v>
+        <v>1593</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>1585</v>
+        <v>1594</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>3949</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4" t="s">
         <v>220</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>221</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>3950</v>
+        <v>3986</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
-        <v>1615</v>
+        <v>1624</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>1616</v>
+        <v>1625</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>3951</v>
+        <v>3987</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4" t="s">
-        <v>1618</v>
+        <v>1627</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>1619</v>
+        <v>1628</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>3952</v>
+        <v>3988</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
-        <v>1666</v>
+        <v>1675</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>1667</v>
+        <v>1676</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>3953</v>
+        <v>3989</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4" t="s">
-        <v>1669</v>
+        <v>1678</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>1670</v>
+        <v>1679</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>3954</v>
+        <v>3990</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E37"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3955</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>3956</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>3957</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>3958</v>
+        <v>3994</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>3959</v>
+        <v>3995</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>3960</v>
+        <v>3996</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>3961</v>
+        <v>3997</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
-        <v>1727</v>
+        <v>1736</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>1728</v>
+        <v>1737</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>1729</v>
+        <v>1738</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>3962</v>
+        <v>3998</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>3963</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>242</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>243</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>244</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>3964</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>3965</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>250</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>251</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>252</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>3966</v>
+        <v>4002</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>3967</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>258</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>259</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>260</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>3968</v>
+        <v>4004</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>3969</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>266</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>267</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>268</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>3970</v>
+        <v>4006</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>300</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>3971</v>
+        <v>4007</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>3972</v>
+        <v>4008</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>3973</v>
+        <v>4009</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>3974</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>425</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>3975</v>
+        <v>4011</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
-        <v>3976</v>
+        <v>4012</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>3977</v>
+        <v>4013</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>3978</v>
+        <v>4014</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>3979</v>
+        <v>4015</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>503</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>3980</v>
+        <v>4016</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>505</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>506</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>507</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>3981</v>
+        <v>4017</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>1782</v>
+        <v>1791</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>1783</v>
+        <v>1792</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>3982</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>1786</v>
+        <v>1795</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>1787</v>
+        <v>1796</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>3983</v>
+        <v>4019</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>534</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>3984</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>536</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>537</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>538</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>3985</v>
+        <v>4021</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>542</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>3986</v>
+        <v>4022</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
         <v>544</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>545</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>546</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>3987</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>550</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>3988</v>
+        <v>4024</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
         <v>552</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>553</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>554</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>3989</v>
+        <v>4025</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>558</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>3990</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>560</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>561</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>562</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>3991</v>
+        <v>4027</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>565</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>566</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>3992</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
         <v>572</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>573</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>574</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>3993</v>
+        <v>4029</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>577</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>578</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>3994</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
         <v>580</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>581</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>582</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>3995</v>
+        <v>4031</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.7109375" customWidth="1"/>
     <col min="2" max="2" width="43.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3996</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
-        <v>3997</v>
+        <v>4033</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>3998</v>
+        <v>4034</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="s">
-        <v>3999</v>
+        <v>4035</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B54"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="65.7109375" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
-        <v>4000</v>
+        <v>4036</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="2" t="s">
-        <v>4001</v>
+        <v>4037</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>4002</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="3" t="s">
-        <v>4003</v>
+        <v>4039</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4004</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="4" t="s">
-        <v>4005</v>
+        <v>4041</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>4004</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>4007</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>4008</v>
+        <v>4044</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>4009</v>
+        <v>4045</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>4010</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>4011</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>4012</v>
+        <v>4048</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>4013</v>
+        <v>4049</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>4014</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>4015</v>
+        <v>4051</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>4016</v>
+        <v>4052</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>4017</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>4018</v>
+        <v>4054</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>4019</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>4020</v>
+        <v>4056</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>4021</v>
+        <v>4057</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>4022</v>
+        <v>4058</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>4023</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>4024</v>
+        <v>4060</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>4025</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>4026</v>
+        <v>4062</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>4027</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>4028</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>4029</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>4030</v>
+        <v>4066</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>4031</v>
+        <v>4067</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>4032</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>4033</v>
+        <v>4069</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" s="4" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>4034</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" s="3" t="s">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>4035</v>
+        <v>4071</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" s="4" t="s">
-        <v>4036</v>
+        <v>4072</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>4037</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" s="3" t="s">
-        <v>4036</v>
+        <v>4072</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>4038</v>
+        <v>4074</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" s="4" t="s">
-        <v>4036</v>
+        <v>4072</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>4039</v>
+        <v>4075</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" s="3" t="s">
-        <v>4036</v>
+        <v>4072</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>4040</v>
+        <v>4076</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" s="4" t="s">
-        <v>4036</v>
+        <v>4072</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>4041</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" s="3" t="s">
-        <v>4036</v>
+        <v>4072</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>4042</v>
+        <v>4078</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" s="4" t="s">
-        <v>4036</v>
+        <v>4072</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>4043</v>
+        <v>4079</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" s="3" t="s">
-        <v>4036</v>
+        <v>4072</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>4044</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" s="4" t="s">
-        <v>4045</v>
+        <v>4081</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>4046</v>
+        <v>4082</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" s="3" t="s">
-        <v>4045</v>
+        <v>4081</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>4047</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" s="4" t="s">
-        <v>4045</v>
+        <v>4081</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>4048</v>
+        <v>4084</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" s="3" t="s">
-        <v>4049</v>
+        <v>4085</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>4037</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" s="4" t="s">
-        <v>4049</v>
+        <v>4085</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>4038</v>
+        <v>4074</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" s="3" t="s">
-        <v>4049</v>
+        <v>4085</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>4039</v>
+        <v>4075</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" s="4" t="s">
-        <v>4049</v>
+        <v>4085</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>4040</v>
+        <v>4076</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" s="3" t="s">
-        <v>4049</v>
+        <v>4085</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>4041</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" s="4" t="s">
-        <v>4049</v>
+        <v>4085</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>4042</v>
+        <v>4078</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" s="3" t="s">
-        <v>4049</v>
+        <v>4085</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>4050</v>
+        <v>4079</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" s="4" t="s">
-        <v>4049</v>
+        <v>4085</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>4043</v>
+        <v>4086</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" s="3" t="s">
-        <v>4049</v>
+        <v>4085</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>4044</v>
+        <v>4080</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E33"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>4051</v>
+        <v>4087</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
-        <v>4052</v>
+        <v>4088</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4053</v>
+        <v>4089</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>4054</v>
+        <v>4090</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>4055</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
-        <v>4056</v>
+        <v>4092</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>4057</v>
+        <v>4093</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>4058</v>
+        <v>4094</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>4059</v>
+        <v>4095</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>4060</v>
+        <v>4096</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>4061</v>
+        <v>4097</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>4062</v>
+        <v>4098</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>4063</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>278</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>279</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>280</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>4064</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>4065</v>
+        <v>4101</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>4066</v>
+        <v>4102</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>4067</v>
+        <v>4103</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>4068</v>
+        <v>4104</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>4069</v>
+        <v>4105</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>4070</v>
+        <v>4106</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>4071</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
-        <v>4072</v>
+        <v>4108</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>4073</v>
+        <v>4109</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>4074</v>
+        <v>4110</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>4075</v>
+        <v>4111</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>4076</v>
+        <v>4112</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
-        <v>4077</v>
+        <v>4113</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>4078</v>
+        <v>4114</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>4074</v>
+        <v>4110</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>4079</v>
+        <v>4115</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>4080</v>
+        <v>4116</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
-        <v>4081</v>
+        <v>4117</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>4082</v>
+        <v>4118</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>4083</v>
+        <v>4119</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>4084</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
-        <v>4085</v>
+        <v>4121</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>4086</v>
+        <v>4122</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>4087</v>
+        <v>4123</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>4088</v>
+        <v>4124</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
-        <v>4089</v>
+        <v>4125</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>4090</v>
+        <v>4126</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D16" s="3" t="s">
-        <v>4091</v>
+        <v>4127</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>4092</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
-        <v>4093</v>
+        <v>4129</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>4094</v>
+        <v>4130</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>4095</v>
+        <v>4131</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>4096</v>
+        <v>4132</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
-        <v>4097</v>
+        <v>4133</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>4098</v>
+        <v>4134</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>4099</v>
+        <v>4135</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>4100</v>
+        <v>4136</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
-        <v>4072</v>
+        <v>4108</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>4101</v>
+        <v>4137</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>4074</v>
+        <v>4110</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>4102</v>
+        <v>4138</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>4103</v>
+        <v>4139</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
-        <v>4104</v>
+        <v>4140</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>4105</v>
+        <v>4141</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>4106</v>
+        <v>4142</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>4107</v>
+        <v>4143</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>423</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>424</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>425</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>4108</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
-        <v>4077</v>
+        <v>4113</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>4109</v>
+        <v>4145</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>4074</v>
+        <v>4110</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>4110</v>
+        <v>4146</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>4111</v>
+        <v>4147</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>4112</v>
+        <v>4148</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>4113</v>
+        <v>4149</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>4114</v>
+        <v>4150</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>4115</v>
+        <v>4151</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
-        <v>4116</v>
+        <v>4152</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>4117</v>
+        <v>4153</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>4118</v>
+        <v>4154</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>4119</v>
+        <v>4155</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
-        <v>4120</v>
+        <v>4156</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>4121</v>
+        <v>4157</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>4122</v>
+        <v>4158</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>4123</v>
+        <v>4159</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
-        <v>4124</v>
+        <v>4160</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>4125</v>
+        <v>4161</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>4126</v>
+        <v>4162</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>4127</v>
+        <v>4163</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>501</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>502</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>503</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>4128</v>
+        <v>4164</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>507</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>4129</v>
+        <v>4165</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
-        <v>4130</v>
+        <v>4166</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>4131</v>
+        <v>4167</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>4132</v>
+        <v>4168</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>4133</v>
+        <v>4169</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
-        <v>4134</v>
+        <v>4170</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>4135</v>
+        <v>4171</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>4136</v>
+        <v>4172</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>4137</v>
+        <v>4173</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
-        <v>4138</v>
+        <v>4174</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>4139</v>
+        <v>4175</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>4140</v>
+        <v>4176</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>4141</v>
+        <v>4177</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>534</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>4142</v>
+        <v>4178</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>572</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>573</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>574</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>4143</v>
+        <v>4179</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>4144</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
-        <v>4145</v>
+        <v>4181</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4146</v>
+        <v>4182</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="s">
-        <v>4147</v>
+        <v>4183</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
-        <v>4148</v>
+        <v>4184</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>4149</v>
+        <v>4185</v>
       </c>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4" t="s">
-        <v>4150</v>
+        <v>4186</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>4151</v>
+        <v>4187</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>4152</v>
+        <v>4188</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="s">
-        <v>4153</v>
+        <v>4189</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
-        <v>2727</v>
+        <v>2748</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>4154</v>
+        <v>4190</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4" t="s">
-        <v>4155</v>
+        <v>4191</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>4156</v>
+        <v>4192</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>4157</v>
+        <v>4193</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="s">
-        <v>4158</v>
+        <v>4194</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>486</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>487</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4" t="s">
-        <v>4159</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
-        <v>4160</v>
+        <v>4196</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>4161</v>
+        <v>4197</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="s">
-        <v>4162</v>
+        <v>4198</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
-        <v>4163</v>
+        <v>4199</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>4164</v>
+        <v>4200</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4" t="s">
-        <v>4165</v>
+        <v>4201</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E95"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
@@ -19417,51 +19525,51 @@
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="4" t="s">
         <v>580</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>581</v>
       </c>
       <c r="C95" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>582</v>
       </c>
       <c r="E95" s="4" t="s">
         <v>583</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C384"/>
+  <dimension ref="A1:C387"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
@@ -20637,76 +20745,76 @@
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="3" t="s">
         <v>901</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>902</v>
       </c>
       <c r="C110" s="3" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="4" t="s">
         <v>904</v>
       </c>
       <c r="B111" s="4" t="s">
         <v>905</v>
       </c>
       <c r="C111" s="4" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="3" t="s">
-        <v>74</v>
+        <v>907</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>75</v>
+        <v>908</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="4" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="3" t="s">
-        <v>911</v>
+        <v>74</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>912</v>
+        <v>75</v>
       </c>
       <c r="C114" s="3" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="4" t="s">
         <v>914</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>915</v>
       </c>
       <c r="C115" s="4" t="s">
         <v>916</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="3" t="s">
         <v>917</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>918</v>
       </c>
       <c r="C116" s="3" t="s">
         <v>919</v>
@@ -21891,87 +21999,87 @@
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="3" t="s">
         <v>1241</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>1242</v>
       </c>
       <c r="C224" s="3" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="4" t="s">
         <v>1244</v>
       </c>
       <c r="B225" s="4" t="s">
         <v>1245</v>
       </c>
       <c r="C225" s="4" t="s">
         <v>1246</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="3" t="s">
-        <v>118</v>
+        <v>1247</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>119</v>
+        <v>1248</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="4" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="3" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="4" t="s">
-        <v>1254</v>
+        <v>118</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>1255</v>
+        <v>119</v>
       </c>
       <c r="C229" s="4" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="3" t="s">
         <v>1257</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>1258</v>
       </c>
       <c r="C230" s="3" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="4" t="s">
         <v>1260</v>
       </c>
       <c r="B231" s="4" t="s">
         <v>1261</v>
       </c>
       <c r="C231" s="4" t="s">
         <v>1262</v>
@@ -23200,87 +23308,87 @@
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="4" t="s">
         <v>1596</v>
       </c>
       <c r="B343" s="4" t="s">
         <v>1597</v>
       </c>
       <c r="C343" s="4" t="s">
         <v>1598</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="3" t="s">
         <v>1599</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>1600</v>
       </c>
       <c r="C344" s="3" t="s">
         <v>1601</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="4" t="s">
-        <v>220</v>
+        <v>1602</v>
       </c>
       <c r="B345" s="4" t="s">
-        <v>221</v>
+        <v>1603</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="3" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="C346" s="3" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="4" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="B347" s="4" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="3" t="s">
-        <v>1609</v>
+        <v>220</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>1610</v>
+        <v>221</v>
       </c>
       <c r="C348" s="3" t="s">
         <v>1611</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="4" t="s">
         <v>1612</v>
       </c>
       <c r="B349" s="4" t="s">
         <v>1613</v>
       </c>
       <c r="C349" s="4" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="3" t="s">
         <v>1615</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>1616</v>
       </c>
       <c r="C350" s="3" t="s">
         <v>1617</v>
@@ -23636,19164 +23744,19406 @@
       </c>
       <c r="C382" s="3" t="s">
         <v>1713</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="4" t="s">
         <v>1714</v>
       </c>
       <c r="B383" s="4" t="s">
         <v>1715</v>
       </c>
       <c r="C383" s="4" t="s">
         <v>1716</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="3" t="s">
         <v>1717</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>1718</v>
       </c>
       <c r="C384" s="3" t="s">
         <v>1719</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="4" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B385" s="4" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C385" s="4" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="3" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B386" s="3" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C386" s="3" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="4" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B387" s="4" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C387" s="4" t="s">
+        <v>1728</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E46"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>1720</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>1721</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>1722</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>1723</v>
+        <v>1732</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>1724</v>
+        <v>1733</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>1725</v>
+        <v>1734</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>1726</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
-        <v>1727</v>
+        <v>1736</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>1728</v>
+        <v>1737</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>1729</v>
+        <v>1738</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>1730</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>1731</v>
+        <v>1740</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>1732</v>
+        <v>1741</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>1733</v>
+        <v>1742</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>1734</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>238</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>239</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>240</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>1735</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>1736</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>246</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>247</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>1737</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>252</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>1738</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>254</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>255</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>256</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>1739</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>1740</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>262</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>263</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>264</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>1741</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>268</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>1742</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>228</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>299</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>300</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>1743</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>304</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>1744</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>306</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>307</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>308</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>1745</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>322</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>1746</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
-        <v>1747</v>
+        <v>1756</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>1748</v>
+        <v>1757</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>1749</v>
+        <v>1758</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>1750</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>425</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>1751</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>1752</v>
+        <v>1761</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>1753</v>
+        <v>1762</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>1754</v>
+        <v>1763</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>1755</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
-        <v>1756</v>
+        <v>1765</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>1757</v>
+        <v>1766</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>1758</v>
+        <v>1767</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>1759</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
-        <v>1760</v>
+        <v>1769</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>1761</v>
+        <v>1770</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>1762</v>
+        <v>1771</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>1763</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>1764</v>
+        <v>1773</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>1765</v>
+        <v>1774</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>1766</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
-        <v>1767</v>
+        <v>1776</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>1768</v>
+        <v>1777</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>1769</v>
+        <v>1778</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>1770</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>503</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>1771</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
         <v>505</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>506</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>507</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>1772</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
-        <v>1773</v>
+        <v>1782</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>1774</v>
+        <v>1783</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>1775</v>
+        <v>1784</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>1776</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
-        <v>1777</v>
+        <v>1786</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>1778</v>
+        <v>1787</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>1779</v>
+        <v>1788</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>1780</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>1782</v>
+        <v>1791</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>1783</v>
+        <v>1792</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>1784</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>1786</v>
+        <v>1795</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>1787</v>
+        <v>1796</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>1788</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
-        <v>1789</v>
+        <v>1798</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>1790</v>
+        <v>1799</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>1791</v>
+        <v>1800</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>1792</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
         <v>532</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>533</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>488</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>534</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>1793</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>538</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>1794</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
         <v>540</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>541</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>542</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>1795</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>546</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>1796</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
         <v>548</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>549</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>550</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>1797</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>554</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>1798</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
         <v>556</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>557</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>558</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>1799</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="3" t="s">
         <v>560</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>562</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>1800</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
         <v>564</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>565</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>566</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>1801</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="3" t="s">
         <v>572</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>573</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>574</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>1802</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
         <v>576</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>577</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>578</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>1803</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
         <v>580</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>581</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>582</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>1804</v>
+        <v>1813</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C532"/>
+  <dimension ref="A1:C538"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
-        <v>1805</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
-        <v>1806</v>
+        <v>1815</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>1807</v>
+        <v>1816</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>1808</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4" t="s">
-        <v>1809</v>
+        <v>1818</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>1810</v>
+        <v>1819</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>1811</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="3" t="s">
-        <v>1812</v>
+        <v>1821</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>1813</v>
+        <v>1822</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>1814</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4" t="s">
-        <v>1815</v>
+        <v>1824</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>1816</v>
+        <v>1825</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>1817</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
-        <v>1818</v>
+        <v>1827</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>1819</v>
+        <v>1828</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>1820</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>585</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>586</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>1821</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="3" t="s">
-        <v>1822</v>
+        <v>1831</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>1823</v>
+        <v>1832</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>1824</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4" t="s">
-        <v>1825</v>
+        <v>1834</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>1826</v>
+        <v>1835</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>1827</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>1828</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="4" t="s">
         <v>589</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>590</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>1829</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="3" t="s">
-        <v>1830</v>
+        <v>1839</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>1831</v>
+        <v>1840</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>1832</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="4" t="s">
         <v>592</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>593</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>1833</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="3" t="s">
-        <v>1834</v>
+        <v>1843</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>1835</v>
+        <v>1844</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>1836</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="4" t="s">
-        <v>1837</v>
+        <v>1846</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>1838</v>
+        <v>1847</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>1839</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>596</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>1840</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="4" t="s">
-        <v>1841</v>
+        <v>1850</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>1842</v>
+        <v>1851</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>1843</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="3" t="s">
-        <v>1844</v>
+        <v>1853</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>1845</v>
+        <v>1854</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>1846</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="4" t="s">
-        <v>1847</v>
+        <v>1856</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>1848</v>
+        <v>1857</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>1849</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
-        <v>1850</v>
+        <v>1859</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>1851</v>
+        <v>1860</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>1852</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="4" t="s">
-        <v>1853</v>
+        <v>1862</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>1854</v>
+        <v>1863</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>1855</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>599</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>1856</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="4" t="s">
-        <v>1857</v>
+        <v>1866</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>1858</v>
+        <v>1867</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>1859</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
-        <v>1860</v>
+        <v>1869</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>1861</v>
+        <v>1870</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>1862</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="4" t="s">
-        <v>1863</v>
+        <v>1872</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>1864</v>
+        <v>1873</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>1865</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="3" t="s">
-        <v>1866</v>
+        <v>1875</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>1867</v>
+        <v>1876</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>1868</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="4" t="s">
         <v>601</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>602</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>1869</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="3" t="s">
-        <v>1870</v>
+        <v>1879</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>1871</v>
+        <v>1880</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>1872</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="4" t="s">
-        <v>1873</v>
+        <v>1882</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>1874</v>
+        <v>1883</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>1875</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="3" t="s">
         <v>604</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>605</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>1876</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>1877</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
-        <v>1878</v>
+        <v>1887</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>1879</v>
+        <v>1888</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>1880</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="4" t="s">
-        <v>1881</v>
+        <v>1890</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>1882</v>
+        <v>1891</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>1883</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="3" t="s">
-        <v>1884</v>
+        <v>1893</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>1885</v>
+        <v>1894</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>1886</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="4" t="s">
         <v>607</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>608</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>1887</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
-        <v>1888</v>
+        <v>1897</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>1889</v>
+        <v>1898</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>1890</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4" t="s">
-        <v>1891</v>
+        <v>1900</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>1892</v>
+        <v>1901</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>1893</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
         <v>610</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>611</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>1894</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4" t="s">
-        <v>1895</v>
+        <v>1904</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>1896</v>
+        <v>1905</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>1897</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
-        <v>1898</v>
+        <v>1907</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>1899</v>
+        <v>1908</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>1900</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4" t="s">
-        <v>1901</v>
+        <v>1910</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>1902</v>
+        <v>1911</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>1903</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
-        <v>1904</v>
+        <v>1913</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>1906</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4" t="s">
         <v>613</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>614</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>1907</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>1908</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4" t="s">
         <v>619</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>620</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>1909</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
         <v>622</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>623</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>1910</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4" t="s">
         <v>625</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>626</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>1911</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
-        <v>1912</v>
+        <v>1921</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>1913</v>
+        <v>1922</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>1914</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4" t="s">
         <v>628</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>629</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>1915</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
         <v>631</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>632</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>1916</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4" t="s">
         <v>634</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>635</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>1917</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
         <v>637</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>638</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>1918</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4" t="s">
         <v>640</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>641</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>1919</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
         <v>643</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>644</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>1920</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4" t="s">
         <v>646</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>647</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>1921</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
         <v>649</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>650</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>1922</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4" t="s">
         <v>652</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>653</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>1923</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>656</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>1924</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4" t="s">
-        <v>1925</v>
+        <v>1934</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>1926</v>
+        <v>1935</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>1927</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
-        <v>1928</v>
+        <v>1937</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>1929</v>
+        <v>1938</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>1930</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4" t="s">
-        <v>1931</v>
+        <v>1940</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>1932</v>
+        <v>1941</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>1933</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
-        <v>1934</v>
+        <v>1943</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>1935</v>
+        <v>1944</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>1936</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4" t="s">
-        <v>1937</v>
+        <v>1946</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>1938</v>
+        <v>1947</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>1939</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
-        <v>1940</v>
+        <v>1949</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>1941</v>
+        <v>1950</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>1942</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4" t="s">
-        <v>1943</v>
+        <v>1952</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
         <v>658</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>659</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4" t="s">
         <v>661</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>662</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>1947</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>1948</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
-        <v>1949</v>
+        <v>1958</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>1950</v>
+        <v>1959</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>1951</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
-        <v>1952</v>
+        <v>1961</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>1953</v>
+        <v>1962</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>1954</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4" t="s">
         <v>667</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>668</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>1955</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
         <v>670</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>671</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>1956</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4" t="s">
         <v>673</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>674</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>1957</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
         <v>676</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>677</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>1958</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4" t="s">
         <v>679</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>680</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>1959</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
         <v>682</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>683</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>1960</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4" t="s">
         <v>685</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>686</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>1961</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
         <v>688</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>689</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>1962</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4" t="s">
         <v>691</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>692</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>1963</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
         <v>694</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>695</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>1964</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4" t="s">
         <v>697</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>698</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>1965</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="3" t="s">
         <v>700</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>701</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>1966</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="4" t="s">
         <v>703</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>704</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>1967</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>707</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>1968</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="4" t="s">
         <v>709</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>710</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>1969</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="3" t="s">
         <v>712</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>713</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>1970</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="4" t="s">
         <v>715</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>716</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>1971</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="3" t="s">
         <v>718</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>719</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>1972</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="4" t="s">
         <v>721</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>722</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>1973</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="3" t="s">
         <v>724</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>725</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>1974</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="4" t="s">
         <v>727</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>728</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>1975</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="3" t="s">
         <v>730</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>731</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>1976</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="4" t="s">
         <v>733</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>734</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>1977</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="3" t="s">
         <v>736</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>737</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>1978</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="4" t="s">
         <v>739</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>740</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>1979</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>743</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>1980</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="4" t="s">
         <v>745</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>746</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>1981</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="3" t="s">
         <v>748</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>749</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>1982</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="4" t="s">
         <v>751</v>
       </c>
       <c r="B101" s="4" t="s">
         <v>752</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>1983</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="3" t="s">
         <v>754</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>755</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>1984</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="4" t="s">
         <v>757</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>758</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>1985</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="3" t="s">
         <v>760</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>761</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>1986</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="4" t="s">
         <v>763</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>764</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>1987</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="3" t="s">
         <v>766</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>767</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>1988</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="4" t="s">
-        <v>1989</v>
+        <v>1998</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>1991</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="3" t="s">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>1994</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="4" t="s">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>1997</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="3" t="s">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>2000</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="4" t="s">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>2003</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="3" t="s">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>2006</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="4" t="s">
         <v>769</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>770</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>2007</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="3" t="s">
         <v>772</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>773</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>2008</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="4" t="s">
         <v>775</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>776</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>2009</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="3" t="s">
         <v>778</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>779</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>2010</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="4" t="s">
         <v>781</v>
       </c>
       <c r="B117" s="4" t="s">
         <v>782</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>2011</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="3" t="s">
         <v>784</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>785</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>2012</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="4" t="s">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>2015</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="3" t="s">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>2018</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="4" t="s">
-        <v>2019</v>
+        <v>2028</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>2020</v>
+        <v>2029</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>2021</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="3" t="s">
         <v>787</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>788</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>2022</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="4" t="s">
         <v>790</v>
       </c>
       <c r="B123" s="4" t="s">
         <v>791</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>2023</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="3" t="s">
         <v>793</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>794</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>2024</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="4" t="s">
         <v>796</v>
       </c>
       <c r="B125" s="4" t="s">
         <v>797</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>2025</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="3" t="s">
         <v>799</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>800</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>2026</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="4" t="s">
         <v>802</v>
       </c>
       <c r="B127" s="4" t="s">
         <v>803</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>2027</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="3" t="s">
         <v>805</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>806</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>2028</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="4" t="s">
         <v>808</v>
       </c>
       <c r="B129" s="4" t="s">
         <v>809</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>2029</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="3" t="s">
         <v>811</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>812</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>2030</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="4" t="s">
         <v>814</v>
       </c>
       <c r="B131" s="4" t="s">
         <v>815</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>2031</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="3" t="s">
         <v>817</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>818</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>2032</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="4" t="s">
         <v>820</v>
       </c>
       <c r="B133" s="4" t="s">
         <v>821</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>2033</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="3" t="s">
         <v>823</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>824</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>2034</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="4" t="s">
         <v>826</v>
       </c>
       <c r="B135" s="4" t="s">
         <v>827</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>2035</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="3" t="s">
         <v>829</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>830</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>2036</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="4" t="s">
         <v>832</v>
       </c>
       <c r="B137" s="4" t="s">
         <v>833</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>2037</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="3" t="s">
         <v>835</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>836</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>2038</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="4" t="s">
         <v>838</v>
       </c>
       <c r="B139" s="4" t="s">
         <v>839</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>2039</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="3" t="s">
         <v>841</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>842</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>2040</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="4" t="s">
         <v>844</v>
       </c>
       <c r="B141" s="4" t="s">
         <v>845</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>2041</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="3" t="s">
         <v>847</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>848</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>2042</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="4" t="s">
         <v>850</v>
       </c>
       <c r="B143" s="4" t="s">
         <v>851</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>2043</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="3" t="s">
         <v>853</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>854</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>2044</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="4" t="s">
         <v>856</v>
       </c>
       <c r="B145" s="4" t="s">
         <v>857</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>2045</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="3" t="s">
         <v>859</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>860</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>2046</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="4" t="s">
         <v>862</v>
       </c>
       <c r="B147" s="4" t="s">
         <v>863</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>2047</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="3" t="s">
         <v>865</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>866</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>2048</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="4" t="s">
-        <v>2049</v>
+        <v>2058</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>2050</v>
+        <v>2059</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>2051</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="3" t="s">
-        <v>2052</v>
+        <v>2061</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>2053</v>
+        <v>2062</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>2054</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="4" t="s">
-        <v>2055</v>
+        <v>2064</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>2056</v>
+        <v>2065</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>2057</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="3" t="s">
-        <v>2058</v>
+        <v>2067</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>2059</v>
+        <v>2068</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>2060</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="4" t="s">
-        <v>2061</v>
+        <v>2070</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>2062</v>
+        <v>2071</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>2063</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="3" t="s">
-        <v>2064</v>
+        <v>2073</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>2065</v>
+        <v>2074</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>2066</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="4" t="s">
         <v>868</v>
       </c>
       <c r="B155" s="4" t="s">
         <v>869</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>2067</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="3" t="s">
         <v>871</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>872</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>2068</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="4" t="s">
         <v>874</v>
       </c>
       <c r="B157" s="4" t="s">
         <v>875</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>2069</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="3" t="s">
         <v>877</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>878</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>2070</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="4" t="s">
-        <v>2071</v>
+        <v>880</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>2072</v>
+        <v>881</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>2073</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="3" t="s">
-        <v>2074</v>
+        <v>2081</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>2075</v>
+        <v>2082</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>2076</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="4" t="s">
-        <v>2077</v>
+        <v>2084</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>2078</v>
+        <v>2085</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>2079</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="3" t="s">
-        <v>880</v>
+        <v>2087</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>881</v>
+        <v>2088</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>2080</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="4" t="s">
         <v>883</v>
       </c>
       <c r="B163" s="4" t="s">
         <v>884</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>2081</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="3" t="s">
         <v>886</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>887</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>2082</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="4" t="s">
         <v>889</v>
       </c>
       <c r="B165" s="4" t="s">
         <v>890</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>2083</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="3" t="s">
         <v>892</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>893</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>2084</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="4" t="s">
-        <v>2085</v>
+        <v>895</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>2086</v>
+        <v>896</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>2087</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="3" t="s">
-        <v>71</v>
+        <v>898</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>72</v>
+        <v>899</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>2088</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="4" t="s">
-        <v>895</v>
+        <v>2096</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>896</v>
+        <v>2097</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>2089</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="3" t="s">
-        <v>898</v>
+        <v>71</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>899</v>
+        <v>72</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>2090</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="4" t="s">
         <v>901</v>
       </c>
       <c r="B171" s="4" t="s">
         <v>902</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>2091</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="3" t="s">
         <v>904</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>905</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>2092</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="4" t="s">
-        <v>74</v>
+        <v>907</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>75</v>
+        <v>908</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>2093</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="3" t="s">
-        <v>2094</v>
+        <v>910</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>2095</v>
+        <v>911</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>2096</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="4" t="s">
-        <v>2097</v>
+        <v>74</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>2098</v>
+        <v>75</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>2099</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="3" t="s">
-        <v>2100</v>
+        <v>2105</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>2101</v>
+        <v>2106</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>2102</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="4" t="s">
-        <v>2103</v>
+        <v>2108</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>2104</v>
+        <v>2109</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>2105</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="3" t="s">
-        <v>2106</v>
+        <v>2111</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>2107</v>
+        <v>2112</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>2108</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="4" t="s">
-        <v>2109</v>
+        <v>2114</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>2110</v>
+        <v>2115</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>2111</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="3" t="s">
-        <v>908</v>
+        <v>2117</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>909</v>
+        <v>2118</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>2112</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="4" t="s">
-        <v>911</v>
+        <v>2120</v>
       </c>
       <c r="B181" s="4" t="s">
-        <v>912</v>
+        <v>2121</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>2113</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="3" t="s">
         <v>914</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>915</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>2114</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="4" t="s">
         <v>917</v>
       </c>
       <c r="B183" s="4" t="s">
         <v>918</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>2115</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="3" t="s">
         <v>920</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>921</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>2116</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="4" t="s">
         <v>923</v>
       </c>
       <c r="B185" s="4" t="s">
         <v>924</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>2117</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="3" t="s">
         <v>926</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>927</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>2118</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="4" t="s">
         <v>929</v>
       </c>
       <c r="B187" s="4" t="s">
         <v>930</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>2119</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="3" t="s">
         <v>932</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>933</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>2120</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="4" t="s">
         <v>935</v>
       </c>
       <c r="B189" s="4" t="s">
         <v>936</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>2121</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="3" t="s">
         <v>938</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>939</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>2122</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="4" t="s">
         <v>941</v>
       </c>
       <c r="B191" s="4" t="s">
         <v>942</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>2123</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="3" t="s">
         <v>944</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>945</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>2124</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="4" t="s">
         <v>947</v>
       </c>
       <c r="B193" s="4" t="s">
         <v>948</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>2125</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="3" t="s">
         <v>950</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>951</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>2126</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="4" t="s">
         <v>953</v>
       </c>
       <c r="B195" s="4" t="s">
         <v>954</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>2127</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="3" t="s">
         <v>956</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>957</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>2128</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="4" t="s">
         <v>959</v>
       </c>
       <c r="B197" s="4" t="s">
         <v>960</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>2129</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="3" t="s">
         <v>962</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>963</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>2130</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="4" t="s">
         <v>965</v>
       </c>
       <c r="B199" s="4" t="s">
         <v>966</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>2131</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="3" t="s">
         <v>968</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>969</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>2132</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="4" t="s">
         <v>971</v>
       </c>
       <c r="B201" s="4" t="s">
         <v>972</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>2133</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="3" t="s">
         <v>974</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>975</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>2134</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="4" t="s">
         <v>977</v>
       </c>
       <c r="B203" s="4" t="s">
         <v>978</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>2135</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="3" t="s">
-        <v>2136</v>
+        <v>980</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>2137</v>
+        <v>981</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>2138</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="4" t="s">
-        <v>2139</v>
+        <v>983</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>2140</v>
+        <v>984</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>2141</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="3" t="s">
-        <v>2142</v>
+        <v>986</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>2143</v>
+        <v>987</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>2144</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="4" t="s">
-        <v>980</v>
+        <v>2148</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>981</v>
+        <v>2149</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>2145</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="3" t="s">
-        <v>983</v>
+        <v>2151</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>984</v>
+        <v>2152</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>2146</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="4" t="s">
-        <v>986</v>
+        <v>2154</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>987</v>
+        <v>2155</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>2147</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="3" t="s">
         <v>989</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>990</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>2148</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="4" t="s">
         <v>992</v>
       </c>
       <c r="B211" s="4" t="s">
         <v>993</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>2149</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="3" t="s">
         <v>995</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>996</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>2150</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="4" t="s">
         <v>998</v>
       </c>
       <c r="B213" s="4" t="s">
         <v>999</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>2151</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="3" t="s">
-        <v>1001</v>
+        <v>2161</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>1002</v>
+        <v>2162</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>2152</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="4" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>2153</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="3" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>2154</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="4" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>2155</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="3" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>2156</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="4" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>2157</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="3" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>2158</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="4" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>2159</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="3" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>2160</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="4" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>2161</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="3" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>2162</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="4" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>2163</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="3" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>2164</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="4" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>2165</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="3" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>2166</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="4" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>2167</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="3" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>2168</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="4" t="s">
-        <v>1055</v>
+        <v>1049</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>1056</v>
+        <v>1050</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>2169</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="3" t="s">
-        <v>1058</v>
+        <v>1052</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>1059</v>
+        <v>1053</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>2170</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="4" t="s">
-        <v>1061</v>
+        <v>1055</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>1062</v>
+        <v>1056</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>2171</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="3" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>2172</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="4" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>2173</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="3" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>2174</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="4" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>2175</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="3" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>2176</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="4" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>2177</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="3" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>2178</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="4" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>2179</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="3" t="s">
-        <v>2180</v>
+        <v>1085</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>2181</v>
+        <v>1086</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>2182</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="4" t="s">
-        <v>2183</v>
+        <v>1088</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>2184</v>
+        <v>1089</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>2185</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="3" t="s">
-        <v>2186</v>
+        <v>1091</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>2187</v>
+        <v>1092</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>2188</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="4" t="s">
-        <v>2189</v>
+        <v>1094</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>2190</v>
+        <v>1095</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>2191</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="3" t="s">
-        <v>2192</v>
+        <v>2195</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>2193</v>
+        <v>2196</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>2194</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="4" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>2196</v>
+        <v>2199</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>2197</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="3" t="s">
-        <v>2198</v>
+        <v>2201</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>2199</v>
+        <v>2202</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>2200</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="4" t="s">
-        <v>1088</v>
+        <v>2204</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>1089</v>
+        <v>2205</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>2201</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="3" t="s">
-        <v>1091</v>
+        <v>2207</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>1092</v>
+        <v>2208</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>2202</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="4" t="s">
-        <v>1094</v>
+        <v>2210</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>1095</v>
+        <v>2211</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>2203</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="3" t="s">
-        <v>1097</v>
+        <v>2213</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>1098</v>
+        <v>2214</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>2204</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="4" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>2205</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="3" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>2206</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="4" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>2207</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="3" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>2208</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="4" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>2209</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="3" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>2210</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="4" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>2211</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="3" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>2212</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="4" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>2213</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="3" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>2214</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="4" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>2215</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="3" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>2216</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="4" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>2217</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="3" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>2218</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="4" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>2219</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="3" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>2220</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="4" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>2221</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="3" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>2222</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="4" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>2223</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="3" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>2224</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="4" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>2225</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="3" t="s">
-        <v>1163</v>
+        <v>1160</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>2226</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="4" t="s">
-        <v>1166</v>
+        <v>1163</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>2227</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="3" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>2228</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="4" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>1173</v>
+        <v>1170</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>2229</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="3" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>2230</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="4" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>2231</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="3" t="s">
-        <v>1181</v>
+        <v>1178</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>1182</v>
+        <v>1179</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>2232</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="4" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>2233</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="3" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>2234</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="4" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>2235</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="3" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>2236</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="4" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>2237</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="3" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>2238</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="4" t="s">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>2239</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="3" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>2240</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="4" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>2241</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="3" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>2242</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="4" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>2243</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="3" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>2244</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="4" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>1221</v>
+        <v>1218</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>2245</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="3" t="s">
-        <v>1223</v>
+        <v>1220</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>1224</v>
+        <v>1221</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>2246</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="4" t="s">
-        <v>1232</v>
+        <v>1223</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>1233</v>
+        <v>1224</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>2247</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="3" t="s">
-        <v>1235</v>
+        <v>1226</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>1236</v>
+        <v>1227</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>2248</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="4" t="s">
-        <v>2249</v>
+        <v>1229</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>2250</v>
+        <v>1230</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>2251</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="3" t="s">
-        <v>1238</v>
+        <v>1232</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>1239</v>
+        <v>1233</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>2252</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="4" t="s">
         <v>1241</v>
       </c>
       <c r="B299" s="4" t="s">
         <v>1242</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>2253</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="3" t="s">
         <v>1244</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>1245</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>2254</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="4" t="s">
-        <v>118</v>
+        <v>2264</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>119</v>
+        <v>2265</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>2255</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="3" t="s">
-        <v>2256</v>
+        <v>1247</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>2257</v>
+        <v>1248</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>2258</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="4" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>2259</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="3" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>2260</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="4" t="s">
-        <v>1254</v>
+        <v>118</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>1255</v>
+        <v>119</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>2261</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="3" t="s">
-        <v>1257</v>
+        <v>2271</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>1258</v>
+        <v>2272</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>2262</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="4" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>2263</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="3" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>1264</v>
+        <v>1261</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>2264</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="4" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>2265</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="3" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>2266</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="4" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>2267</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="3" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>2268</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="4" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>2269</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="3" t="s">
-        <v>2270</v>
+        <v>1278</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>2271</v>
+        <v>1279</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>2272</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="4" t="s">
-        <v>2273</v>
+        <v>1281</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>2274</v>
+        <v>1282</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>2275</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="3" t="s">
-        <v>2276</v>
+        <v>1284</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>2277</v>
+        <v>1285</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>2278</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="4" t="s">
-        <v>2279</v>
+        <v>1287</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>2280</v>
+        <v>1288</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>2281</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="3" t="s">
-        <v>2282</v>
+        <v>2285</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>2283</v>
+        <v>2286</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>2284</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="4" t="s">
-        <v>2285</v>
+        <v>2288</v>
       </c>
       <c r="B319" s="4" t="s">
-        <v>2286</v>
+        <v>2289</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="3" t="s">
-        <v>1281</v>
+        <v>2291</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>1282</v>
+        <v>2292</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>2288</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="4" t="s">
-        <v>1284</v>
+        <v>2294</v>
       </c>
       <c r="B321" s="4" t="s">
-        <v>1285</v>
+        <v>2295</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>2289</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="3" t="s">
-        <v>2290</v>
+        <v>2297</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>2291</v>
+        <v>2298</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>2292</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="4" t="s">
-        <v>1287</v>
+        <v>2300</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>1288</v>
+        <v>2301</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>2293</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>1291</v>
       </c>
       <c r="C324" s="3" t="s">
-        <v>2294</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="4" t="s">
         <v>1293</v>
       </c>
       <c r="B325" s="4" t="s">
         <v>1294</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>2295</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="3" t="s">
-        <v>1296</v>
+        <v>2305</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>1297</v>
+        <v>2306</v>
       </c>
       <c r="C326" s="3" t="s">
-        <v>2296</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="4" t="s">
-        <v>1299</v>
+        <v>1296</v>
       </c>
       <c r="B327" s="4" t="s">
-        <v>1300</v>
+        <v>1297</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>2297</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="3" t="s">
-        <v>1302</v>
+        <v>1299</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>1303</v>
+        <v>1300</v>
       </c>
       <c r="C328" s="3" t="s">
-        <v>2298</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="4" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="B329" s="4" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>2299</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="3" t="s">
-        <v>1308</v>
+        <v>1305</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>1309</v>
+        <v>1306</v>
       </c>
       <c r="C330" s="3" t="s">
-        <v>2300</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="4" t="s">
-        <v>1311</v>
+        <v>1308</v>
       </c>
       <c r="B331" s="4" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
       <c r="C331" s="4" t="s">
-        <v>2301</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="3" t="s">
-        <v>1314</v>
+        <v>1311</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>1315</v>
+        <v>1312</v>
       </c>
       <c r="C332" s="3" t="s">
-        <v>2302</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="4" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
       <c r="B333" s="4" t="s">
-        <v>1318</v>
+        <v>1315</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>2303</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="3" t="s">
-        <v>1320</v>
+        <v>1317</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>1321</v>
+        <v>1318</v>
       </c>
       <c r="C334" s="3" t="s">
-        <v>2304</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="4" t="s">
-        <v>1323</v>
+        <v>1320</v>
       </c>
       <c r="B335" s="4" t="s">
-        <v>1324</v>
+        <v>1321</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>2305</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="3" t="s">
-        <v>1326</v>
+        <v>1323</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>1327</v>
+        <v>1324</v>
       </c>
       <c r="C336" s="3" t="s">
-        <v>2306</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="4" t="s">
-        <v>1329</v>
+        <v>1326</v>
       </c>
       <c r="B337" s="4" t="s">
-        <v>1330</v>
+        <v>1327</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>2307</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="3" t="s">
-        <v>1332</v>
+        <v>1329</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>1333</v>
+        <v>1330</v>
       </c>
       <c r="C338" s="3" t="s">
-        <v>2308</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="4" t="s">
-        <v>1335</v>
+        <v>1332</v>
       </c>
       <c r="B339" s="4" t="s">
-        <v>1336</v>
+        <v>1333</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>2309</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="3" t="s">
-        <v>1338</v>
+        <v>1335</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="C340" s="3" t="s">
-        <v>2310</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="4" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="B341" s="4" t="s">
-        <v>1342</v>
+        <v>1339</v>
       </c>
       <c r="C341" s="4" t="s">
-        <v>2311</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="3" t="s">
-        <v>1344</v>
+        <v>1341</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>1345</v>
+        <v>1342</v>
       </c>
       <c r="C342" s="3" t="s">
-        <v>2312</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="4" t="s">
-        <v>1347</v>
+        <v>1344</v>
       </c>
       <c r="B343" s="4" t="s">
-        <v>1348</v>
+        <v>1345</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>2313</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="3" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>1351</v>
+        <v>1348</v>
       </c>
       <c r="C344" s="3" t="s">
-        <v>2314</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="4" t="s">
-        <v>2315</v>
+        <v>1350</v>
       </c>
       <c r="B345" s="4" t="s">
-        <v>2316</v>
+        <v>1351</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>2317</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="3" t="s">
         <v>1353</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>1354</v>
       </c>
       <c r="C346" s="3" t="s">
-        <v>2318</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="4" t="s">
-        <v>2319</v>
+        <v>1356</v>
       </c>
       <c r="B347" s="4" t="s">
-        <v>2320</v>
+        <v>1357</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>2321</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="3" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="C348" s="3" t="s">
-        <v>2322</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="4" t="s">
-        <v>1359</v>
+        <v>2330</v>
       </c>
       <c r="B349" s="4" t="s">
-        <v>1360</v>
+        <v>2331</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>2323</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="3" t="s">
         <v>1362</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>1363</v>
       </c>
       <c r="C350" s="3" t="s">
-        <v>2324</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="4" t="s">
-        <v>1365</v>
+        <v>2334</v>
       </c>
       <c r="B351" s="4" t="s">
-        <v>1366</v>
+        <v>2335</v>
       </c>
       <c r="C351" s="4" t="s">
-        <v>2325</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="3" t="s">
-        <v>1368</v>
+        <v>2337</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>1369</v>
+        <v>2338</v>
       </c>
       <c r="C352" s="3" t="s">
-        <v>2326</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="4" t="s">
-        <v>1371</v>
+        <v>1365</v>
       </c>
       <c r="B353" s="4" t="s">
-        <v>1372</v>
+        <v>1366</v>
       </c>
       <c r="C353" s="4" t="s">
-        <v>2327</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="3" t="s">
-        <v>1374</v>
+        <v>2341</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>1375</v>
+        <v>2342</v>
       </c>
       <c r="C354" s="3" t="s">
-        <v>2328</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="4" t="s">
-        <v>1377</v>
+        <v>1368</v>
       </c>
       <c r="B355" s="4" t="s">
-        <v>1378</v>
+        <v>1369</v>
       </c>
       <c r="C355" s="4" t="s">
-        <v>2329</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="3" t="s">
-        <v>1380</v>
+        <v>1371</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>1381</v>
+        <v>1372</v>
       </c>
       <c r="C356" s="3" t="s">
-        <v>2330</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="4" t="s">
-        <v>1383</v>
+        <v>1374</v>
       </c>
       <c r="B357" s="4" t="s">
-        <v>1384</v>
+        <v>1375</v>
       </c>
       <c r="C357" s="4" t="s">
-        <v>2331</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="3" t="s">
-        <v>2332</v>
+        <v>1377</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>2333</v>
+        <v>1378</v>
       </c>
       <c r="C358" s="3" t="s">
-        <v>2334</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="4" t="s">
-        <v>2335</v>
+        <v>1380</v>
       </c>
       <c r="B359" s="4" t="s">
-        <v>2336</v>
+        <v>1381</v>
       </c>
       <c r="C359" s="4" t="s">
-        <v>2337</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="3" t="s">
-        <v>2338</v>
+        <v>1383</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>2339</v>
+        <v>1384</v>
       </c>
       <c r="C360" s="3" t="s">
-        <v>2340</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="4" t="s">
-        <v>2341</v>
+        <v>1386</v>
       </c>
       <c r="B361" s="4" t="s">
-        <v>2342</v>
+        <v>1387</v>
       </c>
       <c r="C361" s="4" t="s">
-        <v>2343</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="3" t="s">
-        <v>2344</v>
+        <v>1389</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>2345</v>
+        <v>1390</v>
       </c>
       <c r="C362" s="3" t="s">
-        <v>2346</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="4" t="s">
-        <v>2347</v>
+        <v>1392</v>
       </c>
       <c r="B363" s="4" t="s">
-        <v>2348</v>
+        <v>1393</v>
       </c>
       <c r="C363" s="4" t="s">
-        <v>2349</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="3" t="s">
-        <v>2350</v>
+        <v>2353</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>2351</v>
+        <v>2354</v>
       </c>
       <c r="C364" s="3" t="s">
-        <v>2352</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="4" t="s">
-        <v>2353</v>
+        <v>2356</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>2354</v>
+        <v>2357</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>2355</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="3" t="s">
-        <v>2356</v>
+        <v>2359</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>2357</v>
+        <v>2360</v>
       </c>
       <c r="C366" s="3" t="s">
-        <v>2358</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="4" t="s">
-        <v>2359</v>
+        <v>2362</v>
       </c>
       <c r="B367" s="4" t="s">
-        <v>2360</v>
+        <v>2363</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>2361</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="3" t="s">
-        <v>2362</v>
+        <v>2365</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>2363</v>
+        <v>2366</v>
       </c>
       <c r="C368" s="3" t="s">
-        <v>2364</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="4" t="s">
-        <v>2365</v>
+        <v>2368</v>
       </c>
       <c r="B369" s="4" t="s">
-        <v>2366</v>
+        <v>2369</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>2367</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="3" t="s">
-        <v>2368</v>
+        <v>2371</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>2369</v>
+        <v>2372</v>
       </c>
       <c r="C370" s="3" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="4" t="s">
-        <v>2371</v>
+        <v>2374</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>2372</v>
+        <v>2375</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>2373</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="3" t="s">
-        <v>2374</v>
+        <v>2377</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>2375</v>
+        <v>2378</v>
       </c>
       <c r="C372" s="3" t="s">
-        <v>2376</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="4" t="s">
-        <v>2377</v>
+        <v>2380</v>
       </c>
       <c r="B373" s="4" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>2379</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="3" t="s">
-        <v>2380</v>
+        <v>2383</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>2381</v>
+        <v>2384</v>
       </c>
       <c r="C374" s="3" t="s">
-        <v>2382</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="4" t="s">
-        <v>2383</v>
+        <v>2386</v>
       </c>
       <c r="B375" s="4" t="s">
-        <v>2384</v>
+        <v>2387</v>
       </c>
       <c r="C375" s="4" t="s">
-        <v>2385</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="3" t="s">
-        <v>2386</v>
+        <v>2389</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>2387</v>
+        <v>2390</v>
       </c>
       <c r="C376" s="3" t="s">
-        <v>2388</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="4" t="s">
-        <v>2389</v>
+        <v>2392</v>
       </c>
       <c r="B377" s="4" t="s">
-        <v>2390</v>
+        <v>2393</v>
       </c>
       <c r="C377" s="4" t="s">
-        <v>2391</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="3" t="s">
-        <v>1386</v>
+        <v>2395</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>1387</v>
+        <v>2396</v>
       </c>
       <c r="C378" s="3" t="s">
-        <v>2392</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="4" t="s">
-        <v>1389</v>
+        <v>2398</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>1390</v>
+        <v>2399</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>2393</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="3" t="s">
-        <v>1392</v>
+        <v>2401</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>1393</v>
+        <v>2402</v>
       </c>
       <c r="C380" s="3" t="s">
-        <v>2394</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="4" t="s">
-        <v>1395</v>
+        <v>2404</v>
       </c>
       <c r="B381" s="4" t="s">
-        <v>1396</v>
+        <v>2405</v>
       </c>
       <c r="C381" s="4" t="s">
-        <v>2395</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="3" t="s">
-        <v>1398</v>
+        <v>2407</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>1399</v>
+        <v>2408</v>
       </c>
       <c r="C382" s="3" t="s">
-        <v>2396</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="4" t="s">
-        <v>1401</v>
+        <v>2410</v>
       </c>
       <c r="B383" s="4" t="s">
-        <v>1402</v>
+        <v>2411</v>
       </c>
       <c r="C383" s="4" t="s">
-        <v>2397</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="3" t="s">
-        <v>1404</v>
+        <v>1395</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>1405</v>
+        <v>1396</v>
       </c>
       <c r="C384" s="3" t="s">
-        <v>2398</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="4" t="s">
-        <v>1407</v>
+        <v>1398</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>1408</v>
+        <v>1399</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>2399</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="3" t="s">
-        <v>1410</v>
+        <v>1401</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>1411</v>
+        <v>1402</v>
       </c>
       <c r="C386" s="3" t="s">
-        <v>2400</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="4" t="s">
-        <v>1413</v>
+        <v>1404</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>1414</v>
+        <v>1405</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>2401</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="3" t="s">
-        <v>1416</v>
+        <v>1407</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>1417</v>
+        <v>1408</v>
       </c>
       <c r="C388" s="3" t="s">
-        <v>2402</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="4" t="s">
-        <v>1419</v>
+        <v>1410</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>1420</v>
+        <v>1411</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>2403</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="3" t="s">
-        <v>1422</v>
+        <v>1413</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>1423</v>
+        <v>1414</v>
       </c>
       <c r="C390" s="3" t="s">
-        <v>2404</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="4" t="s">
-        <v>139</v>
+        <v>1416</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>140</v>
+        <v>1417</v>
       </c>
       <c r="C391" s="4" t="s">
-        <v>2405</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="3" t="s">
-        <v>1425</v>
+        <v>1419</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>1426</v>
+        <v>1420</v>
       </c>
       <c r="C392" s="3" t="s">
-        <v>2406</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="4" t="s">
-        <v>2407</v>
+        <v>1422</v>
       </c>
       <c r="B393" s="4" t="s">
-        <v>2408</v>
+        <v>1423</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>2409</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="3" t="s">
-        <v>2410</v>
+        <v>1425</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>2411</v>
+        <v>1426</v>
       </c>
       <c r="C394" s="3" t="s">
-        <v>2412</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="4" t="s">
         <v>1428</v>
       </c>
       <c r="B395" s="4" t="s">
         <v>1429</v>
       </c>
       <c r="C395" s="4" t="s">
-        <v>2413</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="3" t="s">
         <v>1431</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>1432</v>
       </c>
       <c r="C396" s="3" t="s">
-        <v>2414</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="4" t="s">
-        <v>1434</v>
+        <v>139</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>1435</v>
+        <v>140</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>2415</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="3" t="s">
-        <v>2416</v>
+        <v>1434</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>2417</v>
+        <v>1435</v>
       </c>
       <c r="C398" s="3" t="s">
-        <v>2418</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="4" t="s">
-        <v>2419</v>
+        <v>2428</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>2420</v>
+        <v>2429</v>
       </c>
       <c r="C399" s="4" t="s">
-        <v>2421</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="3" t="s">
-        <v>2422</v>
+        <v>2431</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>2423</v>
+        <v>2432</v>
       </c>
       <c r="C400" s="3" t="s">
-        <v>2424</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="4" t="s">
-        <v>2425</v>
+        <v>1437</v>
       </c>
       <c r="B401" s="4" t="s">
-        <v>2426</v>
+        <v>1438</v>
       </c>
       <c r="C401" s="4" t="s">
-        <v>2427</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="3" t="s">
-        <v>2428</v>
+        <v>1440</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>2429</v>
+        <v>1441</v>
       </c>
       <c r="C402" s="3" t="s">
-        <v>2430</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="4" t="s">
-        <v>2431</v>
+        <v>1443</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>2432</v>
+        <v>1444</v>
       </c>
       <c r="C403" s="4" t="s">
-        <v>2433</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="3" t="s">
-        <v>1437</v>
+        <v>2437</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>1438</v>
+        <v>2438</v>
       </c>
       <c r="C404" s="3" t="s">
-        <v>2434</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="4" t="s">
-        <v>1440</v>
+        <v>2440</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>1441</v>
+        <v>2441</v>
       </c>
       <c r="C405" s="4" t="s">
-        <v>2435</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="3" t="s">
-        <v>2436</v>
+        <v>2443</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>2437</v>
+        <v>2444</v>
       </c>
       <c r="C406" s="3" t="s">
-        <v>2438</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="4" t="s">
-        <v>1443</v>
+        <v>2446</v>
       </c>
       <c r="B407" s="4" t="s">
-        <v>1444</v>
+        <v>2447</v>
       </c>
       <c r="C407" s="4" t="s">
-        <v>2439</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="3" t="s">
-        <v>1446</v>
+        <v>2449</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>1447</v>
+        <v>2450</v>
       </c>
       <c r="C408" s="3" t="s">
-        <v>2440</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="4" t="s">
-        <v>1449</v>
+        <v>2452</v>
       </c>
       <c r="B409" s="4" t="s">
-        <v>1450</v>
+        <v>2453</v>
       </c>
       <c r="C409" s="4" t="s">
-        <v>2441</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="3" t="s">
-        <v>1452</v>
+        <v>1446</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>1453</v>
+        <v>1447</v>
       </c>
       <c r="C410" s="3" t="s">
-        <v>2442</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="4" t="s">
-        <v>1455</v>
+        <v>1449</v>
       </c>
       <c r="B411" s="4" t="s">
-        <v>1456</v>
+        <v>1450</v>
       </c>
       <c r="C411" s="4" t="s">
-        <v>2443</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="3" t="s">
-        <v>1458</v>
+        <v>2457</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>1459</v>
+        <v>2458</v>
       </c>
       <c r="C412" s="3" t="s">
-        <v>2444</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="4" t="s">
-        <v>1461</v>
+        <v>1452</v>
       </c>
       <c r="B413" s="4" t="s">
-        <v>1462</v>
+        <v>1453</v>
       </c>
       <c r="C413" s="4" t="s">
-        <v>2445</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="3" t="s">
-        <v>1464</v>
+        <v>1455</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>1465</v>
+        <v>1456</v>
       </c>
       <c r="C414" s="3" t="s">
-        <v>2446</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="4" t="s">
-        <v>1467</v>
+        <v>1458</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>1468</v>
+        <v>1459</v>
       </c>
       <c r="C415" s="4" t="s">
-        <v>2447</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="3" t="s">
-        <v>1470</v>
+        <v>1461</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>1471</v>
+        <v>1462</v>
       </c>
       <c r="C416" s="3" t="s">
-        <v>2448</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="4" t="s">
-        <v>1473</v>
+        <v>1464</v>
       </c>
       <c r="B417" s="4" t="s">
-        <v>1474</v>
+        <v>1465</v>
       </c>
       <c r="C417" s="4" t="s">
-        <v>2449</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="3" t="s">
-        <v>1476</v>
+        <v>1467</v>
       </c>
       <c r="B418" s="3" t="s">
-        <v>1477</v>
+        <v>1468</v>
       </c>
       <c r="C418" s="3" t="s">
-        <v>2450</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="4" t="s">
-        <v>1479</v>
+        <v>1470</v>
       </c>
       <c r="B419" s="4" t="s">
-        <v>1480</v>
+        <v>1471</v>
       </c>
       <c r="C419" s="4" t="s">
-        <v>2451</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="3" t="s">
-        <v>1482</v>
+        <v>1473</v>
       </c>
       <c r="B420" s="3" t="s">
-        <v>1483</v>
+        <v>1474</v>
       </c>
       <c r="C420" s="3" t="s">
-        <v>2452</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="4" t="s">
-        <v>1485</v>
+        <v>1476</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>1486</v>
+        <v>1477</v>
       </c>
       <c r="C421" s="4" t="s">
-        <v>2453</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="3" t="s">
-        <v>1488</v>
+        <v>1479</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>1489</v>
+        <v>1480</v>
       </c>
       <c r="C422" s="3" t="s">
-        <v>2454</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="4" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>1492</v>
+        <v>1483</v>
       </c>
       <c r="C423" s="4" t="s">
-        <v>2455</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="3" t="s">
-        <v>1494</v>
+        <v>1485</v>
       </c>
       <c r="B424" s="3" t="s">
-        <v>1495</v>
+        <v>1486</v>
       </c>
       <c r="C424" s="3" t="s">
-        <v>2456</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="4" t="s">
-        <v>1497</v>
+        <v>1488</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>1498</v>
+        <v>1489</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>2457</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="3" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="B426" s="3" t="s">
-        <v>1501</v>
+        <v>1492</v>
       </c>
       <c r="C426" s="3" t="s">
-        <v>2458</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="4" t="s">
-        <v>2459</v>
+        <v>1494</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>2460</v>
+        <v>1495</v>
       </c>
       <c r="C427" s="4" t="s">
-        <v>2461</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="3" t="s">
-        <v>2462</v>
+        <v>1497</v>
       </c>
       <c r="B428" s="3" t="s">
-        <v>2463</v>
+        <v>1498</v>
       </c>
       <c r="C428" s="3" t="s">
-        <v>2464</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="4" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>1504</v>
+        <v>1501</v>
       </c>
       <c r="C429" s="4" t="s">
-        <v>2465</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="3" t="s">
-        <v>2466</v>
+        <v>1503</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>2467</v>
+        <v>1504</v>
       </c>
       <c r="C430" s="3" t="s">
-        <v>2468</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="4" t="s">
         <v>1506</v>
       </c>
       <c r="B431" s="4" t="s">
         <v>1507</v>
       </c>
       <c r="C431" s="4" t="s">
-        <v>2469</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="3" t="s">
         <v>1509</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>1510</v>
       </c>
       <c r="C432" s="3" t="s">
-        <v>2470</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="4" t="s">
-        <v>1512</v>
+        <v>2480</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>1513</v>
+        <v>2481</v>
       </c>
       <c r="C433" s="4" t="s">
-        <v>2471</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="3" t="s">
-        <v>1515</v>
+        <v>2483</v>
       </c>
       <c r="B434" s="3" t="s">
-        <v>1516</v>
+        <v>2484</v>
       </c>
       <c r="C434" s="3" t="s">
-        <v>2472</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="4" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>1519</v>
+        <v>1513</v>
       </c>
       <c r="C435" s="4" t="s">
-        <v>2473</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="3" t="s">
-        <v>1521</v>
+        <v>2487</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>1522</v>
+        <v>2488</v>
       </c>
       <c r="C436" s="3" t="s">
-        <v>2474</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="4" t="s">
-        <v>1524</v>
+        <v>1515</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>1525</v>
+        <v>1516</v>
       </c>
       <c r="C437" s="4" t="s">
-        <v>2475</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="3" t="s">
-        <v>1527</v>
+        <v>1518</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>1528</v>
+        <v>1519</v>
       </c>
       <c r="C438" s="3" t="s">
-        <v>2476</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="4" t="s">
-        <v>1530</v>
+        <v>1521</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>1531</v>
+        <v>1522</v>
       </c>
       <c r="C439" s="4" t="s">
-        <v>2477</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="3" t="s">
-        <v>1533</v>
+        <v>1524</v>
       </c>
       <c r="B440" s="3" t="s">
-        <v>1534</v>
+        <v>1525</v>
       </c>
       <c r="C440" s="3" t="s">
-        <v>2478</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="4" t="s">
-        <v>1536</v>
+        <v>1527</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>1537</v>
+        <v>1528</v>
       </c>
       <c r="C441" s="4" t="s">
-        <v>2479</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="3" t="s">
-        <v>1539</v>
+        <v>1530</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>1540</v>
+        <v>1531</v>
       </c>
       <c r="C442" s="3" t="s">
-        <v>2480</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="4" t="s">
-        <v>1542</v>
+        <v>1533</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>1543</v>
+        <v>1534</v>
       </c>
       <c r="C443" s="4" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="3" t="s">
-        <v>1545</v>
+        <v>1536</v>
       </c>
       <c r="B444" s="3" t="s">
-        <v>1546</v>
+        <v>1537</v>
       </c>
       <c r="C444" s="3" t="s">
-        <v>2482</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="4" t="s">
-        <v>1548</v>
+        <v>1539</v>
       </c>
       <c r="B445" s="4" t="s">
-        <v>1549</v>
+        <v>1540</v>
       </c>
       <c r="C445" s="4" t="s">
-        <v>2483</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="3" t="s">
-        <v>1551</v>
+        <v>1542</v>
       </c>
       <c r="B446" s="3" t="s">
-        <v>1552</v>
+        <v>1543</v>
       </c>
       <c r="C446" s="3" t="s">
-        <v>2484</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="4" t="s">
-        <v>1554</v>
+        <v>1545</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>1555</v>
+        <v>1546</v>
       </c>
       <c r="C447" s="4" t="s">
-        <v>2485</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="3" t="s">
-        <v>1557</v>
+        <v>1548</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>1558</v>
+        <v>1549</v>
       </c>
       <c r="C448" s="3" t="s">
-        <v>2486</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="4" t="s">
-        <v>1560</v>
+        <v>1551</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>1561</v>
+        <v>1552</v>
       </c>
       <c r="C449" s="4" t="s">
-        <v>2487</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="3" t="s">
-        <v>1563</v>
+        <v>1554</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>1564</v>
+        <v>1555</v>
       </c>
       <c r="C450" s="3" t="s">
-        <v>2488</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="4" t="s">
-        <v>1566</v>
+        <v>1557</v>
       </c>
       <c r="B451" s="4" t="s">
-        <v>1567</v>
+        <v>1558</v>
       </c>
       <c r="C451" s="4" t="s">
-        <v>2489</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="3" t="s">
-        <v>1569</v>
+        <v>1560</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>1570</v>
+        <v>1561</v>
       </c>
       <c r="C452" s="3" t="s">
-        <v>2490</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="4" t="s">
-        <v>1572</v>
+        <v>1563</v>
       </c>
       <c r="B453" s="4" t="s">
-        <v>1573</v>
+        <v>1564</v>
       </c>
       <c r="C453" s="4" t="s">
-        <v>2491</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="3" t="s">
-        <v>1575</v>
+        <v>1566</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>1576</v>
+        <v>1567</v>
       </c>
       <c r="C454" s="3" t="s">
-        <v>2492</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="4" t="s">
-        <v>1578</v>
+        <v>1569</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>1579</v>
+        <v>1570</v>
       </c>
       <c r="C455" s="4" t="s">
-        <v>2493</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="3" t="s">
-        <v>1581</v>
+        <v>1572</v>
       </c>
       <c r="B456" s="3" t="s">
-        <v>1582</v>
+        <v>1573</v>
       </c>
       <c r="C456" s="3" t="s">
-        <v>2494</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="4" t="s">
-        <v>1584</v>
+        <v>1575</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>1585</v>
+        <v>1576</v>
       </c>
       <c r="C457" s="4" t="s">
-        <v>2495</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="3" t="s">
-        <v>1587</v>
+        <v>1578</v>
       </c>
       <c r="B458" s="3" t="s">
-        <v>1588</v>
+        <v>1579</v>
       </c>
       <c r="C458" s="3" t="s">
-        <v>2496</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="4" t="s">
-        <v>1590</v>
+        <v>1581</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>1591</v>
+        <v>1582</v>
       </c>
       <c r="C459" s="4" t="s">
-        <v>2497</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="3" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B460" s="3" t="s">
-        <v>1594</v>
+        <v>1585</v>
       </c>
       <c r="C460" s="3" t="s">
-        <v>2498</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="4" t="s">
-        <v>1596</v>
+        <v>1587</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>1597</v>
+        <v>1588</v>
       </c>
       <c r="C461" s="4" t="s">
-        <v>2499</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="3" t="s">
-        <v>2500</v>
+        <v>1590</v>
       </c>
       <c r="B462" s="3" t="s">
-        <v>2501</v>
+        <v>1591</v>
       </c>
       <c r="C462" s="3" t="s">
-        <v>2502</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="4" t="s">
-        <v>1599</v>
+        <v>1593</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>1600</v>
+        <v>1594</v>
       </c>
       <c r="C463" s="4" t="s">
-        <v>2503</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="3" t="s">
-        <v>220</v>
+        <v>1596</v>
       </c>
       <c r="B464" s="3" t="s">
-        <v>221</v>
+        <v>1597</v>
       </c>
       <c r="C464" s="3" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="4" t="s">
-        <v>223</v>
+        <v>1599</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>224</v>
+        <v>1600</v>
       </c>
       <c r="C465" s="4" t="s">
-        <v>2505</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="3" t="s">
-        <v>2506</v>
+        <v>1602</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>2507</v>
+        <v>1603</v>
       </c>
       <c r="C466" s="3" t="s">
-        <v>2508</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="4" t="s">
-        <v>2509</v>
+        <v>1605</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>2510</v>
+        <v>1606</v>
       </c>
       <c r="C467" s="4" t="s">
-        <v>2511</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="3" t="s">
-        <v>2512</v>
+        <v>2521</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>2513</v>
+        <v>2522</v>
       </c>
       <c r="C468" s="3" t="s">
-        <v>2514</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="4" t="s">
-        <v>2515</v>
+        <v>1608</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>2516</v>
+        <v>1609</v>
       </c>
       <c r="C469" s="4" t="s">
-        <v>2517</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="3" t="s">
-        <v>2518</v>
+        <v>220</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>2519</v>
+        <v>221</v>
       </c>
       <c r="C470" s="3" t="s">
-        <v>2520</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="4" t="s">
-        <v>2521</v>
+        <v>223</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>2522</v>
+        <v>224</v>
       </c>
       <c r="C471" s="4" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="3" t="s">
-        <v>2524</v>
+        <v>2527</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>2525</v>
+        <v>2528</v>
       </c>
       <c r="C472" s="3" t="s">
-        <v>2526</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="4" t="s">
-        <v>2527</v>
+        <v>2530</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>2528</v>
+        <v>2531</v>
       </c>
       <c r="C473" s="4" t="s">
-        <v>2529</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="3" t="s">
-        <v>2530</v>
+        <v>2533</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>2531</v>
+        <v>2534</v>
       </c>
       <c r="C474" s="3" t="s">
-        <v>2532</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="4" t="s">
-        <v>2533</v>
+        <v>2536</v>
       </c>
       <c r="B475" s="4" t="s">
-        <v>2534</v>
+        <v>2537</v>
       </c>
       <c r="C475" s="4" t="s">
-        <v>2535</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="3" t="s">
-        <v>2536</v>
+        <v>2539</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>2537</v>
+        <v>2540</v>
       </c>
       <c r="C476" s="3" t="s">
-        <v>2538</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="4" t="s">
-        <v>2539</v>
+        <v>2542</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>2540</v>
+        <v>2543</v>
       </c>
       <c r="C477" s="4" t="s">
-        <v>2541</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="3" t="s">
-        <v>1603</v>
+        <v>2545</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>1604</v>
+        <v>2546</v>
       </c>
       <c r="C478" s="3" t="s">
-        <v>2542</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="4" t="s">
-        <v>1606</v>
+        <v>2548</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>1607</v>
+        <v>2549</v>
       </c>
       <c r="C479" s="4" t="s">
-        <v>2543</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="3" t="s">
-        <v>1609</v>
+        <v>2551</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>1610</v>
+        <v>2552</v>
       </c>
       <c r="C480" s="3" t="s">
-        <v>2544</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="4" t="s">
-        <v>1612</v>
+        <v>2554</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>1613</v>
+        <v>2555</v>
       </c>
       <c r="C481" s="4" t="s">
-        <v>2545</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="3" t="s">
-        <v>1615</v>
+        <v>2557</v>
       </c>
       <c r="B482" s="3" t="s">
-        <v>1616</v>
+        <v>2558</v>
       </c>
       <c r="C482" s="3" t="s">
-        <v>2546</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="4" t="s">
-        <v>1618</v>
+        <v>2560</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>1619</v>
+        <v>2561</v>
       </c>
       <c r="C483" s="4" t="s">
-        <v>2547</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="3" t="s">
-        <v>1621</v>
+        <v>1612</v>
       </c>
       <c r="B484" s="3" t="s">
-        <v>1622</v>
+        <v>1613</v>
       </c>
       <c r="C484" s="3" t="s">
-        <v>2548</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="4" t="s">
-        <v>1624</v>
+        <v>1615</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>1625</v>
+        <v>1616</v>
       </c>
       <c r="C485" s="4" t="s">
-        <v>2549</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="3" t="s">
-        <v>1627</v>
+        <v>1618</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>1628</v>
+        <v>1619</v>
       </c>
       <c r="C486" s="3" t="s">
-        <v>2550</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="4" t="s">
-        <v>1630</v>
+        <v>1621</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>1631</v>
+        <v>1622</v>
       </c>
       <c r="C487" s="4" t="s">
-        <v>2551</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="3" t="s">
-        <v>1633</v>
+        <v>1624</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>1634</v>
+        <v>1625</v>
       </c>
       <c r="C488" s="3" t="s">
-        <v>2552</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="4" t="s">
-        <v>1636</v>
+        <v>1627</v>
       </c>
       <c r="B489" s="4" t="s">
-        <v>1637</v>
+        <v>1628</v>
       </c>
       <c r="C489" s="4" t="s">
-        <v>2553</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="3" t="s">
-        <v>1639</v>
+        <v>1630</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>1640</v>
+        <v>1631</v>
       </c>
       <c r="C490" s="3" t="s">
-        <v>2554</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="4" t="s">
-        <v>1642</v>
+        <v>1633</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>1643</v>
+        <v>1634</v>
       </c>
       <c r="C491" s="4" t="s">
-        <v>2555</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="3" t="s">
-        <v>1645</v>
+        <v>1636</v>
       </c>
       <c r="B492" s="3" t="s">
-        <v>1646</v>
+        <v>1637</v>
       </c>
       <c r="C492" s="3" t="s">
-        <v>2556</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="4" t="s">
-        <v>1648</v>
+        <v>1639</v>
       </c>
       <c r="B493" s="4" t="s">
-        <v>1649</v>
+        <v>1640</v>
       </c>
       <c r="C493" s="4" t="s">
-        <v>2557</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="3" t="s">
-        <v>1651</v>
+        <v>1642</v>
       </c>
       <c r="B494" s="3" t="s">
-        <v>1652</v>
+        <v>1643</v>
       </c>
       <c r="C494" s="3" t="s">
-        <v>2558</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="4" t="s">
-        <v>1654</v>
+        <v>1645</v>
       </c>
       <c r="B495" s="4" t="s">
-        <v>1655</v>
+        <v>1646</v>
       </c>
       <c r="C495" s="4" t="s">
-        <v>2559</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="3" t="s">
-        <v>1657</v>
+        <v>1648</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>1658</v>
+        <v>1649</v>
       </c>
       <c r="C496" s="3" t="s">
-        <v>2560</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="4" t="s">
-        <v>1660</v>
+        <v>1651</v>
       </c>
       <c r="B497" s="4" t="s">
-        <v>1661</v>
+        <v>1652</v>
       </c>
       <c r="C497" s="4" t="s">
-        <v>2561</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="3" t="s">
-        <v>1663</v>
+        <v>1654</v>
       </c>
       <c r="B498" s="3" t="s">
-        <v>1664</v>
+        <v>1655</v>
       </c>
       <c r="C498" s="3" t="s">
-        <v>2562</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="4" t="s">
-        <v>1666</v>
+        <v>1657</v>
       </c>
       <c r="B499" s="4" t="s">
-        <v>1667</v>
+        <v>1658</v>
       </c>
       <c r="C499" s="4" t="s">
-        <v>2563</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="3" t="s">
-        <v>2564</v>
+        <v>1660</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>2565</v>
+        <v>1661</v>
       </c>
       <c r="C500" s="3" t="s">
-        <v>2566</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="4" t="s">
-        <v>2567</v>
+        <v>1663</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>2568</v>
+        <v>1664</v>
       </c>
       <c r="C501" s="4" t="s">
-        <v>2569</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="3" t="s">
-        <v>2570</v>
+        <v>1666</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>2571</v>
+        <v>1667</v>
       </c>
       <c r="C502" s="3" t="s">
-        <v>2572</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="4" t="s">
-        <v>2573</v>
+        <v>1669</v>
       </c>
       <c r="B503" s="4" t="s">
-        <v>2574</v>
+        <v>1670</v>
       </c>
       <c r="C503" s="4" t="s">
-        <v>2575</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="3" t="s">
-        <v>2576</v>
+        <v>1672</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>2577</v>
+        <v>1673</v>
       </c>
       <c r="C504" s="3" t="s">
-        <v>2578</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="4" t="s">
-        <v>2579</v>
+        <v>1675</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>2580</v>
+        <v>1676</v>
       </c>
       <c r="C505" s="4" t="s">
-        <v>2581</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="3" t="s">
-        <v>2582</v>
+        <v>2585</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>2583</v>
+        <v>2586</v>
       </c>
       <c r="C506" s="3" t="s">
-        <v>2584</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="4" t="s">
-        <v>2585</v>
+        <v>2588</v>
       </c>
       <c r="B507" s="4" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="C507" s="4" t="s">
-        <v>2587</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="3" t="s">
-        <v>2588</v>
+        <v>2591</v>
       </c>
       <c r="B508" s="3" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="C508" s="3" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="4" t="s">
-        <v>2591</v>
+        <v>2594</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>2592</v>
+        <v>2595</v>
       </c>
       <c r="C509" s="4" t="s">
-        <v>2593</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="3" t="s">
-        <v>2594</v>
+        <v>2597</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>2595</v>
+        <v>2598</v>
       </c>
       <c r="C510" s="3" t="s">
-        <v>2596</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="4" t="s">
-        <v>2597</v>
+        <v>2600</v>
       </c>
       <c r="B511" s="4" t="s">
-        <v>2598</v>
+        <v>2601</v>
       </c>
       <c r="C511" s="4" t="s">
-        <v>2599</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="3" t="s">
-        <v>1669</v>
+        <v>2603</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>1670</v>
+        <v>2604</v>
       </c>
       <c r="C512" s="3" t="s">
-        <v>2600</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="4" t="s">
-        <v>1672</v>
+        <v>2606</v>
       </c>
       <c r="B513" s="4" t="s">
-        <v>1673</v>
+        <v>2607</v>
       </c>
       <c r="C513" s="4" t="s">
-        <v>2601</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="3" t="s">
-        <v>1675</v>
+        <v>2609</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>1676</v>
+        <v>2610</v>
       </c>
       <c r="C514" s="3" t="s">
-        <v>2602</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="4" t="s">
-        <v>1678</v>
+        <v>2612</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>1679</v>
+        <v>2613</v>
       </c>
       <c r="C515" s="4" t="s">
-        <v>2603</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="3" t="s">
-        <v>1681</v>
+        <v>2615</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>1682</v>
+        <v>2616</v>
       </c>
       <c r="C516" s="3" t="s">
-        <v>2604</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="4" t="s">
-        <v>1684</v>
+        <v>2618</v>
       </c>
       <c r="B517" s="4" t="s">
-        <v>1685</v>
+        <v>2619</v>
       </c>
       <c r="C517" s="4" t="s">
-        <v>2605</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="3" t="s">
-        <v>1687</v>
+        <v>1678</v>
       </c>
       <c r="B518" s="3" t="s">
-        <v>1688</v>
+        <v>1679</v>
       </c>
       <c r="C518" s="3" t="s">
-        <v>2606</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="4" t="s">
-        <v>1690</v>
+        <v>1681</v>
       </c>
       <c r="B519" s="4" t="s">
-        <v>1691</v>
+        <v>1682</v>
       </c>
       <c r="C519" s="4" t="s">
-        <v>2607</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="3" t="s">
-        <v>1693</v>
+        <v>1684</v>
       </c>
       <c r="B520" s="3" t="s">
-        <v>1694</v>
+        <v>1685</v>
       </c>
       <c r="C520" s="3" t="s">
-        <v>2608</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="4" t="s">
-        <v>1696</v>
+        <v>1687</v>
       </c>
       <c r="B521" s="4" t="s">
-        <v>1697</v>
+        <v>1688</v>
       </c>
       <c r="C521" s="4" t="s">
-        <v>2609</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="3" t="s">
-        <v>1699</v>
+        <v>1690</v>
       </c>
       <c r="B522" s="3" t="s">
-        <v>1700</v>
+        <v>1691</v>
       </c>
       <c r="C522" s="3" t="s">
-        <v>2610</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="4" t="s">
-        <v>1702</v>
+        <v>1693</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>1703</v>
+        <v>1694</v>
       </c>
       <c r="C523" s="4" t="s">
-        <v>2611</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="3" t="s">
-        <v>1705</v>
+        <v>1696</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>1706</v>
+        <v>1697</v>
       </c>
       <c r="C524" s="3" t="s">
-        <v>2612</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="4" t="s">
-        <v>1708</v>
+        <v>1699</v>
       </c>
       <c r="B525" s="4" t="s">
-        <v>1709</v>
+        <v>1700</v>
       </c>
       <c r="C525" s="4" t="s">
-        <v>2613</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="3" t="s">
-        <v>1711</v>
+        <v>1702</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>1712</v>
+        <v>1703</v>
       </c>
       <c r="C526" s="3" t="s">
-        <v>2614</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="4" t="s">
-        <v>2615</v>
+        <v>1705</v>
       </c>
       <c r="B527" s="4" t="s">
-        <v>2616</v>
+        <v>1706</v>
       </c>
       <c r="C527" s="4" t="s">
-        <v>2617</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="3" t="s">
-        <v>2618</v>
+        <v>1708</v>
       </c>
       <c r="B528" s="3" t="s">
-        <v>2619</v>
+        <v>1709</v>
       </c>
       <c r="C528" s="3" t="s">
-        <v>2620</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="4" t="s">
-        <v>2621</v>
+        <v>1711</v>
       </c>
       <c r="B529" s="4" t="s">
-        <v>2622</v>
+        <v>1712</v>
       </c>
       <c r="C529" s="4" t="s">
-        <v>2623</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="3" t="s">
-        <v>2624</v>
+        <v>1714</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>2625</v>
+        <v>1715</v>
       </c>
       <c r="C530" s="3" t="s">
-        <v>2626</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="4" t="s">
-        <v>2627</v>
+        <v>1717</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>2628</v>
+        <v>1718</v>
       </c>
       <c r="C531" s="4" t="s">
-        <v>2629</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="3" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="B532" s="3" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="C532" s="3" t="s">
-        <v>2630</v>
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="4" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B533" s="4" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C533" s="4" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="3" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B534" s="3" t="s">
+        <v>2640</v>
+      </c>
+      <c r="C534" s="3" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="4" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B535" s="4" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C535" s="4" t="s">
+        <v>2644</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="3" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B536" s="3" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C536" s="3" t="s">
+        <v>2647</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="4" t="s">
+        <v>2648</v>
+      </c>
+      <c r="B537" s="4" t="s">
+        <v>2649</v>
+      </c>
+      <c r="C537" s="4" t="s">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="3" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B538" s="3" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C538" s="3" t="s">
+        <v>2651</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E91"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>2631</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>2632</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>2633</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>2634</v>
+        <v>2655</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>2635</v>
+        <v>2656</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>2636</v>
+        <v>2657</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>2637</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
-        <v>2638</v>
+        <v>2659</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>2639</v>
+        <v>2660</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>2640</v>
+        <v>2661</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>2641</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>2642</v>
+        <v>2663</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>2643</v>
+        <v>2664</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>2644</v>
+        <v>2665</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>2645</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
-        <v>2646</v>
+        <v>2667</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>2647</v>
+        <v>2668</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>2648</v>
+        <v>2669</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>2649</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>2650</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>242</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>243</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>244</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>2651</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>2652</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>250</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>251</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>252</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>2653</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>2654</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>258</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>259</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>260</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>2655</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>2656</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>266</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>267</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>268</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>2657</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
-        <v>2658</v>
+        <v>2679</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>2659</v>
+        <v>2680</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>2660</v>
+        <v>2681</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>2661</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
-        <v>2662</v>
+        <v>2683</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>2663</v>
+        <v>2684</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>2664</v>
+        <v>2685</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>2665</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
-        <v>2666</v>
+        <v>2687</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>2667</v>
+        <v>2688</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>2668</v>
+        <v>2689</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>2669</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
-        <v>2670</v>
+        <v>2691</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>2671</v>
+        <v>2692</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>2672</v>
+        <v>2693</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>2673</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>2674</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>2675</v>
+        <v>2696</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>2676</v>
+        <v>2697</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>2677</v>
+        <v>2698</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>2678</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>284</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>2679</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>2680</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>2681</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>310</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>311</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>312</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>2682</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3" t="s">
-        <v>2683</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>2684</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>2685</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
         <v>324</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>2686</v>
+        <v>2707</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>2687</v>
+        <v>2708</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>2688</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>330</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>2689</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>332</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>333</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>334</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>2690</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
-        <v>2691</v>
+        <v>2712</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>2692</v>
+        <v>2713</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>2693</v>
+        <v>2714</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>2694</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
-        <v>2695</v>
+        <v>2716</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>2696</v>
+        <v>2717</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>2697</v>
+        <v>2718</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>2698</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
-        <v>2699</v>
+        <v>2720</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>2700</v>
+        <v>2721</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>2701</v>
+        <v>2722</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>2702</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
-        <v>2703</v>
+        <v>2724</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>2704</v>
+        <v>2725</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>2705</v>
+        <v>2726</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>2706</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
-        <v>2707</v>
+        <v>2728</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>2708</v>
+        <v>2729</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>2709</v>
+        <v>2730</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>2710</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
-        <v>2711</v>
+        <v>2732</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>2712</v>
+        <v>2733</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>2713</v>
+        <v>2734</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>2714</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
-        <v>2715</v>
+        <v>2736</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>2716</v>
+        <v>2737</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>2717</v>
+        <v>2738</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>2718</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
-        <v>2719</v>
+        <v>2740</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>2720</v>
+        <v>2741</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>2721</v>
+        <v>2742</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>2722</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="3" t="s">
-        <v>2723</v>
+        <v>2744</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>2724</v>
+        <v>2745</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>2725</v>
+        <v>2746</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>2726</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
-        <v>2727</v>
+        <v>2748</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>2728</v>
+        <v>2749</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>488</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>2729</v>
+        <v>2750</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>2730</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="3" t="s">
-        <v>2731</v>
+        <v>2752</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>2732</v>
+        <v>2753</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3" t="s">
-        <v>2733</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
-        <v>2734</v>
+        <v>2755</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>2735</v>
+        <v>2756</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>2736</v>
+        <v>2757</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>2737</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>369</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>2738</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="4" t="s">
         <v>371</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>372</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>373</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>2739</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="3" t="s">
-        <v>2740</v>
+        <v>2761</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>2741</v>
+        <v>2762</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>2742</v>
+        <v>2763</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>2743</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
-        <v>2744</v>
+        <v>2765</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>2745</v>
+        <v>2766</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>2746</v>
+        <v>2767</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>2747</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="3" t="s">
-        <v>2748</v>
+        <v>2769</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>2749</v>
+        <v>2770</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>2750</v>
+        <v>2771</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>2751</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
         <v>402</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>403</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>404</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>2752</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>412</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>2753</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
         <v>414</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>415</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>416</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>2754</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="3" t="s">
         <v>418</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>421</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>2755</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
-        <v>2756</v>
+        <v>2777</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>2757</v>
+        <v>2778</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>2758</v>
+        <v>2779</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>2759</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>425</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>2760</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="4" t="s">
-        <v>2761</v>
+        <v>2782</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>2762</v>
+        <v>2783</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>2763</v>
+        <v>2784</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>2764</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="3" t="s">
-        <v>2765</v>
+        <v>2786</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>2766</v>
+        <v>2787</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>2767</v>
+        <v>2788</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>2768</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="4" t="s">
-        <v>2769</v>
+        <v>2790</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>2770</v>
+        <v>2791</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>2771</v>
+        <v>2792</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>2772</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>475</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>2773</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="4" t="s">
-        <v>2774</v>
+        <v>2795</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>2775</v>
+        <v>2796</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>2776</v>
+        <v>2797</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>2777</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="3" t="s">
-        <v>2778</v>
+        <v>2799</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>2779</v>
+        <v>2800</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>2780</v>
+        <v>2801</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>2781</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="4" t="s">
-        <v>2782</v>
+        <v>2803</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>2783</v>
+        <v>2804</v>
       </c>
       <c r="C63" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>2784</v>
+        <v>2805</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>2785</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="3" t="s">
-        <v>2786</v>
+        <v>2807</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>2788</v>
+        <v>2809</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>2789</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="4" t="s">
-        <v>2790</v>
+        <v>2811</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>2791</v>
+        <v>2812</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>2792</v>
+        <v>2813</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>2793</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="3" t="s">
-        <v>2794</v>
+        <v>2815</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>2795</v>
+        <v>2816</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>2796</v>
+        <v>2817</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>2797</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="4" t="s">
-        <v>2798</v>
+        <v>2819</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>2799</v>
+        <v>2820</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>2800</v>
+        <v>2821</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>2801</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="3" t="s">
-        <v>2802</v>
+        <v>2823</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>2803</v>
+        <v>2824</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>2804</v>
+        <v>2825</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>2805</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="4" t="s">
-        <v>2806</v>
+        <v>2827</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>2807</v>
+        <v>2828</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>2808</v>
+        <v>2829</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>2809</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="3" t="s">
         <v>486</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>487</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>489</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>2810</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="4" t="s">
         <v>501</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>502</v>
       </c>
       <c r="C71" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>503</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>2811</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>507</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>2812</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="4" t="s">
-        <v>2813</v>
+        <v>2834</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>2814</v>
+        <v>2835</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>2815</v>
+        <v>2836</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>2816</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="3" t="s">
-        <v>2817</v>
+        <v>2838</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>2818</v>
+        <v>2839</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D74" s="3" t="s">
-        <v>2819</v>
+        <v>2840</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>2820</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="4" t="s">
-        <v>2821</v>
+        <v>2842</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>2822</v>
+        <v>2843</v>
       </c>
       <c r="C75" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>2823</v>
+        <v>2844</v>
       </c>
       <c r="E75" s="4" t="s">
-        <v>2824</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="3" t="s">
-        <v>2142</v>
+        <v>2154</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>2143</v>
+        <v>2155</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>2825</v>
+        <v>2846</v>
       </c>
       <c r="D76" s="3" t="s">
-        <v>2826</v>
+        <v>2847</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>2827</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="4" t="s">
-        <v>2828</v>
+        <v>2849</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>2829</v>
+        <v>2850</v>
       </c>
       <c r="C77" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>2830</v>
+        <v>2851</v>
       </c>
       <c r="E77" s="4" t="s">
-        <v>2831</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>534</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>2832</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="4" t="s">
         <v>536</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>537</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>538</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>2833</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>542</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>2834</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="4" t="s">
         <v>544</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>545</v>
       </c>
       <c r="C81" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>546</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>2835</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>550</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>2836</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="4" t="s">
         <v>552</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>553</v>
       </c>
       <c r="C83" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>554</v>
       </c>
       <c r="E83" s="4" t="s">
-        <v>2837</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>558</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>2838</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="4" t="s">
         <v>560</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>561</v>
       </c>
       <c r="C85" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>562</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>2839</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>565</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>566</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>2840</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="4" t="s">
-        <v>2841</v>
+        <v>2862</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>2842</v>
+        <v>2863</v>
       </c>
       <c r="C87" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>2843</v>
+        <v>2864</v>
       </c>
       <c r="E87" s="4" t="s">
-        <v>2844</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="3" t="s">
-        <v>2845</v>
+        <v>2866</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>2846</v>
+        <v>2867</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>2843</v>
+        <v>2864</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>2847</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="4" t="s">
         <v>572</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>573</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>574</v>
       </c>
       <c r="E89" s="4" t="s">
-        <v>2848</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>577</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>578</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>2849</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="4" t="s">
         <v>580</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>581</v>
       </c>
       <c r="C91" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>582</v>
       </c>
       <c r="E91" s="4" t="s">
-        <v>2850</v>
+        <v>2871</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C529"/>
+  <dimension ref="A1:C535"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
-        <v>2851</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
-        <v>1806</v>
+        <v>1815</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>1807</v>
+        <v>1816</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>2852</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4" t="s">
-        <v>1809</v>
+        <v>1818</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>1810</v>
+        <v>1819</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>2853</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="3" t="s">
-        <v>1812</v>
+        <v>1821</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>1813</v>
+        <v>1822</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>2854</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4" t="s">
-        <v>1815</v>
+        <v>1824</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>1816</v>
+        <v>1825</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>2855</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
-        <v>1818</v>
+        <v>1827</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>1819</v>
+        <v>1828</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>2856</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>585</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>586</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>2857</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="3" t="s">
-        <v>1822</v>
+        <v>1831</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>1823</v>
+        <v>1832</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>2858</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4" t="s">
-        <v>1825</v>
+        <v>1834</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>1826</v>
+        <v>1835</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>2859</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>2860</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="4" t="s">
         <v>589</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>590</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>2861</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="3" t="s">
-        <v>1830</v>
+        <v>1839</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>1831</v>
+        <v>1840</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>2862</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="4" t="s">
         <v>592</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>593</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>2863</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="3" t="s">
-        <v>1834</v>
+        <v>1843</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>1835</v>
+        <v>1844</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>2864</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="4" t="s">
-        <v>1837</v>
+        <v>1846</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>1838</v>
+        <v>1847</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>2865</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>596</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>2866</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="4" t="s">
-        <v>1841</v>
+        <v>1850</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>1842</v>
+        <v>1851</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>2867</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="3" t="s">
-        <v>1844</v>
+        <v>1853</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>1845</v>
+        <v>1854</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>2868</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="4" t="s">
-        <v>1847</v>
+        <v>1856</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>1848</v>
+        <v>1857</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>2869</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
-        <v>1850</v>
+        <v>1859</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>1851</v>
+        <v>1860</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>2870</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="4" t="s">
-        <v>1853</v>
+        <v>1862</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>1854</v>
+        <v>1863</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>2871</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>599</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>2872</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="4" t="s">
-        <v>1857</v>
+        <v>1866</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>1858</v>
+        <v>1867</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>2873</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
-        <v>1860</v>
+        <v>1869</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>1861</v>
+        <v>1870</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>2874</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="4" t="s">
-        <v>1863</v>
+        <v>1872</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>1864</v>
+        <v>1873</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>2875</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="3" t="s">
-        <v>1866</v>
+        <v>1875</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>1867</v>
+        <v>1876</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>2876</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="4" t="s">
         <v>601</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>602</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>2877</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="3" t="s">
-        <v>1870</v>
+        <v>1879</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>1871</v>
+        <v>1880</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>2878</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="4" t="s">
-        <v>1873</v>
+        <v>1882</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>1874</v>
+        <v>1883</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>2879</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="3" t="s">
         <v>604</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>605</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>2880</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="4" t="s">
-        <v>1878</v>
+        <v>1887</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>1879</v>
+        <v>1888</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>2881</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
-        <v>1881</v>
+        <v>1890</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>1882</v>
+        <v>1891</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>2882</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="4" t="s">
-        <v>1884</v>
+        <v>1893</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>1885</v>
+        <v>1894</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>2883</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="3" t="s">
         <v>607</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>608</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>2884</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="4" t="s">
-        <v>1888</v>
+        <v>1897</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>1889</v>
+        <v>1898</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>2885</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
-        <v>1891</v>
+        <v>1900</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>1892</v>
+        <v>1901</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>2886</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4" t="s">
         <v>610</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>611</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>2887</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
-        <v>1895</v>
+        <v>1904</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>1896</v>
+        <v>1905</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>2888</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4" t="s">
-        <v>1898</v>
+        <v>1907</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>1899</v>
+        <v>1908</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>2889</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
-        <v>1901</v>
+        <v>1910</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>1902</v>
+        <v>1911</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>2890</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4" t="s">
-        <v>1904</v>
+        <v>1913</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>2891</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
         <v>613</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>614</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>2892</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4" t="s">
         <v>616</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>617</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>2893</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
         <v>619</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>620</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>2894</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4" t="s">
         <v>622</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>623</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>2895</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
         <v>625</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>626</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>2896</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4" t="s">
-        <v>1912</v>
+        <v>1921</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>1913</v>
+        <v>1922</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>2897</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>629</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>2898</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4" t="s">
         <v>631</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>632</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>2899</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>2900</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4" t="s">
         <v>637</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>638</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>2901</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
         <v>640</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>641</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>2902</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4" t="s">
         <v>643</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>644</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>2903</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
         <v>646</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>647</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>2904</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4" t="s">
         <v>649</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>650</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>2905</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
         <v>652</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>2906</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4" t="s">
         <v>655</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>656</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>2907</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
-        <v>1925</v>
+        <v>1934</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>1926</v>
+        <v>1935</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>2908</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4" t="s">
-        <v>1928</v>
+        <v>1937</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>1929</v>
+        <v>1938</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>2909</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
-        <v>1931</v>
+        <v>1940</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>1932</v>
+        <v>1941</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>2910</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4" t="s">
-        <v>1934</v>
+        <v>1943</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>1935</v>
+        <v>1944</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>2911</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
-        <v>1937</v>
+        <v>1946</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>1938</v>
+        <v>1947</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>2912</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4" t="s">
-        <v>1940</v>
+        <v>1949</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>1941</v>
+        <v>1950</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>2913</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
-        <v>1943</v>
+        <v>1952</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>2914</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4" t="s">
         <v>658</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>659</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>2915</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
         <v>661</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>662</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>2916</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4" t="s">
         <v>664</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>665</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>2917</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
-        <v>1949</v>
+        <v>1958</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>1950</v>
+        <v>1959</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>2918</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
-        <v>1952</v>
+        <v>1961</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>1953</v>
+        <v>1962</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>2919</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
         <v>667</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>668</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>2920</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4" t="s">
         <v>670</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>671</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>2921</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
         <v>673</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>674</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>2922</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4" t="s">
         <v>676</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>677</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>2923</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
         <v>679</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>680</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>2924</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4" t="s">
         <v>682</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>683</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>2925</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
         <v>685</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>686</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>2926</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4" t="s">
         <v>688</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>689</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>2927</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
         <v>691</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>692</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>2928</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4" t="s">
         <v>694</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>695</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>2929</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
         <v>697</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>698</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>2930</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4" t="s">
         <v>700</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>701</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>2931</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>2932</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="4" t="s">
         <v>706</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>707</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>2933</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="3" t="s">
         <v>709</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>2934</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="4" t="s">
         <v>712</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>713</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>2935</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="3" t="s">
         <v>715</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>716</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>2936</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="4" t="s">
         <v>718</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>719</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>2937</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="3" t="s">
         <v>721</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>722</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>2938</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="4" t="s">
         <v>724</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>725</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>2939</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="3" t="s">
         <v>727</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>728</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>2940</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="4" t="s">
         <v>730</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>731</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>2941</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="3" t="s">
         <v>733</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>734</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>2942</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="4" t="s">
         <v>736</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>737</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>2943</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="3" t="s">
         <v>739</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>740</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>2944</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="4" t="s">
         <v>742</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>743</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>2945</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="3" t="s">
         <v>745</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>746</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>2946</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="4" t="s">
         <v>748</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>749</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>2947</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="3" t="s">
         <v>751</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>752</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>2948</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="4" t="s">
         <v>754</v>
       </c>
       <c r="B101" s="4" t="s">
         <v>755</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>2949</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>758</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>2950</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="4" t="s">
         <v>760</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>761</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>2951</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="3" t="s">
         <v>763</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>764</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>2952</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="4" t="s">
         <v>766</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>767</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>2953</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="3" t="s">
-        <v>1989</v>
+        <v>1998</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>2954</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="4" t="s">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>2955</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="3" t="s">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>2956</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="4" t="s">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>2957</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="3" t="s">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>2958</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="4" t="s">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>2959</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="3" t="s">
         <v>769</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>770</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>2960</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="4" t="s">
         <v>772</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>773</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>2961</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="3" t="s">
         <v>775</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>776</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>2962</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="4" t="s">
         <v>778</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>779</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>2963</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="3" t="s">
         <v>781</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>782</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>2964</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="4" t="s">
         <v>784</v>
       </c>
       <c r="B117" s="4" t="s">
         <v>785</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>2965</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="3" t="s">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>2966</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="4" t="s">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>2967</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="3" t="s">
-        <v>2019</v>
+        <v>2028</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>2020</v>
+        <v>2029</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>2968</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="4" t="s">
         <v>787</v>
       </c>
       <c r="B121" s="4" t="s">
         <v>788</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>2969</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="3" t="s">
         <v>790</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>791</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>2970</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="4" t="s">
         <v>793</v>
       </c>
       <c r="B123" s="4" t="s">
         <v>794</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>2971</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="3" t="s">
         <v>796</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>797</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>2972</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="4" t="s">
         <v>799</v>
       </c>
       <c r="B125" s="4" t="s">
         <v>800</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>2973</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="3" t="s">
         <v>802</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>803</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>2974</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="4" t="s">
         <v>805</v>
       </c>
       <c r="B127" s="4" t="s">
         <v>806</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>2975</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="3" t="s">
         <v>808</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>809</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>2976</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="4" t="s">
         <v>811</v>
       </c>
       <c r="B129" s="4" t="s">
         <v>812</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>2977</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="3" t="s">
         <v>814</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>815</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>2978</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="4" t="s">
         <v>817</v>
       </c>
       <c r="B131" s="4" t="s">
         <v>818</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>2979</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="3" t="s">
         <v>820</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>821</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>2980</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="4" t="s">
         <v>823</v>
       </c>
       <c r="B133" s="4" t="s">
         <v>824</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>2981</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>827</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>2982</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="4" t="s">
         <v>829</v>
       </c>
       <c r="B135" s="4" t="s">
         <v>830</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>2983</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="3" t="s">
         <v>832</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>833</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>2984</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="4" t="s">
         <v>835</v>
       </c>
       <c r="B137" s="4" t="s">
         <v>836</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>2985</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="3" t="s">
         <v>838</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>839</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>2986</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="4" t="s">
         <v>841</v>
       </c>
       <c r="B139" s="4" t="s">
         <v>842</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>2987</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="3" t="s">
         <v>844</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>845</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>2988</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="4" t="s">
         <v>847</v>
       </c>
       <c r="B141" s="4" t="s">
         <v>848</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>2989</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="3" t="s">
         <v>850</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>851</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>2990</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="4" t="s">
         <v>853</v>
       </c>
       <c r="B143" s="4" t="s">
         <v>854</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>2991</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="3" t="s">
         <v>856</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>857</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>2992</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="4" t="s">
         <v>859</v>
       </c>
       <c r="B145" s="4" t="s">
         <v>860</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>2993</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="3" t="s">
         <v>862</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>863</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>2994</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="4" t="s">
         <v>865</v>
       </c>
       <c r="B147" s="4" t="s">
         <v>866</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>2995</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="3" t="s">
-        <v>2049</v>
+        <v>2058</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>2050</v>
+        <v>2059</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>2996</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="4" t="s">
-        <v>2052</v>
+        <v>2061</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>2053</v>
+        <v>2062</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>2997</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="3" t="s">
-        <v>2055</v>
+        <v>2064</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>2056</v>
+        <v>2065</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>2998</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="4" t="s">
-        <v>2058</v>
+        <v>2067</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>2059</v>
+        <v>2068</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>2999</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="3" t="s">
-        <v>2061</v>
+        <v>2070</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>2062</v>
+        <v>2071</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>3000</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="4" t="s">
-        <v>2064</v>
+        <v>2073</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>2065</v>
+        <v>2074</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>3001</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="3" t="s">
         <v>868</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>869</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>3002</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="4" t="s">
         <v>871</v>
       </c>
       <c r="B155" s="4" t="s">
         <v>872</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>3003</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="3" t="s">
         <v>874</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>875</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>3004</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="4" t="s">
         <v>877</v>
       </c>
       <c r="B157" s="4" t="s">
         <v>878</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>3005</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="3" t="s">
-        <v>2071</v>
+        <v>880</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>2072</v>
+        <v>881</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>3006</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="4" t="s">
-        <v>2074</v>
+        <v>2081</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>2075</v>
+        <v>2082</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>3007</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="3" t="s">
-        <v>2077</v>
+        <v>2084</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>2078</v>
+        <v>2085</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>3008</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="4" t="s">
-        <v>880</v>
+        <v>2087</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>881</v>
+        <v>2088</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>3009</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="3" t="s">
         <v>883</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>884</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>3010</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="4" t="s">
         <v>886</v>
       </c>
       <c r="B163" s="4" t="s">
         <v>887</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>3011</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="3" t="s">
         <v>889</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>890</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>3012</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="4" t="s">
         <v>892</v>
       </c>
       <c r="B165" s="4" t="s">
         <v>893</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>3013</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="3" t="s">
-        <v>71</v>
+        <v>895</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>72</v>
+        <v>896</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>3014</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="4" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>3015</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="3" t="s">
-        <v>898</v>
+        <v>71</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>899</v>
+        <v>72</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>3016</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="4" t="s">
         <v>901</v>
       </c>
       <c r="B169" s="4" t="s">
         <v>902</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>3017</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="3" t="s">
         <v>904</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>905</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>3018</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="4" t="s">
-        <v>74</v>
+        <v>907</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>75</v>
+        <v>908</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>3019</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="3" t="s">
-        <v>2094</v>
+        <v>910</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>2095</v>
+        <v>911</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>3020</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="4" t="s">
-        <v>2097</v>
+        <v>74</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>2098</v>
+        <v>75</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>3021</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="3" t="s">
-        <v>2100</v>
+        <v>2105</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>2101</v>
+        <v>2106</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>3022</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="4" t="s">
-        <v>2103</v>
+        <v>2108</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>2104</v>
+        <v>2109</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>3023</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="3" t="s">
-        <v>2106</v>
+        <v>2111</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>2107</v>
+        <v>2112</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>3024</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="4" t="s">
-        <v>2109</v>
+        <v>2114</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>2110</v>
+        <v>2115</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>3025</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="3" t="s">
-        <v>908</v>
+        <v>2117</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>909</v>
+        <v>2118</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>3026</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="4" t="s">
-        <v>911</v>
+        <v>2120</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>912</v>
+        <v>2121</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>3027</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="3" t="s">
         <v>914</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>915</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>3028</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="4" t="s">
         <v>917</v>
       </c>
       <c r="B181" s="4" t="s">
         <v>918</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>3029</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="3" t="s">
         <v>920</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>921</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>3030</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="4" t="s">
         <v>923</v>
       </c>
       <c r="B183" s="4" t="s">
         <v>924</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>3031</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="3" t="s">
         <v>926</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>927</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>3032</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="4" t="s">
         <v>929</v>
       </c>
       <c r="B185" s="4" t="s">
         <v>930</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>3033</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="3" t="s">
         <v>932</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>933</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>3034</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="4" t="s">
         <v>935</v>
       </c>
       <c r="B187" s="4" t="s">
         <v>936</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>3035</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="3" t="s">
         <v>938</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>939</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>3036</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="4" t="s">
         <v>941</v>
       </c>
       <c r="B189" s="4" t="s">
         <v>942</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>3037</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="3" t="s">
         <v>944</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>945</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>3038</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="4" t="s">
         <v>947</v>
       </c>
       <c r="B191" s="4" t="s">
         <v>948</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>3039</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="3" t="s">
         <v>950</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>951</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>3040</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="4" t="s">
         <v>953</v>
       </c>
       <c r="B193" s="4" t="s">
         <v>954</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>3041</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="3" t="s">
         <v>956</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>957</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>3042</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="4" t="s">
         <v>959</v>
       </c>
       <c r="B195" s="4" t="s">
         <v>960</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>3043</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="3" t="s">
         <v>962</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>963</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>3044</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="4" t="s">
         <v>965</v>
       </c>
       <c r="B197" s="4" t="s">
         <v>966</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>3045</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="3" t="s">
         <v>968</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>969</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>3046</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="4" t="s">
         <v>971</v>
       </c>
       <c r="B199" s="4" t="s">
         <v>972</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>3047</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="3" t="s">
         <v>974</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>975</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>3048</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="4" t="s">
         <v>977</v>
       </c>
       <c r="B201" s="4" t="s">
         <v>978</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>3049</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="3" t="s">
-        <v>2136</v>
+        <v>980</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>2137</v>
+        <v>981</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>3050</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="4" t="s">
-        <v>2139</v>
+        <v>983</v>
       </c>
       <c r="B203" s="4" t="s">
-        <v>2140</v>
+        <v>984</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>3051</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="3" t="s">
-        <v>2142</v>
+        <v>986</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>2143</v>
+        <v>987</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>3052</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="4" t="s">
-        <v>980</v>
+        <v>2148</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>981</v>
+        <v>2149</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>3053</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="3" t="s">
-        <v>983</v>
+        <v>2151</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>984</v>
+        <v>2152</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>3054</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="4" t="s">
-        <v>986</v>
+        <v>2154</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>987</v>
+        <v>2155</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>3055</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="3" t="s">
         <v>989</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>990</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>3056</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="4" t="s">
         <v>992</v>
       </c>
       <c r="B209" s="4" t="s">
         <v>993</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>3057</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="3" t="s">
         <v>995</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>996</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>3058</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="4" t="s">
         <v>998</v>
       </c>
       <c r="B211" s="4" t="s">
         <v>999</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>3059</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="3" t="s">
-        <v>1001</v>
+        <v>2161</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>1002</v>
+        <v>2162</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>3060</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="4" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="B213" s="4" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>3061</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="3" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>3062</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="4" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>3063</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="3" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>3064</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="4" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>3065</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="3" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>3066</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="4" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>3067</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="3" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>3068</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="4" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>3069</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="3" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>3070</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="4" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>3071</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="3" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>3072</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="4" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>3073</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="3" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>3074</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="4" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>3075</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="3" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>3076</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="4" t="s">
-        <v>1055</v>
+        <v>1049</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>1056</v>
+        <v>1050</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>3077</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="3" t="s">
-        <v>1058</v>
+        <v>1052</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>1059</v>
+        <v>1053</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>3078</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="4" t="s">
-        <v>1061</v>
+        <v>1055</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>1062</v>
+        <v>1056</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>3079</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="3" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>3080</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="4" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>3081</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="3" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>3082</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="4" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>3083</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="3" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>3084</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="4" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>3085</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="3" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>3086</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="4" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>3087</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="3" t="s">
-        <v>2180</v>
+        <v>1085</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>2181</v>
+        <v>1086</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>3088</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="4" t="s">
-        <v>2183</v>
+        <v>1088</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>2184</v>
+        <v>1089</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>3089</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="3" t="s">
-        <v>2186</v>
+        <v>1091</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>2187</v>
+        <v>1092</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>3090</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="4" t="s">
-        <v>2189</v>
+        <v>1094</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>2190</v>
+        <v>1095</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>3091</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="3" t="s">
-        <v>2192</v>
+        <v>2195</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>2193</v>
+        <v>2196</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>3092</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="4" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>2196</v>
+        <v>2199</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>3093</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="3" t="s">
-        <v>2198</v>
+        <v>2201</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>2199</v>
+        <v>2202</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>3094</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="4" t="s">
-        <v>1088</v>
+        <v>2204</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>1089</v>
+        <v>2205</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>3095</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="3" t="s">
-        <v>1091</v>
+        <v>2207</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>1092</v>
+        <v>2208</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>3096</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="4" t="s">
-        <v>1094</v>
+        <v>2210</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>1095</v>
+        <v>2211</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>3097</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="3" t="s">
-        <v>1097</v>
+        <v>2213</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>1098</v>
+        <v>2214</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>3098</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="4" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>3099</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="3" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>3100</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="4" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>3101</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="3" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>3102</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="4" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>3103</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="3" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>3104</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="4" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>3105</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="3" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>3106</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="4" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>3107</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="3" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>3108</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="4" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>3109</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="3" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>3110</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="4" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>3111</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="3" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>3112</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="4" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>3113</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="3" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>3114</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="4" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>3115</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="3" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>3116</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="4" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>3117</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="3" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>3118</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="4" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>3119</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="3" t="s">
-        <v>1163</v>
+        <v>1160</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>3120</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="4" t="s">
-        <v>1166</v>
+        <v>1163</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>3121</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="3" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>3122</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="4" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>1173</v>
+        <v>1170</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>3123</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="3" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>3124</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="4" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>3125</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="3" t="s">
-        <v>1181</v>
+        <v>1178</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>1182</v>
+        <v>1179</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>3126</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="4" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>3127</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="3" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>3128</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="4" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>3129</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="3" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>3130</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="4" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>3131</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="3" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>3132</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="4" t="s">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>3133</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="3" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>3134</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="4" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>3135</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="3" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>3136</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="4" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>3137</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="3" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>3138</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="4" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>1221</v>
+        <v>1218</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>3139</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="3" t="s">
-        <v>1223</v>
+        <v>1220</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>1224</v>
+        <v>1221</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>3140</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="4" t="s">
-        <v>1235</v>
+        <v>1223</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>1236</v>
+        <v>1224</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>3141</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="3" t="s">
-        <v>2249</v>
+        <v>1226</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>2250</v>
+        <v>1227</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>3142</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="4" t="s">
-        <v>1238</v>
+        <v>1229</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>1239</v>
+        <v>1230</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>3143</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="3" t="s">
-        <v>1241</v>
+        <v>1232</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>1242</v>
+        <v>1233</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>3144</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="4" t="s">
         <v>1244</v>
       </c>
       <c r="B297" s="4" t="s">
         <v>1245</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>3145</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="3" t="s">
-        <v>118</v>
+        <v>2264</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>119</v>
+        <v>2265</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>3146</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="4" t="s">
-        <v>2256</v>
+        <v>1247</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>2257</v>
+        <v>1248</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>3147</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="3" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>3148</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="4" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>3149</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="3" t="s">
-        <v>1254</v>
+        <v>118</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>1255</v>
+        <v>119</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>3150</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="4" t="s">
-        <v>1257</v>
+        <v>2271</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>1258</v>
+        <v>2272</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>3151</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="3" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>3152</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="4" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>1264</v>
+        <v>1261</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>3153</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="3" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>3154</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="4" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>3155</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="3" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>3156</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="4" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>3157</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="3" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>3158</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="4" t="s">
-        <v>2270</v>
+        <v>1278</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>2271</v>
+        <v>1279</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>3159</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="3" t="s">
-        <v>2273</v>
+        <v>1281</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>2274</v>
+        <v>1282</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>3160</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="4" t="s">
-        <v>2276</v>
+        <v>1284</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>2277</v>
+        <v>1285</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>3161</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="3" t="s">
-        <v>2279</v>
+        <v>1287</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>2280</v>
+        <v>1288</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>3162</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="4" t="s">
-        <v>2282</v>
+        <v>2285</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>2283</v>
+        <v>2286</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>3163</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="3" t="s">
-        <v>2285</v>
+        <v>2288</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>2286</v>
+        <v>2289</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>3164</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="4" t="s">
-        <v>1281</v>
+        <v>2291</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>1282</v>
+        <v>2292</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>3165</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="3" t="s">
-        <v>1284</v>
+        <v>2294</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>1285</v>
+        <v>2295</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>3166</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="4" t="s">
-        <v>2290</v>
+        <v>2297</v>
       </c>
       <c r="B319" s="4" t="s">
-        <v>2291</v>
+        <v>2298</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>3167</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="3" t="s">
-        <v>1287</v>
+        <v>2300</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>1288</v>
+        <v>2301</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>3168</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="4" t="s">
         <v>1290</v>
       </c>
       <c r="B321" s="4" t="s">
         <v>1291</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>3169</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="3" t="s">
         <v>1293</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>1294</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>3170</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="4" t="s">
-        <v>1296</v>
+        <v>2305</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>1297</v>
+        <v>2306</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>3171</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="3" t="s">
-        <v>1299</v>
+        <v>1296</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>1300</v>
+        <v>1297</v>
       </c>
       <c r="C324" s="3" t="s">
-        <v>3172</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="4" t="s">
-        <v>1302</v>
+        <v>1299</v>
       </c>
       <c r="B325" s="4" t="s">
-        <v>1303</v>
+        <v>1300</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>3173</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="3" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="C326" s="3" t="s">
-        <v>3174</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="4" t="s">
-        <v>1308</v>
+        <v>1305</v>
       </c>
       <c r="B327" s="4" t="s">
-        <v>1309</v>
+        <v>1306</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>3175</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="3" t="s">
-        <v>1311</v>
+        <v>1308</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
       <c r="C328" s="3" t="s">
-        <v>3176</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="4" t="s">
-        <v>1314</v>
+        <v>1311</v>
       </c>
       <c r="B329" s="4" t="s">
-        <v>1315</v>
+        <v>1312</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>3177</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="3" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>1318</v>
+        <v>1315</v>
       </c>
       <c r="C330" s="3" t="s">
-        <v>3178</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="4" t="s">
-        <v>1320</v>
+        <v>1317</v>
       </c>
       <c r="B331" s="4" t="s">
-        <v>1321</v>
+        <v>1318</v>
       </c>
       <c r="C331" s="4" t="s">
-        <v>3179</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="3" t="s">
-        <v>1323</v>
+        <v>1320</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>1324</v>
+        <v>1321</v>
       </c>
       <c r="C332" s="3" t="s">
-        <v>3180</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="4" t="s">
-        <v>1326</v>
+        <v>1323</v>
       </c>
       <c r="B333" s="4" t="s">
-        <v>1327</v>
+        <v>1324</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>3181</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="3" t="s">
-        <v>1329</v>
+        <v>1326</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>1330</v>
+        <v>1327</v>
       </c>
       <c r="C334" s="3" t="s">
-        <v>3182</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="4" t="s">
-        <v>1332</v>
+        <v>1329</v>
       </c>
       <c r="B335" s="4" t="s">
-        <v>1333</v>
+        <v>1330</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>3183</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="3" t="s">
-        <v>1335</v>
+        <v>1332</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>1336</v>
+        <v>1333</v>
       </c>
       <c r="C336" s="3" t="s">
-        <v>3184</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="4" t="s">
-        <v>1338</v>
+        <v>1335</v>
       </c>
       <c r="B337" s="4" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>3185</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="3" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>1342</v>
+        <v>1339</v>
       </c>
       <c r="C338" s="3" t="s">
-        <v>3186</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="4" t="s">
-        <v>1344</v>
+        <v>1341</v>
       </c>
       <c r="B339" s="4" t="s">
-        <v>1345</v>
+        <v>1342</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>3187</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="3" t="s">
-        <v>1347</v>
+        <v>1344</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>1348</v>
+        <v>1345</v>
       </c>
       <c r="C340" s="3" t="s">
-        <v>3188</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="4" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="B341" s="4" t="s">
-        <v>1351</v>
+        <v>1348</v>
       </c>
       <c r="C341" s="4" t="s">
-        <v>3189</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="3" t="s">
-        <v>2315</v>
+        <v>1350</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>2316</v>
+        <v>1351</v>
       </c>
       <c r="C342" s="3" t="s">
-        <v>3190</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="4" t="s">
         <v>1353</v>
       </c>
       <c r="B343" s="4" t="s">
         <v>1354</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>3191</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="3" t="s">
-        <v>2319</v>
+        <v>1356</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>2320</v>
+        <v>1357</v>
       </c>
       <c r="C344" s="3" t="s">
-        <v>3192</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="4" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="B345" s="4" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>3193</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="3" t="s">
-        <v>1359</v>
+        <v>2330</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>1360</v>
+        <v>2331</v>
       </c>
       <c r="C346" s="3" t="s">
-        <v>3194</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="4" t="s">
         <v>1362</v>
       </c>
       <c r="B347" s="4" t="s">
         <v>1363</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>3195</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="3" t="s">
-        <v>1365</v>
+        <v>2334</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>1366</v>
+        <v>2335</v>
       </c>
       <c r="C348" s="3" t="s">
-        <v>3196</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="4" t="s">
-        <v>1368</v>
+        <v>2337</v>
       </c>
       <c r="B349" s="4" t="s">
-        <v>1369</v>
+        <v>2338</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>3197</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="3" t="s">
-        <v>1371</v>
+        <v>1365</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>1372</v>
+        <v>1366</v>
       </c>
       <c r="C350" s="3" t="s">
-        <v>3198</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="4" t="s">
-        <v>1374</v>
+        <v>2341</v>
       </c>
       <c r="B351" s="4" t="s">
-        <v>1375</v>
+        <v>2342</v>
       </c>
       <c r="C351" s="4" t="s">
-        <v>3199</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="3" t="s">
-        <v>1377</v>
+        <v>1368</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>1378</v>
+        <v>1369</v>
       </c>
       <c r="C352" s="3" t="s">
-        <v>3200</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="4" t="s">
-        <v>1380</v>
+        <v>1371</v>
       </c>
       <c r="B353" s="4" t="s">
-        <v>1381</v>
+        <v>1372</v>
       </c>
       <c r="C353" s="4" t="s">
-        <v>3201</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="3" t="s">
-        <v>1383</v>
+        <v>1374</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>1384</v>
+        <v>1375</v>
       </c>
       <c r="C354" s="3" t="s">
-        <v>3202</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="4" t="s">
-        <v>2332</v>
+        <v>1377</v>
       </c>
       <c r="B355" s="4" t="s">
-        <v>2333</v>
+        <v>1378</v>
       </c>
       <c r="C355" s="4" t="s">
-        <v>3203</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="3" t="s">
-        <v>2335</v>
+        <v>1380</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>2336</v>
+        <v>1381</v>
       </c>
       <c r="C356" s="3" t="s">
-        <v>3204</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="4" t="s">
-        <v>2338</v>
+        <v>1383</v>
       </c>
       <c r="B357" s="4" t="s">
-        <v>2339</v>
+        <v>1384</v>
       </c>
       <c r="C357" s="4" t="s">
-        <v>3205</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="3" t="s">
-        <v>2341</v>
+        <v>1386</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>2342</v>
+        <v>1387</v>
       </c>
       <c r="C358" s="3" t="s">
-        <v>3206</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="4" t="s">
-        <v>2344</v>
+        <v>1389</v>
       </c>
       <c r="B359" s="4" t="s">
-        <v>2345</v>
+        <v>1390</v>
       </c>
       <c r="C359" s="4" t="s">
-        <v>3207</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="3" t="s">
-        <v>2347</v>
+        <v>1392</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>2348</v>
+        <v>1393</v>
       </c>
       <c r="C360" s="3" t="s">
-        <v>3208</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="4" t="s">
-        <v>2350</v>
+        <v>2353</v>
       </c>
       <c r="B361" s="4" t="s">
-        <v>2351</v>
+        <v>2354</v>
       </c>
       <c r="C361" s="4" t="s">
-        <v>3209</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="3" t="s">
-        <v>2353</v>
+        <v>2356</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>2354</v>
+        <v>2357</v>
       </c>
       <c r="C362" s="3" t="s">
-        <v>3210</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="4" t="s">
-        <v>2356</v>
+        <v>2359</v>
       </c>
       <c r="B363" s="4" t="s">
-        <v>2357</v>
+        <v>2360</v>
       </c>
       <c r="C363" s="4" t="s">
-        <v>3211</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="3" t="s">
-        <v>2359</v>
+        <v>2362</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>2360</v>
+        <v>2363</v>
       </c>
       <c r="C364" s="3" t="s">
-        <v>3212</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="4" t="s">
-        <v>2362</v>
+        <v>2365</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>2363</v>
+        <v>2366</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>3213</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="3" t="s">
-        <v>2365</v>
+        <v>2368</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>2366</v>
+        <v>2369</v>
       </c>
       <c r="C366" s="3" t="s">
-        <v>3214</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="4" t="s">
-        <v>2368</v>
+        <v>2371</v>
       </c>
       <c r="B367" s="4" t="s">
-        <v>2369</v>
+        <v>2372</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>3215</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="3" t="s">
-        <v>2371</v>
+        <v>2374</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>2372</v>
+        <v>2375</v>
       </c>
       <c r="C368" s="3" t="s">
-        <v>3216</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="4" t="s">
-        <v>2374</v>
+        <v>2377</v>
       </c>
       <c r="B369" s="4" t="s">
-        <v>2375</v>
+        <v>2378</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>3217</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="3" t="s">
-        <v>2377</v>
+        <v>2380</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C370" s="3" t="s">
-        <v>3218</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="4" t="s">
-        <v>2380</v>
+        <v>2383</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>2381</v>
+        <v>2384</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>3219</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="3" t="s">
-        <v>2383</v>
+        <v>2386</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>2384</v>
+        <v>2387</v>
       </c>
       <c r="C372" s="3" t="s">
-        <v>3220</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="4" t="s">
-        <v>2386</v>
+        <v>2389</v>
       </c>
       <c r="B373" s="4" t="s">
-        <v>2387</v>
+        <v>2390</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>3221</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="3" t="s">
-        <v>2389</v>
+        <v>2392</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>2390</v>
+        <v>2393</v>
       </c>
       <c r="C374" s="3" t="s">
-        <v>3222</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="4" t="s">
-        <v>1386</v>
+        <v>2395</v>
       </c>
       <c r="B375" s="4" t="s">
-        <v>1387</v>
+        <v>2396</v>
       </c>
       <c r="C375" s="4" t="s">
-        <v>3223</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="3" t="s">
-        <v>1389</v>
+        <v>2398</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>1390</v>
+        <v>2399</v>
       </c>
       <c r="C376" s="3" t="s">
-        <v>3224</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="4" t="s">
-        <v>1392</v>
+        <v>2401</v>
       </c>
       <c r="B377" s="4" t="s">
-        <v>1393</v>
+        <v>2402</v>
       </c>
       <c r="C377" s="4" t="s">
-        <v>3225</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="3" t="s">
-        <v>1395</v>
+        <v>2404</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>1396</v>
+        <v>2405</v>
       </c>
       <c r="C378" s="3" t="s">
-        <v>3226</v>
+        <v>3247</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="4" t="s">
-        <v>1398</v>
+        <v>2407</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>1399</v>
+        <v>2408</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>3227</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="3" t="s">
-        <v>1401</v>
+        <v>2410</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>1402</v>
+        <v>2411</v>
       </c>
       <c r="C380" s="3" t="s">
-        <v>3228</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="4" t="s">
-        <v>1404</v>
+        <v>1395</v>
       </c>
       <c r="B381" s="4" t="s">
-        <v>1405</v>
+        <v>1396</v>
       </c>
       <c r="C381" s="4" t="s">
-        <v>3229</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="3" t="s">
-        <v>1407</v>
+        <v>1398</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>1408</v>
+        <v>1399</v>
       </c>
       <c r="C382" s="3" t="s">
-        <v>3230</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="4" t="s">
-        <v>1410</v>
+        <v>1401</v>
       </c>
       <c r="B383" s="4" t="s">
-        <v>1411</v>
+        <v>1402</v>
       </c>
       <c r="C383" s="4" t="s">
-        <v>3231</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="3" t="s">
-        <v>1413</v>
+        <v>1404</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>1414</v>
+        <v>1405</v>
       </c>
       <c r="C384" s="3" t="s">
-        <v>3232</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="4" t="s">
-        <v>1416</v>
+        <v>1407</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>1417</v>
+        <v>1408</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>3233</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="3" t="s">
-        <v>1419</v>
+        <v>1410</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>1420</v>
+        <v>1411</v>
       </c>
       <c r="C386" s="3" t="s">
-        <v>3234</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="4" t="s">
-        <v>1422</v>
+        <v>1413</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>1423</v>
+        <v>1414</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>3235</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="3" t="s">
-        <v>139</v>
+        <v>1416</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>140</v>
+        <v>1417</v>
       </c>
       <c r="C388" s="3" t="s">
-        <v>3236</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="4" t="s">
-        <v>1425</v>
+        <v>1419</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>1426</v>
+        <v>1420</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>3237</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="3" t="s">
-        <v>2407</v>
+        <v>1422</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>2408</v>
+        <v>1423</v>
       </c>
       <c r="C390" s="3" t="s">
-        <v>3238</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="4" t="s">
-        <v>2410</v>
+        <v>1425</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>2411</v>
+        <v>1426</v>
       </c>
       <c r="C391" s="4" t="s">
-        <v>3239</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="3" t="s">
         <v>1428</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>1429</v>
       </c>
       <c r="C392" s="3" t="s">
-        <v>3240</v>
+        <v>3261</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="4" t="s">
         <v>1431</v>
       </c>
       <c r="B393" s="4" t="s">
         <v>1432</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>3241</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="3" t="s">
-        <v>1434</v>
+        <v>139</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>1435</v>
+        <v>140</v>
       </c>
       <c r="C394" s="3" t="s">
-        <v>3242</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="4" t="s">
-        <v>2416</v>
+        <v>1434</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>2417</v>
+        <v>1435</v>
       </c>
       <c r="C395" s="4" t="s">
-        <v>3243</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="3" t="s">
-        <v>2419</v>
+        <v>2428</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>2420</v>
+        <v>2429</v>
       </c>
       <c r="C396" s="3" t="s">
-        <v>3244</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="4" t="s">
-        <v>2422</v>
+        <v>2431</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>2423</v>
+        <v>2432</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>3245</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="3" t="s">
-        <v>2425</v>
+        <v>1437</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>2426</v>
+        <v>1438</v>
       </c>
       <c r="C398" s="3" t="s">
-        <v>3246</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="4" t="s">
-        <v>2428</v>
+        <v>1440</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>2429</v>
+        <v>1441</v>
       </c>
       <c r="C399" s="4" t="s">
-        <v>3247</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="3" t="s">
-        <v>2431</v>
+        <v>1443</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>2432</v>
+        <v>1444</v>
       </c>
       <c r="C400" s="3" t="s">
-        <v>3248</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="4" t="s">
-        <v>1437</v>
+        <v>2437</v>
       </c>
       <c r="B401" s="4" t="s">
-        <v>1438</v>
+        <v>2438</v>
       </c>
       <c r="C401" s="4" t="s">
-        <v>3249</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="3" t="s">
-        <v>1440</v>
+        <v>2440</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>1441</v>
+        <v>2441</v>
       </c>
       <c r="C402" s="3" t="s">
-        <v>3250</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="4" t="s">
-        <v>2436</v>
+        <v>2443</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>2437</v>
+        <v>2444</v>
       </c>
       <c r="C403" s="4" t="s">
-        <v>3251</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="3" t="s">
-        <v>1443</v>
+        <v>2446</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>1444</v>
+        <v>2447</v>
       </c>
       <c r="C404" s="3" t="s">
-        <v>3252</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="4" t="s">
-        <v>1446</v>
+        <v>2449</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>1447</v>
+        <v>2450</v>
       </c>
       <c r="C405" s="4" t="s">
-        <v>3253</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="3" t="s">
-        <v>1449</v>
+        <v>2452</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>1450</v>
+        <v>2453</v>
       </c>
       <c r="C406" s="3" t="s">
-        <v>3254</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="4" t="s">
-        <v>1452</v>
+        <v>1446</v>
       </c>
       <c r="B407" s="4" t="s">
-        <v>1453</v>
+        <v>1447</v>
       </c>
       <c r="C407" s="4" t="s">
-        <v>3255</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="3" t="s">
-        <v>1455</v>
+        <v>1449</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>1456</v>
+        <v>1450</v>
       </c>
       <c r="C408" s="3" t="s">
-        <v>3256</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="4" t="s">
-        <v>1458</v>
+        <v>2457</v>
       </c>
       <c r="B409" s="4" t="s">
-        <v>1459</v>
+        <v>2458</v>
       </c>
       <c r="C409" s="4" t="s">
-        <v>3257</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="3" t="s">
-        <v>1461</v>
+        <v>1452</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>1462</v>
+        <v>1453</v>
       </c>
       <c r="C410" s="3" t="s">
-        <v>3258</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="4" t="s">
-        <v>1464</v>
+        <v>1455</v>
       </c>
       <c r="B411" s="4" t="s">
-        <v>1465</v>
+        <v>1456</v>
       </c>
       <c r="C411" s="4" t="s">
-        <v>3259</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="3" t="s">
-        <v>1467</v>
+        <v>1458</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>1468</v>
+        <v>1459</v>
       </c>
       <c r="C412" s="3" t="s">
-        <v>3260</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="4" t="s">
-        <v>1470</v>
+        <v>1461</v>
       </c>
       <c r="B413" s="4" t="s">
-        <v>1471</v>
+        <v>1462</v>
       </c>
       <c r="C413" s="4" t="s">
-        <v>3261</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="3" t="s">
-        <v>1473</v>
+        <v>1464</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>1474</v>
+        <v>1465</v>
       </c>
       <c r="C414" s="3" t="s">
-        <v>3262</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="4" t="s">
-        <v>1476</v>
+        <v>1467</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>1477</v>
+        <v>1468</v>
       </c>
       <c r="C415" s="4" t="s">
-        <v>3263</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="3" t="s">
-        <v>1479</v>
+        <v>1470</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>1480</v>
+        <v>1471</v>
       </c>
       <c r="C416" s="3" t="s">
-        <v>3264</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="4" t="s">
-        <v>1482</v>
+        <v>1473</v>
       </c>
       <c r="B417" s="4" t="s">
-        <v>1483</v>
+        <v>1474</v>
       </c>
       <c r="C417" s="4" t="s">
-        <v>3265</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="3" t="s">
-        <v>1485</v>
+        <v>1476</v>
       </c>
       <c r="B418" s="3" t="s">
-        <v>1486</v>
+        <v>1477</v>
       </c>
       <c r="C418" s="3" t="s">
-        <v>3266</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="4" t="s">
-        <v>1488</v>
+        <v>1479</v>
       </c>
       <c r="B419" s="4" t="s">
-        <v>1489</v>
+        <v>1480</v>
       </c>
       <c r="C419" s="4" t="s">
-        <v>3267</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="3" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="B420" s="3" t="s">
-        <v>1492</v>
+        <v>1483</v>
       </c>
       <c r="C420" s="3" t="s">
-        <v>3268</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="4" t="s">
-        <v>1494</v>
+        <v>1485</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>1495</v>
+        <v>1486</v>
       </c>
       <c r="C421" s="4" t="s">
-        <v>3269</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="3" t="s">
-        <v>1497</v>
+        <v>1488</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>1498</v>
+        <v>1489</v>
       </c>
       <c r="C422" s="3" t="s">
-        <v>3270</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="4" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>1501</v>
+        <v>1492</v>
       </c>
       <c r="C423" s="4" t="s">
-        <v>3271</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="3" t="s">
-        <v>2459</v>
+        <v>1494</v>
       </c>
       <c r="B424" s="3" t="s">
-        <v>2460</v>
+        <v>1495</v>
       </c>
       <c r="C424" s="3" t="s">
-        <v>3272</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="4" t="s">
-        <v>2462</v>
+        <v>1497</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>2463</v>
+        <v>1498</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>3273</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="3" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="B426" s="3" t="s">
-        <v>1504</v>
+        <v>1501</v>
       </c>
       <c r="C426" s="3" t="s">
-        <v>3274</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="4" t="s">
-        <v>2466</v>
+        <v>1503</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>2467</v>
+        <v>1504</v>
       </c>
       <c r="C427" s="4" t="s">
-        <v>3275</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="3" t="s">
         <v>1506</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>1507</v>
       </c>
       <c r="C428" s="3" t="s">
-        <v>3276</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="4" t="s">
         <v>1509</v>
       </c>
       <c r="B429" s="4" t="s">
         <v>1510</v>
       </c>
       <c r="C429" s="4" t="s">
-        <v>3277</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="3" t="s">
-        <v>1512</v>
+        <v>2480</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>1513</v>
+        <v>2481</v>
       </c>
       <c r="C430" s="3" t="s">
-        <v>3278</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="4" t="s">
-        <v>1515</v>
+        <v>2483</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>1516</v>
+        <v>2484</v>
       </c>
       <c r="C431" s="4" t="s">
-        <v>3279</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="3" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>1519</v>
+        <v>1513</v>
       </c>
       <c r="C432" s="3" t="s">
-        <v>3280</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="4" t="s">
-        <v>1521</v>
+        <v>2487</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>1522</v>
+        <v>2488</v>
       </c>
       <c r="C433" s="4" t="s">
-        <v>3281</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="3" t="s">
-        <v>1524</v>
+        <v>1515</v>
       </c>
       <c r="B434" s="3" t="s">
-        <v>1525</v>
+        <v>1516</v>
       </c>
       <c r="C434" s="3" t="s">
-        <v>3282</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="4" t="s">
-        <v>1527</v>
+        <v>1518</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>1528</v>
+        <v>1519</v>
       </c>
       <c r="C435" s="4" t="s">
-        <v>3283</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="3" t="s">
-        <v>1530</v>
+        <v>1521</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>1531</v>
+        <v>1522</v>
       </c>
       <c r="C436" s="3" t="s">
-        <v>3284</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="4" t="s">
-        <v>1533</v>
+        <v>1524</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>1534</v>
+        <v>1525</v>
       </c>
       <c r="C437" s="4" t="s">
-        <v>3285</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="3" t="s">
-        <v>1536</v>
+        <v>1527</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>1537</v>
+        <v>1528</v>
       </c>
       <c r="C438" s="3" t="s">
-        <v>3286</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="4" t="s">
-        <v>1539</v>
+        <v>1530</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>1540</v>
+        <v>1531</v>
       </c>
       <c r="C439" s="4" t="s">
-        <v>3287</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="3" t="s">
-        <v>1542</v>
+        <v>1533</v>
       </c>
       <c r="B440" s="3" t="s">
-        <v>1543</v>
+        <v>1534</v>
       </c>
       <c r="C440" s="3" t="s">
-        <v>3288</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="4" t="s">
-        <v>1545</v>
+        <v>1536</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>1546</v>
+        <v>1537</v>
       </c>
       <c r="C441" s="4" t="s">
-        <v>3289</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="3" t="s">
-        <v>1548</v>
+        <v>1539</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>1549</v>
+        <v>1540</v>
       </c>
       <c r="C442" s="3" t="s">
-        <v>3290</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="4" t="s">
-        <v>1551</v>
+        <v>1542</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>1552</v>
+        <v>1543</v>
       </c>
       <c r="C443" s="4" t="s">
-        <v>3291</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="3" t="s">
-        <v>1554</v>
+        <v>1545</v>
       </c>
       <c r="B444" s="3" t="s">
-        <v>1555</v>
+        <v>1546</v>
       </c>
       <c r="C444" s="3" t="s">
-        <v>3292</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="4" t="s">
-        <v>1557</v>
+        <v>1548</v>
       </c>
       <c r="B445" s="4" t="s">
-        <v>1558</v>
+        <v>1549</v>
       </c>
       <c r="C445" s="4" t="s">
-        <v>3293</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="3" t="s">
-        <v>1560</v>
+        <v>1551</v>
       </c>
       <c r="B446" s="3" t="s">
-        <v>1561</v>
+        <v>1552</v>
       </c>
       <c r="C446" s="3" t="s">
-        <v>3294</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="4" t="s">
-        <v>1563</v>
+        <v>1554</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>1564</v>
+        <v>1555</v>
       </c>
       <c r="C447" s="4" t="s">
-        <v>3295</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="3" t="s">
-        <v>1566</v>
+        <v>1557</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>1567</v>
+        <v>1558</v>
       </c>
       <c r="C448" s="3" t="s">
-        <v>3296</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="4" t="s">
-        <v>1569</v>
+        <v>1560</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>1570</v>
+        <v>1561</v>
       </c>
       <c r="C449" s="4" t="s">
-        <v>3297</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="3" t="s">
-        <v>1572</v>
+        <v>1563</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>1573</v>
+        <v>1564</v>
       </c>
       <c r="C450" s="3" t="s">
-        <v>3298</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="4" t="s">
-        <v>1575</v>
+        <v>1566</v>
       </c>
       <c r="B451" s="4" t="s">
-        <v>1576</v>
+        <v>1567</v>
       </c>
       <c r="C451" s="4" t="s">
-        <v>3299</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="3" t="s">
-        <v>1578</v>
+        <v>1569</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>1579</v>
+        <v>1570</v>
       </c>
       <c r="C452" s="3" t="s">
-        <v>3300</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="4" t="s">
-        <v>1581</v>
+        <v>1572</v>
       </c>
       <c r="B453" s="4" t="s">
-        <v>1582</v>
+        <v>1573</v>
       </c>
       <c r="C453" s="4" t="s">
-        <v>3301</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="3" t="s">
-        <v>1584</v>
+        <v>1575</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>1585</v>
+        <v>1576</v>
       </c>
       <c r="C454" s="3" t="s">
-        <v>3302</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="4" t="s">
-        <v>1587</v>
+        <v>1578</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>1588</v>
+        <v>1579</v>
       </c>
       <c r="C455" s="4" t="s">
-        <v>3303</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="3" t="s">
-        <v>1590</v>
+        <v>1581</v>
       </c>
       <c r="B456" s="3" t="s">
-        <v>1591</v>
+        <v>1582</v>
       </c>
       <c r="C456" s="3" t="s">
-        <v>3304</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="4" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>1594</v>
+        <v>1585</v>
       </c>
       <c r="C457" s="4" t="s">
-        <v>3305</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="3" t="s">
-        <v>1596</v>
+        <v>1587</v>
       </c>
       <c r="B458" s="3" t="s">
-        <v>1597</v>
+        <v>1588</v>
       </c>
       <c r="C458" s="3" t="s">
-        <v>3306</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="4" t="s">
-        <v>2500</v>
+        <v>1590</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>2501</v>
+        <v>1591</v>
       </c>
       <c r="C459" s="4" t="s">
-        <v>3307</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="3" t="s">
-        <v>1599</v>
+        <v>1593</v>
       </c>
       <c r="B460" s="3" t="s">
-        <v>1600</v>
+        <v>1594</v>
       </c>
       <c r="C460" s="3" t="s">
-        <v>3308</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="4" t="s">
-        <v>220</v>
+        <v>1596</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>221</v>
+        <v>1597</v>
       </c>
       <c r="C461" s="4" t="s">
-        <v>3309</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="3" t="s">
-        <v>223</v>
+        <v>1599</v>
       </c>
       <c r="B462" s="3" t="s">
-        <v>224</v>
+        <v>1600</v>
       </c>
       <c r="C462" s="3" t="s">
-        <v>3310</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="4" t="s">
-        <v>2506</v>
+        <v>1602</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>2507</v>
+        <v>1603</v>
       </c>
       <c r="C463" s="4" t="s">
-        <v>3311</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="3" t="s">
-        <v>2509</v>
+        <v>1605</v>
       </c>
       <c r="B464" s="3" t="s">
-        <v>2510</v>
+        <v>1606</v>
       </c>
       <c r="C464" s="3" t="s">
-        <v>3312</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="4" t="s">
-        <v>2512</v>
+        <v>2521</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>2513</v>
+        <v>2522</v>
       </c>
       <c r="C465" s="4" t="s">
-        <v>3313</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="3" t="s">
-        <v>2515</v>
+        <v>1608</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>2516</v>
+        <v>1609</v>
       </c>
       <c r="C466" s="3" t="s">
-        <v>3314</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="4" t="s">
-        <v>2518</v>
+        <v>220</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>2519</v>
+        <v>221</v>
       </c>
       <c r="C467" s="4" t="s">
-        <v>3315</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="3" t="s">
-        <v>2521</v>
+        <v>223</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>2522</v>
+        <v>224</v>
       </c>
       <c r="C468" s="3" t="s">
-        <v>3316</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="4" t="s">
-        <v>2524</v>
+        <v>2527</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>2525</v>
+        <v>2528</v>
       </c>
       <c r="C469" s="4" t="s">
-        <v>3317</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="3" t="s">
-        <v>2527</v>
+        <v>2530</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>2528</v>
+        <v>2531</v>
       </c>
       <c r="C470" s="3" t="s">
-        <v>3318</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="4" t="s">
-        <v>2530</v>
+        <v>2533</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>2531</v>
+        <v>2534</v>
       </c>
       <c r="C471" s="4" t="s">
-        <v>3319</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="3" t="s">
-        <v>2533</v>
+        <v>2536</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>2534</v>
+        <v>2537</v>
       </c>
       <c r="C472" s="3" t="s">
-        <v>3320</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="4" t="s">
-        <v>2536</v>
+        <v>2539</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>2537</v>
+        <v>2540</v>
       </c>
       <c r="C473" s="4" t="s">
-        <v>3321</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="3" t="s">
-        <v>2539</v>
+        <v>2542</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>2540</v>
+        <v>2543</v>
       </c>
       <c r="C474" s="3" t="s">
-        <v>3322</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="4" t="s">
-        <v>1603</v>
+        <v>2545</v>
       </c>
       <c r="B475" s="4" t="s">
-        <v>1604</v>
+        <v>2546</v>
       </c>
       <c r="C475" s="4" t="s">
-        <v>3323</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="3" t="s">
-        <v>1606</v>
+        <v>2548</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>1607</v>
+        <v>2549</v>
       </c>
       <c r="C476" s="3" t="s">
-        <v>3324</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="4" t="s">
-        <v>1609</v>
+        <v>2551</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>1610</v>
+        <v>2552</v>
       </c>
       <c r="C477" s="4" t="s">
-        <v>3325</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="3" t="s">
-        <v>1612</v>
+        <v>2554</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>1613</v>
+        <v>2555</v>
       </c>
       <c r="C478" s="3" t="s">
-        <v>3326</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="4" t="s">
-        <v>1615</v>
+        <v>2557</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>1616</v>
+        <v>2558</v>
       </c>
       <c r="C479" s="4" t="s">
-        <v>3327</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="3" t="s">
-        <v>1618</v>
+        <v>2560</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>1619</v>
+        <v>2561</v>
       </c>
       <c r="C480" s="3" t="s">
-        <v>3328</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="4" t="s">
-        <v>1621</v>
+        <v>1612</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>1622</v>
+        <v>1613</v>
       </c>
       <c r="C481" s="4" t="s">
-        <v>3329</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="3" t="s">
-        <v>1624</v>
+        <v>1615</v>
       </c>
       <c r="B482" s="3" t="s">
-        <v>1625</v>
+        <v>1616</v>
       </c>
       <c r="C482" s="3" t="s">
-        <v>3330</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="4" t="s">
-        <v>1627</v>
+        <v>1618</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>1628</v>
+        <v>1619</v>
       </c>
       <c r="C483" s="4" t="s">
-        <v>3331</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="3" t="s">
-        <v>1630</v>
+        <v>1621</v>
       </c>
       <c r="B484" s="3" t="s">
-        <v>1631</v>
+        <v>1622</v>
       </c>
       <c r="C484" s="3" t="s">
-        <v>3332</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="4" t="s">
-        <v>1633</v>
+        <v>1624</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>1634</v>
+        <v>1625</v>
       </c>
       <c r="C485" s="4" t="s">
-        <v>3333</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="3" t="s">
-        <v>1636</v>
+        <v>1627</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>1637</v>
+        <v>1628</v>
       </c>
       <c r="C486" s="3" t="s">
-        <v>3334</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="4" t="s">
-        <v>1639</v>
+        <v>1630</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>1640</v>
+        <v>1631</v>
       </c>
       <c r="C487" s="4" t="s">
-        <v>3335</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="3" t="s">
-        <v>1642</v>
+        <v>1633</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>1643</v>
+        <v>1634</v>
       </c>
       <c r="C488" s="3" t="s">
-        <v>3336</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="4" t="s">
-        <v>1645</v>
+        <v>1636</v>
       </c>
       <c r="B489" s="4" t="s">
-        <v>1646</v>
+        <v>1637</v>
       </c>
       <c r="C489" s="4" t="s">
-        <v>3337</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="3" t="s">
-        <v>1648</v>
+        <v>1639</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>1649</v>
+        <v>1640</v>
       </c>
       <c r="C490" s="3" t="s">
-        <v>3338</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="4" t="s">
-        <v>1651</v>
+        <v>1642</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>1652</v>
+        <v>1643</v>
       </c>
       <c r="C491" s="4" t="s">
-        <v>3339</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="3" t="s">
-        <v>1654</v>
+        <v>1645</v>
       </c>
       <c r="B492" s="3" t="s">
-        <v>1655</v>
+        <v>1646</v>
       </c>
       <c r="C492" s="3" t="s">
-        <v>3340</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="4" t="s">
-        <v>1657</v>
+        <v>1648</v>
       </c>
       <c r="B493" s="4" t="s">
-        <v>1658</v>
+        <v>1649</v>
       </c>
       <c r="C493" s="4" t="s">
-        <v>3341</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="3" t="s">
-        <v>1660</v>
+        <v>1651</v>
       </c>
       <c r="B494" s="3" t="s">
-        <v>1661</v>
+        <v>1652</v>
       </c>
       <c r="C494" s="3" t="s">
-        <v>3342</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="4" t="s">
-        <v>1663</v>
+        <v>1654</v>
       </c>
       <c r="B495" s="4" t="s">
-        <v>1664</v>
+        <v>1655</v>
       </c>
       <c r="C495" s="4" t="s">
-        <v>3343</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="3" t="s">
-        <v>1666</v>
+        <v>1657</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>1667</v>
+        <v>1658</v>
       </c>
       <c r="C496" s="3" t="s">
-        <v>3344</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="4" t="s">
-        <v>2564</v>
+        <v>1660</v>
       </c>
       <c r="B497" s="4" t="s">
-        <v>2565</v>
+        <v>1661</v>
       </c>
       <c r="C497" s="4" t="s">
-        <v>3345</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="3" t="s">
-        <v>2567</v>
+        <v>1663</v>
       </c>
       <c r="B498" s="3" t="s">
-        <v>2568</v>
+        <v>1664</v>
       </c>
       <c r="C498" s="3" t="s">
-        <v>3346</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="4" t="s">
-        <v>2570</v>
+        <v>1666</v>
       </c>
       <c r="B499" s="4" t="s">
-        <v>2571</v>
+        <v>1667</v>
       </c>
       <c r="C499" s="4" t="s">
-        <v>3347</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="3" t="s">
-        <v>2573</v>
+        <v>1669</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>2574</v>
+        <v>1670</v>
       </c>
       <c r="C500" s="3" t="s">
-        <v>3348</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="4" t="s">
-        <v>2576</v>
+        <v>1672</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>2577</v>
+        <v>1673</v>
       </c>
       <c r="C501" s="4" t="s">
-        <v>3349</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="3" t="s">
-        <v>2579</v>
+        <v>1675</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>2580</v>
+        <v>1676</v>
       </c>
       <c r="C502" s="3" t="s">
-        <v>3350</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="4" t="s">
-        <v>2582</v>
+        <v>2585</v>
       </c>
       <c r="B503" s="4" t="s">
-        <v>2583</v>
+        <v>2586</v>
       </c>
       <c r="C503" s="4" t="s">
-        <v>3351</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="3" t="s">
-        <v>2585</v>
+        <v>2588</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="C504" s="3" t="s">
-        <v>3352</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="4" t="s">
-        <v>2588</v>
+        <v>2591</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="C505" s="4" t="s">
-        <v>3353</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="3" t="s">
-        <v>2591</v>
+        <v>2594</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>2592</v>
+        <v>2595</v>
       </c>
       <c r="C506" s="3" t="s">
-        <v>3354</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="4" t="s">
-        <v>2594</v>
+        <v>2597</v>
       </c>
       <c r="B507" s="4" t="s">
-        <v>2595</v>
+        <v>2598</v>
       </c>
       <c r="C507" s="4" t="s">
-        <v>3355</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="3" t="s">
-        <v>2597</v>
+        <v>2600</v>
       </c>
       <c r="B508" s="3" t="s">
-        <v>2598</v>
+        <v>2601</v>
       </c>
       <c r="C508" s="3" t="s">
-        <v>3356</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="4" t="s">
-        <v>1669</v>
+        <v>2603</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>1670</v>
+        <v>2604</v>
       </c>
       <c r="C509" s="4" t="s">
-        <v>3357</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="3" t="s">
-        <v>1672</v>
+        <v>2606</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>1673</v>
+        <v>2607</v>
       </c>
       <c r="C510" s="3" t="s">
-        <v>3358</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="4" t="s">
-        <v>1675</v>
+        <v>2609</v>
       </c>
       <c r="B511" s="4" t="s">
-        <v>1676</v>
+        <v>2610</v>
       </c>
       <c r="C511" s="4" t="s">
-        <v>3359</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="3" t="s">
-        <v>1678</v>
+        <v>2612</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>1679</v>
+        <v>2613</v>
       </c>
       <c r="C512" s="3" t="s">
-        <v>3360</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="4" t="s">
-        <v>1681</v>
+        <v>2615</v>
       </c>
       <c r="B513" s="4" t="s">
-        <v>1682</v>
+        <v>2616</v>
       </c>
       <c r="C513" s="4" t="s">
-        <v>3361</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="3" t="s">
-        <v>1684</v>
+        <v>2618</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>1685</v>
+        <v>2619</v>
       </c>
       <c r="C514" s="3" t="s">
-        <v>3362</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="4" t="s">
-        <v>1687</v>
+        <v>1678</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>1688</v>
+        <v>1679</v>
       </c>
       <c r="C515" s="4" t="s">
-        <v>3363</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="3" t="s">
-        <v>1690</v>
+        <v>1681</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>1691</v>
+        <v>1682</v>
       </c>
       <c r="C516" s="3" t="s">
-        <v>3364</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="4" t="s">
-        <v>1693</v>
+        <v>1684</v>
       </c>
       <c r="B517" s="4" t="s">
-        <v>1694</v>
+        <v>1685</v>
       </c>
       <c r="C517" s="4" t="s">
-        <v>3365</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="3" t="s">
-        <v>1696</v>
+        <v>1687</v>
       </c>
       <c r="B518" s="3" t="s">
-        <v>1697</v>
+        <v>1688</v>
       </c>
       <c r="C518" s="3" t="s">
-        <v>3366</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="4" t="s">
-        <v>1699</v>
+        <v>1690</v>
       </c>
       <c r="B519" s="4" t="s">
-        <v>1700</v>
+        <v>1691</v>
       </c>
       <c r="C519" s="4" t="s">
-        <v>3367</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="3" t="s">
-        <v>1702</v>
+        <v>1693</v>
       </c>
       <c r="B520" s="3" t="s">
-        <v>1703</v>
+        <v>1694</v>
       </c>
       <c r="C520" s="3" t="s">
-        <v>3368</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="4" t="s">
-        <v>1705</v>
+        <v>1696</v>
       </c>
       <c r="B521" s="4" t="s">
-        <v>1706</v>
+        <v>1697</v>
       </c>
       <c r="C521" s="4" t="s">
-        <v>3369</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="3" t="s">
-        <v>1708</v>
+        <v>1699</v>
       </c>
       <c r="B522" s="3" t="s">
-        <v>1709</v>
+        <v>1700</v>
       </c>
       <c r="C522" s="3" t="s">
-        <v>3370</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="4" t="s">
-        <v>1711</v>
+        <v>1702</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>1712</v>
+        <v>1703</v>
       </c>
       <c r="C523" s="4" t="s">
-        <v>3371</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="3" t="s">
-        <v>2615</v>
+        <v>1705</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>2616</v>
+        <v>1706</v>
       </c>
       <c r="C524" s="3" t="s">
-        <v>3372</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="4" t="s">
-        <v>2618</v>
+        <v>1708</v>
       </c>
       <c r="B525" s="4" t="s">
-        <v>2619</v>
+        <v>1709</v>
       </c>
       <c r="C525" s="4" t="s">
-        <v>3373</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="3" t="s">
-        <v>2621</v>
+        <v>1711</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>2622</v>
+        <v>1712</v>
       </c>
       <c r="C526" s="3" t="s">
-        <v>3374</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="4" t="s">
-        <v>2624</v>
+        <v>1714</v>
       </c>
       <c r="B527" s="4" t="s">
-        <v>2625</v>
+        <v>1715</v>
       </c>
       <c r="C527" s="4" t="s">
-        <v>3375</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="3" t="s">
-        <v>2627</v>
+        <v>1717</v>
       </c>
       <c r="B528" s="3" t="s">
-        <v>2628</v>
+        <v>1718</v>
       </c>
       <c r="C528" s="3" t="s">
-        <v>3376</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="4" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="B529" s="4" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="C529" s="4" t="s">
-        <v>3377</v>
+        <v>3398</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="3" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B530" s="3" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C530" s="3" t="s">
+        <v>3399</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="4" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B531" s="4" t="s">
+        <v>2640</v>
+      </c>
+      <c r="C531" s="4" t="s">
+        <v>3400</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="3" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B532" s="3" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C532" s="3" t="s">
+        <v>3401</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="4" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B533" s="4" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C533" s="4" t="s">
+        <v>3402</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="3" t="s">
+        <v>2648</v>
+      </c>
+      <c r="B534" s="3" t="s">
+        <v>2649</v>
+      </c>
+      <c r="C534" s="3" t="s">
+        <v>3403</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="4" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B535" s="4" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C535" s="4" t="s">
+        <v>3404</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E99"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3378</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>3379</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>3380</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>2634</v>
+        <v>2655</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>2635</v>
+        <v>2656</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>2636</v>
+        <v>2657</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>3381</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
-        <v>2638</v>
+        <v>2659</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>2639</v>
+        <v>2660</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>2640</v>
+        <v>2661</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>3382</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>2642</v>
+        <v>2663</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>2643</v>
+        <v>2664</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>2644</v>
+        <v>2665</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>3383</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
-        <v>2646</v>
+        <v>2667</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>2647</v>
+        <v>2668</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>2648</v>
+        <v>2669</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>3384</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>3385</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>242</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>243</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>244</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>3386</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>3387</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>250</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>251</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>252</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>3388</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>3389</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>258</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>259</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>260</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>3390</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>3391</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>266</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>267</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>268</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>3392</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
-        <v>2658</v>
+        <v>2679</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>2659</v>
+        <v>2680</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>2660</v>
+        <v>2681</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>3393</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
-        <v>2662</v>
+        <v>2683</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>2663</v>
+        <v>2684</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>2664</v>
+        <v>2685</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>3394</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
-        <v>2666</v>
+        <v>2687</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>2667</v>
+        <v>2688</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>2668</v>
+        <v>2689</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>3395</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
-        <v>2670</v>
+        <v>2691</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>2671</v>
+        <v>2692</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>2672</v>
+        <v>2693</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>3396</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3" t="s">
-        <v>3397</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>278</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>279</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>280</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>3398</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
-        <v>2675</v>
+        <v>2696</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>2676</v>
+        <v>2697</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>2677</v>
+        <v>2698</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>3399</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
         <v>282</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>283</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>284</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>3400</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>304</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>3401</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>306</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>307</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>308</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>3402</v>
+        <v>3429</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>312</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>3403</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
         <v>314</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>315</v>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="4" t="s">
-        <v>3404</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3" t="s">
-        <v>3405</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>3406</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>3407</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>324</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>2686</v>
+        <v>2707</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>2687</v>
+        <v>2708</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>3408</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
-        <v>2691</v>
+        <v>2712</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>2692</v>
+        <v>2713</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>2693</v>
+        <v>2714</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>3409</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
-        <v>2695</v>
+        <v>2716</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>2696</v>
+        <v>2717</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>2697</v>
+        <v>2718</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>3410</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
-        <v>2699</v>
+        <v>2720</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>2700</v>
+        <v>2721</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>2701</v>
+        <v>2722</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>3411</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
         <v>336</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>337</v>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="4" t="s">
-        <v>3412</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
-        <v>2703</v>
+        <v>2724</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>2704</v>
+        <v>2725</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>2705</v>
+        <v>2726</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>3413</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
-        <v>2707</v>
+        <v>2728</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>2708</v>
+        <v>2729</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>2709</v>
+        <v>2730</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>3414</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
-        <v>2711</v>
+        <v>2732</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>2712</v>
+        <v>2733</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>2713</v>
+        <v>2734</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>3415</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
-        <v>2715</v>
+        <v>2736</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>2716</v>
+        <v>2737</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>2717</v>
+        <v>2738</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>3416</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="3" t="s">
-        <v>2719</v>
+        <v>2740</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>2720</v>
+        <v>2741</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>2721</v>
+        <v>2742</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>3417</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
-        <v>2723</v>
+        <v>2744</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>2724</v>
+        <v>2745</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>2725</v>
+        <v>2746</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>3418</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="3" t="s">
-        <v>2727</v>
+        <v>2748</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>2728</v>
+        <v>2749</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>2729</v>
+        <v>2750</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>3419</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
-        <v>2731</v>
+        <v>2752</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>2732</v>
+        <v>2753</v>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="4"/>
       <c r="E45" s="4" t="s">
-        <v>3420</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
-        <v>2734</v>
+        <v>2755</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>2735</v>
+        <v>2756</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>2736</v>
+        <v>2757</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>3421</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="4" t="s">
         <v>367</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>368</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>369</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>3422</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>373</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>3423</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
-        <v>2740</v>
+        <v>2761</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>2741</v>
+        <v>2762</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>2742</v>
+        <v>2763</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>3424</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="3" t="s">
         <v>391</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3"/>
       <c r="E50" s="3" t="s">
-        <v>3425</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
-        <v>2744</v>
+        <v>2765</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>2745</v>
+        <v>2766</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>2746</v>
+        <v>2767</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>3426</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="3" t="s">
-        <v>2748</v>
+        <v>2769</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>2749</v>
+        <v>2770</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>2750</v>
+        <v>2771</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>3427</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
         <v>402</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>403</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>404</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>3428</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>412</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>3429</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
-        <v>2756</v>
+        <v>2777</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>2757</v>
+        <v>2778</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>2758</v>
+        <v>2779</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>3430</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>425</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>3431</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="4" t="s">
-        <v>2761</v>
+        <v>2782</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>2762</v>
+        <v>2783</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>2763</v>
+        <v>2784</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>3432</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="3" t="s">
-        <v>2765</v>
+        <v>2786</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>2766</v>
+        <v>2787</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>2767</v>
+        <v>2788</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>3433</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="4" t="s">
-        <v>2769</v>
+        <v>2790</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>2770</v>
+        <v>2791</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>2771</v>
+        <v>2792</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>3434</v>
+        <v>3461</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3"/>
       <c r="E60" s="3" t="s">
-        <v>3435</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="4" t="s">
         <v>442</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>443</v>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="4" t="s">
-        <v>3436</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3"/>
       <c r="E62" s="3" t="s">
-        <v>3437</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="4" t="s">
         <v>480</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>481</v>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="4"/>
       <c r="E63" s="4" t="s">
-        <v>3438</v>
+        <v>3465</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="3" t="s">
-        <v>2774</v>
+        <v>2795</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>2775</v>
+        <v>2796</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>2776</v>
+        <v>2797</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>3439</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="4" t="s">
-        <v>2782</v>
+        <v>2803</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>2783</v>
+        <v>2804</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>2784</v>
+        <v>2805</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>3440</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="3" t="s">
-        <v>2786</v>
+        <v>2807</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>2788</v>
+        <v>2809</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>3441</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="4" t="s">
-        <v>2790</v>
+        <v>2811</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>2791</v>
+        <v>2812</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>2792</v>
+        <v>2813</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>3442</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="3" t="s">
-        <v>2794</v>
+        <v>2815</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>2795</v>
+        <v>2816</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>2796</v>
+        <v>2817</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>3443</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="4" t="s">
-        <v>2798</v>
+        <v>2819</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>2799</v>
+        <v>2820</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>2800</v>
+        <v>2821</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>3444</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="3" t="s">
-        <v>2802</v>
+        <v>2823</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>2803</v>
+        <v>2824</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>2804</v>
+        <v>2825</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>3445</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="4" t="s">
-        <v>2806</v>
+        <v>2827</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>2807</v>
+        <v>2828</v>
       </c>
       <c r="C71" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>2808</v>
+        <v>2829</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>3446</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
       <c r="E72" s="3" t="s">
-        <v>3447</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="4" t="s">
         <v>486</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>487</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>488</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>489</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>3448</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3"/>
       <c r="E74" s="3" t="s">
-        <v>3449</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="4" t="s">
         <v>494</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>495</v>
       </c>
       <c r="C75" s="4"/>
       <c r="D75" s="4"/>
       <c r="E75" s="4" t="s">
-        <v>3450</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>503</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>3451</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="4" t="s">
         <v>505</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>506</v>
       </c>
       <c r="C77" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>507</v>
       </c>
       <c r="E77" s="4" t="s">
-        <v>3452</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="3" t="s">
-        <v>2813</v>
+        <v>2834</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>2814</v>
+        <v>2835</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>2815</v>
+        <v>2836</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>3453</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="4" t="s">
         <v>509</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>510</v>
       </c>
       <c r="C79" s="4"/>
       <c r="D79" s="4"/>
       <c r="E79" s="4" t="s">
-        <v>3454</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="3" t="s">
-        <v>2817</v>
+        <v>2838</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>2818</v>
+        <v>2839</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D80" s="3" t="s">
-        <v>2819</v>
+        <v>2840</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>3455</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="4" t="s">
         <v>512</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>513</v>
       </c>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
       <c r="E81" s="4" t="s">
-        <v>3456</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="3" t="s">
         <v>525</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>526</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3"/>
       <c r="E82" s="3" t="s">
-        <v>3457</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="4" t="s">
-        <v>2821</v>
+        <v>2842</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>2822</v>
+        <v>2843</v>
       </c>
       <c r="C83" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>2823</v>
+        <v>2844</v>
       </c>
       <c r="E83" s="4" t="s">
-        <v>3458</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="3" t="s">
-        <v>2142</v>
+        <v>2154</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>2143</v>
+        <v>2155</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>2825</v>
+        <v>2846</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>2826</v>
+        <v>2847</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>3459</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="4" t="s">
-        <v>2828</v>
+        <v>2849</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>2829</v>
+        <v>2850</v>
       </c>
       <c r="C85" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>2830</v>
+        <v>2851</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>3460</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>534</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>3461</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="4" t="s">
         <v>536</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>537</v>
       </c>
       <c r="C87" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>538</v>
       </c>
       <c r="E87" s="4" t="s">
-        <v>3462</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>542</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>3463</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="4" t="s">
         <v>544</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>545</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>546</v>
       </c>
       <c r="E89" s="4" t="s">
-        <v>3464</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>550</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>3465</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="4" t="s">
         <v>552</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>553</v>
       </c>
       <c r="C91" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>554</v>
       </c>
       <c r="E91" s="4" t="s">
-        <v>3466</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>558</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>3467</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="4" t="s">
         <v>560</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>561</v>
       </c>
       <c r="C93" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>562</v>
       </c>
       <c r="E93" s="4" t="s">
-        <v>3468</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>565</v>
       </c>
       <c r="C94" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>566</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>3469</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="4" t="s">
-        <v>2841</v>
+        <v>2862</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>2842</v>
+        <v>2863</v>
       </c>
       <c r="C95" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>2843</v>
+        <v>2864</v>
       </c>
       <c r="E95" s="4" t="s">
-        <v>3470</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="3" t="s">
-        <v>2845</v>
+        <v>2866</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>2846</v>
+        <v>2867</v>
       </c>
       <c r="C96" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>2843</v>
+        <v>2864</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>3471</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="4" t="s">
         <v>572</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>573</v>
       </c>
       <c r="C97" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>574</v>
       </c>
       <c r="E97" s="4" t="s">
-        <v>3472</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>577</v>
       </c>
       <c r="C98" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>578</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>3473</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="4" t="s">
         <v>580</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>581</v>
       </c>
       <c r="C99" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>582</v>
       </c>
       <c r="E99" s="4" t="s">
-        <v>3474</v>
+        <v>3501</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C319"/>
+  <dimension ref="A1:C326"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
-        <v>3475</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>3476</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4" t="s">
         <v>613</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>614</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>3477</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>3478</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4" t="s">
         <v>619</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>620</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>3479</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>629</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>3480</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>631</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>632</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>3481</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>3482</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4" t="s">
         <v>637</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>638</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>3483</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="3" t="s">
         <v>640</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>641</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>3484</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="4" t="s">
         <v>643</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>644</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>3485</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="3" t="s">
         <v>646</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>647</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>3486</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="4" t="s">
         <v>649</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>650</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>3487</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="3" t="s">
         <v>652</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>3488</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="4" t="s">
         <v>655</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>656</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>3489</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="3" t="s">
         <v>658</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>659</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>3490</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="4" t="s">
         <v>661</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>662</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>3491</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>3492</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="4" t="s">
         <v>679</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>680</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>3493</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
         <v>682</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>683</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>3494</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="4" t="s">
         <v>685</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>686</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>3495</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
         <v>688</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>689</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>3496</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="4" t="s">
         <v>691</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>692</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>3497</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
         <v>694</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>695</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>3498</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="4" t="s">
         <v>697</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>698</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>3499</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="3" t="s">
         <v>700</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>701</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>3500</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="4" t="s">
         <v>703</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>704</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>3501</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>707</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>3502</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="4" t="s">
         <v>709</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>710</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>3503</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="3" t="s">
         <v>712</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>713</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>3504</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="4" t="s">
         <v>715</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>716</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>3505</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
         <v>718</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>719</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>3506</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="4" t="s">
         <v>721</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>722</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>3507</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="3" t="s">
         <v>724</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>725</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>3508</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="4" t="s">
         <v>727</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>728</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>3509</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
         <v>730</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>731</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>3510</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4" t="s">
         <v>733</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>734</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>3511</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
         <v>739</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>740</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>3512</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4" t="s">
-        <v>3513</v>
+        <v>3540</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>3514</v>
+        <v>3541</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>3515</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>743</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>3516</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4" t="s">
         <v>745</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>746</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>3517</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
         <v>748</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>749</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>3518</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4" t="s">
         <v>751</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>752</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>3519</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
         <v>754</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>755</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>3520</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4" t="s">
         <v>757</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>758</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>3521</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
         <v>760</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>761</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>3522</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4" t="s">
         <v>763</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>764</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>3523</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
         <v>766</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>767</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>3524</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4" t="s">
         <v>769</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>770</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>3525</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
         <v>772</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>773</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>3526</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4" t="s">
         <v>778</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>779</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>3527</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
         <v>781</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>782</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>3528</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4" t="s">
         <v>784</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>785</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>3529</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>3530</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4" t="s">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>3531</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
-        <v>2019</v>
+        <v>2028</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>2020</v>
+        <v>2029</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>3532</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4" t="s">
         <v>790</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>791</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>3533</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
         <v>793</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>794</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>3534</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4" t="s">
         <v>796</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>797</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>3535</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
         <v>799</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>800</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>3536</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4" t="s">
         <v>802</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>803</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>3537</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
         <v>805</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>806</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>3538</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4" t="s">
         <v>808</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>809</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>3539</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
         <v>811</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>812</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>3540</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4" t="s">
         <v>814</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>815</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>3541</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
         <v>817</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>818</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>3542</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4" t="s">
         <v>820</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>821</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>3543</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
         <v>823</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>824</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>3544</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
         <v>826</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>827</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>3545</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
         <v>829</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>830</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>3546</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4" t="s">
         <v>832</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>833</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>3547</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
         <v>835</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>836</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>3548</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4" t="s">
         <v>838</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>839</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>3549</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
         <v>841</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>842</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>3550</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4" t="s">
         <v>844</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>845</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>3551</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
         <v>847</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>848</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>3552</v>
+        <v>3579</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4" t="s">
         <v>850</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>851</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>3553</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
         <v>853</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>854</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>3554</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4" t="s">
         <v>856</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>857</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>3555</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
         <v>859</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>860</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>3556</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4" t="s">
         <v>862</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>863</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>3557</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="3" t="s">
         <v>865</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>866</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>3558</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="4" t="s">
         <v>868</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>869</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>3559</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="3" t="s">
         <v>871</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>872</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>3560</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="4" t="s">
         <v>874</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>875</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>3561</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="3" t="s">
         <v>877</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>878</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>3562</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="4" t="s">
-        <v>2071</v>
+        <v>880</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>2072</v>
+        <v>881</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>3563</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="3" t="s">
-        <v>2074</v>
+        <v>2081</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>2075</v>
+        <v>2082</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>3564</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="4" t="s">
-        <v>2077</v>
+        <v>2084</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>2078</v>
+        <v>2085</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>3565</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="3" t="s">
-        <v>880</v>
+        <v>2087</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>881</v>
+        <v>2088</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>3566</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="4" t="s">
         <v>883</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>884</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>3567</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="3" t="s">
         <v>886</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>887</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>3568</v>
+        <v>3595</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="4" t="s">
         <v>889</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>890</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>3569</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="3" t="s">
         <v>892</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>893</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>3570</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="4" t="s">
-        <v>923</v>
+        <v>895</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>924</v>
+        <v>896</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>3571</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="3" t="s">
-        <v>926</v>
+        <v>898</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>927</v>
+        <v>899</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>3572</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="4" t="s">
         <v>929</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>930</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>3573</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="3" t="s">
         <v>932</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>933</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>3574</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="4" t="s">
         <v>935</v>
       </c>
       <c r="B101" s="4" t="s">
         <v>936</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>3575</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="3" t="s">
         <v>938</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>939</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>3576</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="4" t="s">
         <v>941</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>942</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>3577</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="3" t="s">
         <v>944</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>945</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>3578</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="4" t="s">
         <v>947</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>948</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>3579</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="3" t="s">
         <v>950</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>951</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>3580</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="4" t="s">
         <v>953</v>
       </c>
       <c r="B107" s="4" t="s">
         <v>954</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>3581</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="3" t="s">
         <v>956</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>957</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>3582</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="4" t="s">
         <v>959</v>
       </c>
       <c r="B109" s="4" t="s">
         <v>960</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>3583</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="3" t="s">
         <v>962</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>963</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>3584</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="4" t="s">
         <v>965</v>
       </c>
       <c r="B111" s="4" t="s">
         <v>966</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>3585</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="3" t="s">
         <v>968</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>969</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>3586</v>
+        <v>3613</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="4" t="s">
         <v>971</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>972</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>3587</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="3" t="s">
         <v>974</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>975</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>3588</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="4" t="s">
         <v>977</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>978</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>3589</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="3" t="s">
         <v>980</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>981</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>3590</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="4" t="s">
         <v>983</v>
       </c>
       <c r="B117" s="4" t="s">
         <v>984</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>3591</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="3" t="s">
         <v>986</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>987</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>3592</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="4" t="s">
         <v>989</v>
       </c>
       <c r="B119" s="4" t="s">
         <v>990</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>3593</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="3" t="s">
         <v>992</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>993</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>3594</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="4" t="s">
         <v>995</v>
       </c>
       <c r="B121" s="4" t="s">
         <v>996</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>3595</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="3" t="s">
         <v>998</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>999</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>3596</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="4" t="s">
-        <v>1001</v>
+        <v>2161</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>1002</v>
+        <v>2162</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>3597</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="3" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>3598</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="4" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>3599</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="3" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>3600</v>
+        <v>3627</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="4" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>3601</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="3" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>3602</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="4" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>3603</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="3" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>3604</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="4" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="B131" s="4" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>3605</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="3" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>3606</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="4" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="B133" s="4" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>3607</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="3" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>3608</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="4" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="B135" s="4" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>3609</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="3" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>3610</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="4" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="B137" s="4" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>3611</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="3" t="s">
-        <v>1049</v>
+        <v>1043</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>3612</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="4" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="B139" s="4" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>3613</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="3" t="s">
-        <v>1055</v>
+        <v>1049</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>1056</v>
+        <v>1050</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>3614</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="4" t="s">
-        <v>1058</v>
+        <v>1052</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>1059</v>
+        <v>1053</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>3615</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="3" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>3616</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="4" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>3617</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="3" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>3618</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="4" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>3619</v>
+        <v>3646</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="3" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>3620</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="4" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="B147" s="4" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>3621</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="3" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>3622</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="4" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>3623</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="3" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>3624</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="4" t="s">
-        <v>1091</v>
+        <v>1085</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>3625</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="3" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>1095</v>
+        <v>1089</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>3626</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="4" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>1098</v>
+        <v>1092</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>3627</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="3" t="s">
-        <v>1100</v>
+        <v>1094</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>1101</v>
+        <v>1095</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>3628</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="4" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>3629</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="3" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>3630</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="4" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>3631</v>
+        <v>3658</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="3" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>3632</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="4" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>3633</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="3" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>3634</v>
+        <v>3661</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="4" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>3635</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="3" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>3636</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="4" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>3637</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="3" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>3638</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="4" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>3639</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="3" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>3640</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="4" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>3641</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="3" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>3642</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="4" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>3643</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="3" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>3644</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="4" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>3645</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="3" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>3646</v>
+        <v>3673</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="4" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>3647</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="3" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>3648</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="4" t="s">
-        <v>1166</v>
+        <v>1160</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>1167</v>
+        <v>1161</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>3649</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="3" t="s">
-        <v>1169</v>
+        <v>1163</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>1170</v>
+        <v>1164</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>3650</v>
+        <v>3677</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="4" t="s">
-        <v>1214</v>
+        <v>1166</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>1215</v>
+        <v>1167</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>3651</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="3" t="s">
-        <v>1217</v>
+        <v>1169</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>1218</v>
+        <v>1170</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>3652</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="4" t="s">
-        <v>1220</v>
+        <v>1175</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>1221</v>
+        <v>1176</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>3653</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="3" t="s">
-        <v>1238</v>
+        <v>1178</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>1239</v>
+        <v>1179</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>3654</v>
+        <v>3681</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="4" t="s">
-        <v>1241</v>
+        <v>1223</v>
       </c>
       <c r="B181" s="4" t="s">
-        <v>1242</v>
+        <v>1224</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>3655</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="3" t="s">
-        <v>1244</v>
+        <v>1226</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>1245</v>
+        <v>1227</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>3656</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="4" t="s">
-        <v>118</v>
+        <v>1229</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>119</v>
+        <v>1230</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>3657</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="3" t="s">
-        <v>2256</v>
+        <v>1247</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>2257</v>
+        <v>1248</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>3658</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="4" t="s">
-        <v>3659</v>
+        <v>1250</v>
       </c>
       <c r="B185" s="4" t="s">
-        <v>3660</v>
+        <v>1251</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>3661</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="3" t="s">
-        <v>1257</v>
+        <v>1253</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>1258</v>
+        <v>1254</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>3662</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="4" t="s">
-        <v>1260</v>
+        <v>118</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>1261</v>
+        <v>119</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>3663</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="3" t="s">
-        <v>1263</v>
+        <v>2271</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>1264</v>
+        <v>2272</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>3664</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="4" t="s">
-        <v>1266</v>
+        <v>3690</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>1267</v>
+        <v>3691</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>3665</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="3" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>3666</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="4" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="B191" s="4" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>3667</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="3" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>3668</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="4" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="B193" s="4" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>3669</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="3" t="s">
-        <v>2276</v>
+        <v>1278</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>2277</v>
+        <v>1279</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>3670</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="4" t="s">
-        <v>2285</v>
+        <v>1281</v>
       </c>
       <c r="B195" s="4" t="s">
-        <v>2286</v>
+        <v>1282</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>3671</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="3" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>3672</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="4" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="B197" s="4" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>3673</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="3" t="s">
-        <v>1287</v>
+        <v>2291</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>1288</v>
+        <v>2292</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>3674</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="4" t="s">
-        <v>1293</v>
+        <v>2300</v>
       </c>
       <c r="B199" s="4" t="s">
-        <v>1294</v>
+        <v>2301</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>3675</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="3" t="s">
-        <v>1296</v>
+        <v>1290</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>1297</v>
+        <v>1291</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>3676</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="4" t="s">
-        <v>1299</v>
+        <v>1293</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>1300</v>
+        <v>1294</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>3677</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="3" t="s">
-        <v>1302</v>
+        <v>1296</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>1303</v>
+        <v>1297</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>3678</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="4" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="B203" s="4" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>3679</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="3" t="s">
-        <v>1308</v>
+        <v>1305</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>1309</v>
+        <v>1306</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>3680</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="4" t="s">
-        <v>1314</v>
+        <v>1308</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>1315</v>
+        <v>1309</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>3681</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="3" t="s">
-        <v>1317</v>
+        <v>1311</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>1318</v>
+        <v>1312</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>3682</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="4" t="s">
-        <v>1320</v>
+        <v>1314</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>1321</v>
+        <v>1315</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>3683</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="3" t="s">
-        <v>1323</v>
+        <v>1317</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>1324</v>
+        <v>1318</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>3684</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="4" t="s">
-        <v>1326</v>
+        <v>1323</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>1327</v>
+        <v>1324</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>3685</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="3" t="s">
-        <v>1329</v>
+        <v>1326</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>1330</v>
+        <v>1327</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>3686</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="4" t="s">
-        <v>1332</v>
+        <v>1329</v>
       </c>
       <c r="B211" s="4" t="s">
-        <v>1333</v>
+        <v>1330</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>3687</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="3" t="s">
-        <v>1335</v>
+        <v>1332</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>1336</v>
+        <v>1333</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>3688</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="4" t="s">
-        <v>1338</v>
+        <v>1335</v>
       </c>
       <c r="B213" s="4" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>3689</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="3" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>1342</v>
+        <v>1339</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>3690</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="4" t="s">
-        <v>1344</v>
+        <v>1341</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>1345</v>
+        <v>1342</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>3691</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="3" t="s">
-        <v>1347</v>
+        <v>1344</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>1348</v>
+        <v>1345</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>3692</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="4" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>1351</v>
+        <v>1348</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>3693</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="3" t="s">
-        <v>2315</v>
+        <v>1350</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>2316</v>
+        <v>1351</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>3694</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="4" t="s">
         <v>1353</v>
       </c>
       <c r="B219" s="4" t="s">
         <v>1354</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>3695</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="3" t="s">
-        <v>2319</v>
+        <v>1356</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>2320</v>
+        <v>1357</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>3696</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="4" t="s">
-        <v>1362</v>
+        <v>1359</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>1363</v>
+        <v>1360</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>3697</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="3" t="s">
-        <v>1365</v>
+        <v>2330</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>1366</v>
+        <v>2331</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>3698</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="4" t="s">
-        <v>1371</v>
+        <v>1362</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>1372</v>
+        <v>1363</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>3699</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="3" t="s">
-        <v>1377</v>
+        <v>2334</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>1378</v>
+        <v>2335</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>3700</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="4" t="s">
-        <v>1380</v>
+        <v>2337</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>1381</v>
+        <v>2338</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>3701</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="3" t="s">
-        <v>1383</v>
+        <v>2341</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>1384</v>
+        <v>2342</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>3702</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="4" t="s">
-        <v>1386</v>
+        <v>1371</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>1387</v>
+        <v>1372</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>3703</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="3" t="s">
-        <v>1389</v>
+        <v>1374</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>1390</v>
+        <v>1375</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>3704</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="4" t="s">
-        <v>1392</v>
+        <v>1380</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>1393</v>
+        <v>1381</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>3705</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="3" t="s">
-        <v>1395</v>
+        <v>1386</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>1396</v>
+        <v>1387</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>3706</v>
+        <v>3733</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="4" t="s">
-        <v>1398</v>
+        <v>1389</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>1399</v>
+        <v>1390</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>3707</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="3" t="s">
-        <v>1401</v>
+        <v>1392</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>1402</v>
+        <v>1393</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>3708</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="4" t="s">
-        <v>1404</v>
+        <v>1395</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>1405</v>
+        <v>1396</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>3709</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="3" t="s">
-        <v>1407</v>
+        <v>1398</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>1408</v>
+        <v>1399</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>3710</v>
+        <v>3737</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="4" t="s">
-        <v>1410</v>
+        <v>1401</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>1411</v>
+        <v>1402</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>3711</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="3" t="s">
-        <v>1413</v>
+        <v>1404</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>1414</v>
+        <v>1405</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>3712</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="4" t="s">
-        <v>1416</v>
+        <v>1407</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>1417</v>
+        <v>1408</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>3713</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="3" t="s">
-        <v>1419</v>
+        <v>1410</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>1420</v>
+        <v>1411</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>3714</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="4" t="s">
-        <v>1422</v>
+        <v>1413</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>1423</v>
+        <v>1414</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>3715</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="3" t="s">
-        <v>1428</v>
+        <v>1416</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>1429</v>
+        <v>1417</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>3716</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="4" t="s">
-        <v>1431</v>
+        <v>1419</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>1432</v>
+        <v>1420</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>3717</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="3" t="s">
-        <v>1434</v>
+        <v>1422</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>1435</v>
+        <v>1423</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>3718</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="4" t="s">
-        <v>1440</v>
+        <v>1425</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>1441</v>
+        <v>1426</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>3719</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="3" t="s">
-        <v>1461</v>
+        <v>1428</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>1462</v>
+        <v>1429</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>3720</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="4" t="s">
-        <v>1464</v>
+        <v>1431</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>1465</v>
+        <v>1432</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>3721</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="3" t="s">
-        <v>1467</v>
+        <v>1437</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>1468</v>
+        <v>1438</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>3722</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="4" t="s">
-        <v>1488</v>
+        <v>1440</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>1489</v>
+        <v>1441</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>3723</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="3" t="s">
-        <v>1491</v>
+        <v>1443</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>1492</v>
+        <v>1444</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>3724</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="4" t="s">
-        <v>1494</v>
+        <v>1449</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>1495</v>
+        <v>1450</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>3725</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="3" t="s">
-        <v>1497</v>
+        <v>1470</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>1498</v>
+        <v>1471</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>3726</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="4" t="s">
-        <v>1500</v>
+        <v>1473</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>1501</v>
+        <v>1474</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>3727</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="3" t="s">
-        <v>1503</v>
+        <v>1476</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>1504</v>
+        <v>1477</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>3728</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="4" t="s">
-        <v>2466</v>
+        <v>1497</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>2467</v>
+        <v>1498</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>3729</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="3" t="s">
-        <v>1509</v>
+        <v>1500</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>1510</v>
+        <v>1501</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>3730</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="4" t="s">
-        <v>1512</v>
+        <v>1503</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>1513</v>
+        <v>1504</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>3731</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="3" t="s">
-        <v>1515</v>
+        <v>1506</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>1516</v>
+        <v>1507</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>3732</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="4" t="s">
-        <v>1518</v>
+        <v>1509</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>1519</v>
+        <v>1510</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>3733</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="3" t="s">
-        <v>1521</v>
+        <v>1512</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>1522</v>
+        <v>1513</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>3734</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="4" t="s">
-        <v>1524</v>
+        <v>2487</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>1525</v>
+        <v>2488</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>3735</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="3" t="s">
-        <v>1527</v>
+        <v>1518</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>1528</v>
+        <v>1519</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>3736</v>
+        <v>3763</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="4" t="s">
-        <v>1530</v>
+        <v>1521</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>1531</v>
+        <v>1522</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>3737</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="3" t="s">
-        <v>1533</v>
+        <v>1524</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>1534</v>
+        <v>1525</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>3738</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="4" t="s">
-        <v>1536</v>
+        <v>1527</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>1537</v>
+        <v>1528</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>3739</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="3" t="s">
-        <v>1539</v>
+        <v>1530</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>1540</v>
+        <v>1531</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>3740</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="4" t="s">
-        <v>1542</v>
+        <v>1533</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>1543</v>
+        <v>1534</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>3741</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="3" t="s">
-        <v>1545</v>
+        <v>1536</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>1546</v>
+        <v>1537</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>3742</v>
+        <v>3769</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="4" t="s">
-        <v>1548</v>
+        <v>1539</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>1549</v>
+        <v>1540</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>3743</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="3" t="s">
-        <v>1551</v>
+        <v>1542</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>1552</v>
+        <v>1543</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>3744</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="4" t="s">
-        <v>1554</v>
+        <v>1545</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>1555</v>
+        <v>1546</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>3745</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="3" t="s">
-        <v>1557</v>
+        <v>1548</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>1558</v>
+        <v>1549</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>3746</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="4" t="s">
-        <v>1560</v>
+        <v>1551</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>1561</v>
+        <v>1552</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>3747</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="3" t="s">
-        <v>1563</v>
+        <v>1554</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>1564</v>
+        <v>1555</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>3748</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="4" t="s">
-        <v>1566</v>
+        <v>1557</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>1567</v>
+        <v>1558</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>3749</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="3" t="s">
-        <v>1569</v>
+        <v>1560</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>1570</v>
+        <v>1561</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>3750</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="4" t="s">
-        <v>1572</v>
+        <v>1563</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>1573</v>
+        <v>1564</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>3751</v>
+        <v>3778</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="3" t="s">
-        <v>1575</v>
+        <v>1566</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>1576</v>
+        <v>1567</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>3752</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="4" t="s">
-        <v>1578</v>
+        <v>1569</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>1579</v>
+        <v>1570</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>3753</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="3" t="s">
-        <v>1581</v>
+        <v>1572</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>1582</v>
+        <v>1573</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>3754</v>
+        <v>3781</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="4" t="s">
-        <v>1584</v>
+        <v>1575</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>1585</v>
+        <v>1576</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>3755</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="3" t="s">
-        <v>1587</v>
+        <v>1578</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>1588</v>
+        <v>1579</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>3756</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="4" t="s">
-        <v>1590</v>
+        <v>1581</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>1591</v>
+        <v>1582</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>3757</v>
+        <v>3784</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="3" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>1594</v>
+        <v>1585</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>3758</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="4" t="s">
-        <v>220</v>
+        <v>1587</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>221</v>
+        <v>1588</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>3759</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="3" t="s">
-        <v>1603</v>
+        <v>1590</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>1604</v>
+        <v>1591</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>3760</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="4" t="s">
-        <v>1606</v>
+        <v>1593</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>1607</v>
+        <v>1594</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>3761</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="3" t="s">
-        <v>1609</v>
+        <v>1596</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>1610</v>
+        <v>1597</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>3762</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="4" t="s">
-        <v>1612</v>
+        <v>1599</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>1613</v>
+        <v>1600</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>3763</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="3" t="s">
-        <v>1615</v>
+        <v>1602</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>1616</v>
+        <v>1603</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>3764</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="4" t="s">
-        <v>1618</v>
+        <v>3792</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>1619</v>
+        <v>3793</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>3765</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="3" t="s">
-        <v>1621</v>
+        <v>220</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>1622</v>
+        <v>221</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>3766</v>
+        <v>3795</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="4" t="s">
-        <v>1624</v>
+        <v>1612</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>1625</v>
+        <v>1613</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>3767</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="3" t="s">
-        <v>1627</v>
+        <v>1615</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>1628</v>
+        <v>1616</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>3768</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="4" t="s">
-        <v>1630</v>
+        <v>1618</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>1631</v>
+        <v>1619</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>3769</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="3" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>1634</v>
+        <v>1622</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>3770</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="4" t="s">
-        <v>1636</v>
+        <v>1624</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>1637</v>
+        <v>1625</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>3771</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="3" t="s">
-        <v>1639</v>
+        <v>1627</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>1640</v>
+        <v>1628</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>3772</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="4" t="s">
-        <v>1642</v>
+        <v>1630</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>1643</v>
+        <v>1631</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>3773</v>
+        <v>3802</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="3" t="s">
-        <v>1645</v>
+        <v>1633</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>1646</v>
+        <v>1634</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>3774</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="4" t="s">
-        <v>1648</v>
+        <v>1636</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>1649</v>
+        <v>1637</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>3775</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="3" t="s">
-        <v>1651</v>
+        <v>1639</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>1652</v>
+        <v>1640</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>3776</v>
+        <v>3805</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="4" t="s">
-        <v>1654</v>
+        <v>1642</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>1655</v>
+        <v>1643</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>3777</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="3" t="s">
-        <v>1657</v>
+        <v>1645</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>1658</v>
+        <v>1646</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>3778</v>
+        <v>3807</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="4" t="s">
-        <v>1660</v>
+        <v>1648</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>1661</v>
+        <v>1649</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>3779</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="3" t="s">
-        <v>1663</v>
+        <v>1651</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>1664</v>
+        <v>1652</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>3780</v>
+        <v>3809</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="4" t="s">
-        <v>1666</v>
+        <v>1654</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>1667</v>
+        <v>1655</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>3781</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="3" t="s">
-        <v>1669</v>
+        <v>1657</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>1670</v>
+        <v>1658</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>3782</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="4" t="s">
-        <v>1672</v>
+        <v>1660</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>1673</v>
+        <v>1661</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>3783</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="3" t="s">
-        <v>1675</v>
+        <v>1663</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>1676</v>
+        <v>1664</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>3784</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="4" t="s">
-        <v>1678</v>
+        <v>1666</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>1679</v>
+        <v>1667</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>3785</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="3" t="s">
-        <v>1681</v>
+        <v>1669</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>1682</v>
+        <v>1670</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>3786</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="4" t="s">
-        <v>1690</v>
+        <v>1672</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>1691</v>
+        <v>1673</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>3787</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="3" t="s">
-        <v>1693</v>
+        <v>1675</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>1694</v>
+        <v>1676</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>3788</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="4" t="s">
-        <v>1696</v>
+        <v>1678</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>1697</v>
+        <v>1679</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>3789</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="3" t="s">
-        <v>1699</v>
+        <v>1681</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>1700</v>
+        <v>1682</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>3790</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="4" t="s">
-        <v>1702</v>
+        <v>1684</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>1703</v>
+        <v>1685</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>3791</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="3" t="s">
-        <v>1708</v>
+        <v>1687</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>3792</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="4" t="s">
-        <v>1711</v>
+        <v>1690</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>1712</v>
+        <v>1691</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>3793</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="3" t="s">
-        <v>2624</v>
+        <v>1699</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>2625</v>
+        <v>1700</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>3794</v>
+        <v>3823</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="4" t="s">
-        <v>1714</v>
+        <v>1702</v>
       </c>
       <c r="B319" s="4" t="s">
-        <v>1715</v>
+        <v>1703</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>3795</v>
+        <v>3824</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="3" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B320" s="3" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C320" s="3" t="s">
+        <v>3825</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="4" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B321" s="4" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C321" s="4" t="s">
+        <v>3826</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="3" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B322" s="3" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C322" s="3" t="s">
+        <v>3827</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="4" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B323" s="4" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C323" s="4" t="s">
+        <v>3828</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="3" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B324" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C324" s="3" t="s">
+        <v>3829</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="4" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B325" s="4" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C325" s="4" t="s">
+        <v>3830</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="3" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B326" s="3" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C326" s="3" t="s">
+        <v>3831</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>Company | Metrics</vt:lpstr>