--- v2 (2026-01-26)
+++ v3 (2026-02-16)
@@ -40,51 +40,51 @@
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Company | Metrics" sheetId="1" r:id="rId1"/>
     <sheet name="Company | Info" sheetId="2" r:id="rId2"/>
     <sheet name="Model Portfolio | Metrics" sheetId="3" r:id="rId3"/>
     <sheet name="Model Portfolio | Info" sheetId="4" r:id="rId4"/>
     <sheet name="ETF &amp; CEF | Metrics" sheetId="5" r:id="rId5"/>
     <sheet name="ETF &amp; CEF | Info" sheetId="6" r:id="rId6"/>
     <sheet name="Mutual Fund | Metrics" sheetId="7" r:id="rId7"/>
     <sheet name="Mutual Fund | Info" sheetId="8" r:id="rId8"/>
     <sheet name="Separate Account | Metrics" sheetId="9" r:id="rId9"/>
     <sheet name="Separate Account | Info" sheetId="10" r:id="rId10"/>
     <sheet name="Custom Security | Metrics" sheetId="11" r:id="rId11"/>
     <sheet name="Custom Security | Info" sheetId="12" r:id="rId12"/>
     <sheet name="Macroeconomic | Metrics" sheetId="13" r:id="rId13"/>
     <sheet name="YCS Parameter Options" sheetId="14" r:id="rId14"/>
     <sheet name="Macroeconomic | Info" sheetId="15" r:id="rId15"/>
     <sheet name="User Info" sheetId="16" r:id="rId16"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8211" uniqueCount="4202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8221" uniqueCount="4204">
   <si>
     <t>YCharts Excel Add-In Company Metrics</t>
   </si>
   <si>
     <t>Metric Name</t>
   </si>
   <si>
     <t>Financial Statement</t>
   </si>
   <si>
     <t>Metric Code</t>
   </si>
   <si>
     <t>Syntax</t>
   </si>
   <si>
     <t>Forward Estimate Available</t>
   </si>
   <si>
     <t>1 Year Total Returns (Daily)</t>
   </si>
   <si>
     <t>one_year_total_return</t>
   </si>
   <si>
@@ -5052,54 +5052,54 @@
   <si>
     <t>YCP("P:1234","united_kingdom_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>United Kingdom Region Total Exposure</t>
   </si>
   <si>
     <t>united_kingdom_region_total_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","united_kingdom_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>United Kingdom Total Exposure</t>
   </si>
   <si>
     <t>united_kingdom_total_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","united_kingdom_total_exposure_generic")</t>
   </si>
   <si>
     <t>United States Bond Exposure</t>
   </si>
   <si>
-    <t>united_states_bond_exposure_generic</t>
-[...2 lines deleted...]
-    <t>YCP("P:1234","united_states_bond_exposure_generic")</t>
+    <t>united_states_region_bond_exposure_generic</t>
+  </si>
+  <si>
+    <t>YCP("P:1234","united_states_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>United States Equity Exposure</t>
   </si>
   <si>
     <t>united_states_equity_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","united_states_equity_exposure_generic")</t>
   </si>
   <si>
     <t>United States Total Exposure</t>
   </si>
   <si>
     <t>united_states_region_total_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","united_states_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>Utilities Exposure</t>
   </si>
   <si>
     <t>utilities_exposure_generic</t>
   </si>
@@ -7788,51 +7788,51 @@
   <si>
     <t>YCP("SPXU","united_arab_emirates_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_arab_emirates_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_total_exposure_generic")</t>
   </si>
   <si>
-    <t>YCP("SPXU","united_states_bond_exposure_generic")</t>
+    <t>YCP("SPXU","united_states_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_states_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_states_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>Upside (vs Peer Group) (10Y)</t>
   </si>
   <si>
     <t>upside_10y_vs_pg</t>
   </si>
   <si>
     <t>YCP("SPXU","upside_10y_vs_pg")</t>
   </si>
   <si>
     <t>Upside (vs Peer Group) (15Y)</t>
   </si>
   <si>
     <t>upside_15y_vs_pg</t>
   </si>
   <si>
     <t>YCP("SPXU","upside_15y_vs_pg")</t>
   </si>
@@ -8214,50 +8214,62 @@
   <si>
     <t>Exchange Traded Share</t>
   </si>
   <si>
     <t>exchange_traded_share_generic</t>
   </si>
   <si>
     <t>Is the fund an exchange traded share?</t>
   </si>
   <si>
     <t>YCI("SPY", "exchange_traded_share_generic")</t>
   </si>
   <si>
     <t>Fixed Distribution Fund</t>
   </si>
   <si>
     <t>fixed_distribution_generic</t>
   </si>
   <si>
     <t>Does the fund have fixed distributions?</t>
   </si>
   <si>
     <t>YCI("SPY", "fixed_distribution_generic")</t>
   </si>
   <si>
+    <t>Fixed Income Style</t>
+  </si>
+  <si>
+    <t>fixed_income_style_generic</t>
+  </si>
+  <si>
+    <t>The overall style of fixed income securities held by the fund.</t>
+  </si>
+  <si>
+    <t>YCI("SPY", "fixed_income_style_generic")</t>
+  </si>
+  <si>
     <t>Fund Family</t>
   </si>
   <si>
     <t>fund_family</t>
   </si>
   <si>
     <t>The fund’s family</t>
   </si>
   <si>
     <t>YCI("SPY", "fund_family")</t>
   </si>
   <si>
     <t>Fund of Funds</t>
   </si>
   <si>
     <t>fund_of_funds_generic</t>
   </si>
   <si>
     <t>Is the fund a fund of funds?</t>
   </si>
   <si>
     <t>YCI("SPY", "fund_of_funds_generic")</t>
   </si>
   <si>
     <t>Fund Size Held by Primary</t>
@@ -10149,51 +10161,51 @@
   <si>
     <t>YCP("M:AWSHX","united_arab_emirates_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_arab_emirates_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_total_exposure_generic")</t>
   </si>
   <si>
-    <t>YCP("M:AWSHX","united_states_bond_exposure_generic")</t>
+    <t>YCP("M:AWSHX","united_states_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_states_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_states_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_10y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_15y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_1y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_20y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_3y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_5y_vs_pg")</t>
   </si>
@@ -10359,50 +10371,53 @@
   <si>
     <t>YCI("M:AWSHX", "dividends")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "domestic_dividends")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "earliest_performance_date")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "equity_style_internal")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "equity_style_lipper")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "exchange_traded_note_generic")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "exchange_traded_share_generic")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "fixed_distribution_generic")</t>
   </si>
   <si>
+    <t>YCI("M:AWSHX", "fixed_income_style_generic")</t>
+  </si>
+  <si>
     <t>YCI("M:AWSHX", "foreign_dividends")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "fund_family")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "fund_of_funds_generic")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "fund_size_held_by_primary")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "global_macro_name")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "global_peer_group_name")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "high_net_worth_generic")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "holdings")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "holdings_weight")</t>
@@ -11487,51 +11502,51 @@
   <si>
     <t>YCP("S:0P0000JCML","united_arab_emirates_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_arab_emirates_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_total_exposure_generic")</t>
   </si>
   <si>
-    <t>YCP("S:0P0000JCML","united_states_bond_exposure_generic")</t>
+    <t>YCP("S:0P0000JCML","united_states_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_states_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_states_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","utilities_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","venezuela_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","venezuela_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","venezuela_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","weighted_average_debt_to_capital_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","average_market_cap_generic")</t>
   </si>
@@ -11646,59 +11661,50 @@
   <si>
     <t>YCI("S:0P0000JCML", "detailed_security_type")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "display_security_id")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "earliest_performance_date")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "equity_style_internal")</t>
   </si>
   <si>
     <t>Fee Negotiable</t>
   </si>
   <si>
     <t>fee_negotiable_generic</t>
   </si>
   <si>
     <t>Is the fund’s fee negotiable?</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "fee_negotiable_generic")</t>
   </si>
   <si>
-    <t>Fixed Income Style</t>
-[...7 lines deleted...]
-  <si>
     <t>YCI("S:0P0000JCML", "fixed_income_style_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "fund_family")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "fund_of_funds_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "holdings")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "inception_date_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "incorporation_country")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "incorporation_country_code")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "index_fund_generic")</t>
   </si>
   <si>
     <t>YCI("S:0P0000JCML", "inverse_fund_generic")</t>
@@ -12261,72 +12267,72 @@
   <si>
     <t>quarterly_dec</t>
   </si>
   <si>
     <t>quarterly_nov</t>
   </si>
   <si>
     <t>quarterly_oct</t>
   </si>
   <si>
     <t>market_quarterly</t>
   </si>
   <si>
     <t>yearly</t>
   </si>
   <si>
     <t>semi_yearly</t>
   </si>
   <si>
     <t>market_yearly</t>
   </si>
   <si>
     <t>resample_function</t>
   </si>
   <si>
+    <t>median</t>
+  </si>
+  <si>
+    <t>last</t>
+  </si>
+  <si>
+    <t>sum</t>
+  </si>
+  <si>
+    <t>max</t>
+  </si>
+  <si>
+    <t>min</t>
+  </si>
+  <si>
+    <t>first</t>
+  </si>
+  <si>
+    <t>mean</t>
+  </si>
+  <si>
     <t>std</t>
-  </si>
-[...19 lines deleted...]
-    <t>median</t>
   </si>
   <si>
     <t>fill_method</t>
   </si>
   <si>
     <t>backward</t>
   </si>
   <si>
     <t>forward</t>
   </si>
   <si>
     <t>no_fill</t>
   </si>
   <si>
     <t>aggregate_function</t>
   </si>
   <si>
     <t>pct_change</t>
   </si>
   <si>
     <t>YCharts Excel Add-In Macroeconomic Info</t>
   </si>
   <si>
     <t>Adjustment Type</t>
   </si>
@@ -14130,3897 +14136,3897 @@
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E68"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3832</v>
+        <v>3837</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>3833</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>3834</v>
+        <v>3839</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
         <v>2655</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>2656</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>2657</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>3835</v>
+        <v>3840</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>2663</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>2664</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>2665</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>3836</v>
+        <v>3841</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>3837</v>
+        <v>3842</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>3838</v>
+        <v>3843</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>3839</v>
+        <v>3844</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>3840</v>
+        <v>3845</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
-        <v>3841</v>
+        <v>3846</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>3842</v>
+        <v>3847</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>3843</v>
+        <v>3848</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>3844</v>
+        <v>3849</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>2667</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>2668</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>2669</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>3845</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>238</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>239</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>240</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>3846</v>
+        <v>3851</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>3847</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>246</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>247</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>3848</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>252</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>3849</v>
+        <v>3854</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>254</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>255</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>256</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>3850</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>3851</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>262</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>263</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>264</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>3852</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>268</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>3853</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>2679</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>2680</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>2681</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>3854</v>
+        <v>3859</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
         <v>2683</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>2684</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>2685</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>3855</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>2687</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>2688</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>2689</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>3856</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>3857</v>
+        <v>3862</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>2696</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>2697</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>2698</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>3858</v>
+        <v>3863</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>284</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>3859</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>3860</v>
+        <v>3865</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>3861</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>3862</v>
+        <v>3867</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>3863</v>
+        <v>3868</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
-        <v>3864</v>
+        <v>3869</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>3865</v>
+        <v>3870</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>3866</v>
+        <v>3871</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>3867</v>
+        <v>3872</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
-        <v>3868</v>
+        <v>2724</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>3869</v>
+        <v>2725</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>3870</v>
+        <v>2726</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>3871</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
-        <v>2724</v>
+        <v>2728</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>2725</v>
+        <v>2729</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>2726</v>
+        <v>2730</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>3872</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
-        <v>2728</v>
+        <v>2732</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>2729</v>
+        <v>2733</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>2730</v>
+        <v>2734</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>3873</v>
+        <v>3875</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
-        <v>2748</v>
+        <v>2752</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>2749</v>
+        <v>2753</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>488</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>2750</v>
+        <v>2754</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>3874</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
-        <v>2755</v>
+        <v>2759</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>2756</v>
+        <v>2760</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>2757</v>
+        <v>2761</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>3875</v>
+        <v>3877</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
         <v>367</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>368</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>369</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>3876</v>
+        <v>3878</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>373</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>3877</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
-        <v>2761</v>
+        <v>2765</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>2762</v>
+        <v>2766</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>2763</v>
+        <v>2767</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>3878</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
-        <v>2765</v>
+        <v>2769</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>2766</v>
+        <v>2770</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>2767</v>
+        <v>2771</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>3879</v>
+        <v>3881</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
-        <v>2769</v>
+        <v>2773</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>2770</v>
+        <v>2774</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>2771</v>
+        <v>2775</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>3880</v>
+        <v>3882</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>404</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>3881</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
-        <v>2777</v>
+        <v>2781</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>2778</v>
+        <v>2782</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>2779</v>
+        <v>2783</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>3882</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>425</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>3883</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
-        <v>2786</v>
+        <v>2790</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>2787</v>
+        <v>2791</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>2788</v>
+        <v>2792</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>3884</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="3" t="s">
-        <v>2790</v>
+        <v>2794</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>2791</v>
+        <v>2795</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>2792</v>
+        <v>2796</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>3885</v>
+        <v>3887</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
-        <v>2795</v>
+        <v>2799</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>2796</v>
+        <v>2800</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>2797</v>
+        <v>2801</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>3886</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
-        <v>2807</v>
+        <v>2811</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>2808</v>
+        <v>2812</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>2809</v>
+        <v>2813</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>3887</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="4" t="s">
-        <v>2815</v>
+        <v>2819</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>2816</v>
+        <v>2820</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>2817</v>
+        <v>2821</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>3888</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="3" t="s">
-        <v>2819</v>
+        <v>2823</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>2820</v>
+        <v>2824</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>2821</v>
+        <v>2825</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>3889</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
-        <v>2827</v>
+        <v>2831</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>2828</v>
+        <v>2832</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>2829</v>
+        <v>2833</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>3890</v>
+        <v>3892</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="3" t="s">
         <v>486</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>487</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>489</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>3891</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
         <v>501</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>502</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>503</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>3892</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>507</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>3893</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
-        <v>2838</v>
+        <v>2842</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>2839</v>
+        <v>2843</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>2840</v>
+        <v>2844</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>3894</v>
+        <v>3896</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="3" t="s">
-        <v>2849</v>
+        <v>2853</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>2850</v>
+        <v>2854</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>2851</v>
+        <v>2855</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>3895</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
         <v>532</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>533</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>488</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>534</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>3896</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>538</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>3897</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="4" t="s">
         <v>540</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>541</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>542</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>3898</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>546</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>3899</v>
+        <v>3901</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="4" t="s">
         <v>548</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>549</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>550</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>3900</v>
+        <v>3902</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>554</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>3901</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="4" t="s">
         <v>556</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>557</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>558</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>3902</v>
+        <v>3904</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="3" t="s">
         <v>560</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>562</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>3903</v>
+        <v>3905</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="4" t="s">
         <v>564</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>565</v>
       </c>
       <c r="C63" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>566</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>3904</v>
+        <v>3906</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="3" t="s">
-        <v>2862</v>
+        <v>2866</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>2863</v>
+        <v>2867</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>2864</v>
+        <v>2868</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>3905</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="4" t="s">
-        <v>2866</v>
+        <v>2870</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>2867</v>
+        <v>2871</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>2864</v>
+        <v>2868</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>3906</v>
+        <v>3908</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="3" t="s">
         <v>572</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>573</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>574</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>3907</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="4" t="s">
         <v>576</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>577</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>578</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>3908</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="3" t="s">
         <v>580</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>581</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>582</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>3909</v>
+        <v>3911</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C83"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
-        <v>3910</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>3911</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4" t="s">
         <v>613</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>614</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>3912</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>3913</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4" t="s">
         <v>619</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>620</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>3914</v>
+        <v>3916</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>3915</v>
+        <v>3917</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>643</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>644</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>3916</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>3917</v>
+        <v>3919</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4" t="s">
         <v>694</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>695</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>3918</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>3919</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="4" t="s">
         <v>715</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>716</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>3920</v>
+        <v>3922</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>743</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>3921</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="4" t="s">
         <v>745</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>746</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>3922</v>
+        <v>3924</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="3" t="s">
         <v>748</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>749</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>3923</v>
+        <v>3925</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="4" t="s">
         <v>754</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>755</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>3924</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="3" t="s">
         <v>766</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>767</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>3925</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="4" t="s">
         <v>769</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>770</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>3926</v>
+        <v>3928</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="3" t="s">
         <v>772</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>773</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>3927</v>
+        <v>3929</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="4" t="s">
         <v>802</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>803</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>3928</v>
+        <v>3930</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
         <v>808</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>809</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>3929</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="4" t="s">
         <v>811</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>812</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>3930</v>
+        <v>3932</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
         <v>814</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>815</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>3931</v>
+        <v>3933</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="4" t="s">
         <v>847</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>848</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>3932</v>
+        <v>3934</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
         <v>850</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>851</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>3933</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="4" t="s">
         <v>853</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>854</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>3934</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="3" t="s">
         <v>859</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>860</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>3935</v>
+        <v>3937</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="4" t="s">
         <v>865</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>866</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>3936</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="3" t="s">
         <v>871</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>872</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>3937</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="4" t="s">
         <v>883</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>884</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>3938</v>
+        <v>3940</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>3939</v>
+        <v>3941</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="4" t="s">
         <v>950</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>951</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>3940</v>
+        <v>3942</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
         <v>959</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>960</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>3941</v>
+        <v>3943</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="4" t="s">
         <v>968</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>969</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>3942</v>
+        <v>3944</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="3" t="s">
         <v>977</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>978</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>3943</v>
+        <v>3945</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="4" t="s">
         <v>986</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>987</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>3944</v>
+        <v>3946</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
         <v>989</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>990</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>3945</v>
+        <v>3947</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4" t="s">
         <v>1022</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>1023</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>3946</v>
+        <v>3948</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>1035</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>3947</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4" t="s">
         <v>1043</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>1044</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>3948</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>1062</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>3949</v>
+        <v>3951</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4" t="s">
         <v>1064</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>1065</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>3950</v>
+        <v>3952</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
         <v>1094</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>1095</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>3951</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4" t="s">
         <v>1097</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>1098</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>3952</v>
+        <v>3954</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
         <v>1100</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>1101</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>3953</v>
+        <v>3955</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4" t="s">
         <v>1103</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>1104</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>3954</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
         <v>1106</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>1107</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>3955</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4" t="s">
         <v>1157</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>1158</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>3956</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
         <v>1175</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>1176</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>3957</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4" t="s">
         <v>1178</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>1179</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>3958</v>
+        <v>3960</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
         <v>1229</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>1230</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>3959</v>
+        <v>3961</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4" t="s">
         <v>1235</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>1236</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>3960</v>
+        <v>3962</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
         <v>1244</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>1245</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>3961</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>119</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>3962</v>
+        <v>3964</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
         <v>1266</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>1267</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>3963</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4" t="s">
         <v>1278</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>1279</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>3964</v>
+        <v>3966</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
         <v>1287</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>3965</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4" t="s">
         <v>1293</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>1294</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>3966</v>
+        <v>3968</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
         <v>1296</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>1297</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>3967</v>
+        <v>3969</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4" t="s">
         <v>1332</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>1333</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>3968</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>1348</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>3969</v>
+        <v>3971</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4" t="s">
         <v>1350</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>1351</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>3970</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
         <v>1353</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>1354</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>3971</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4" t="s">
         <v>1356</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>1357</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>3972</v>
+        <v>3974</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
         <v>1374</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>1375</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>3973</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4" t="s">
         <v>1380</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>1381</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>3974</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
         <v>1431</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>1432</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>3975</v>
+        <v>3977</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4" t="s">
         <v>1449</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>1450</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>3976</v>
+        <v>3978</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
         <v>1506</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>1507</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>3977</v>
+        <v>3979</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
         <v>1509</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>1510</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>3978</v>
+        <v>3980</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
         <v>1512</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>1513</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>3979</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4" t="s">
         <v>1515</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>1516</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>3980</v>
+        <v>3982</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
         <v>1527</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>1528</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>3981</v>
+        <v>3983</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4" t="s">
         <v>1530</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>1531</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>3982</v>
+        <v>3984</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
         <v>1560</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>1561</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>3983</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4" t="s">
         <v>1563</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>1564</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>3984</v>
+        <v>3986</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
         <v>1593</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>1594</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>3985</v>
+        <v>3987</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4" t="s">
         <v>220</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>221</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>3986</v>
+        <v>3988</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
         <v>1624</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>1625</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>3987</v>
+        <v>3989</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4" t="s">
         <v>1627</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>1628</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>3988</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
         <v>1675</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>1676</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>3989</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4" t="s">
         <v>1678</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>1679</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>3990</v>
+        <v>3992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E37"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3991</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>3992</v>
+        <v>3994</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>3993</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>3994</v>
+        <v>3996</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>3995</v>
+        <v>3997</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>3996</v>
+        <v>3998</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>3997</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>1736</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>1737</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>1738</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>3998</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>3999</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>242</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>243</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>244</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>4000</v>
+        <v>4002</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>4001</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>250</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>251</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>252</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>4002</v>
+        <v>4004</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>4003</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>258</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>259</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>260</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>4004</v>
+        <v>4006</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>4005</v>
+        <v>4007</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>266</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>267</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>268</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>4006</v>
+        <v>4008</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>300</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>4007</v>
+        <v>4009</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>4008</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>4009</v>
+        <v>4011</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>4010</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>425</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>4011</v>
+        <v>4013</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
-        <v>4012</v>
+        <v>4014</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>4013</v>
+        <v>4015</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>4014</v>
+        <v>4016</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>4015</v>
+        <v>4017</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>503</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>4016</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>505</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>506</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>507</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>4017</v>
+        <v>4019</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
         <v>1790</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>1791</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>1792</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>4018</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
         <v>1794</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>1795</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>1796</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>4019</v>
+        <v>4021</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>534</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>4020</v>
+        <v>4022</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>536</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>537</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>538</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>4021</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>542</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>4022</v>
+        <v>4024</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
         <v>544</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>545</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>546</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>4023</v>
+        <v>4025</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>550</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>4024</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
         <v>552</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>553</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>554</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>4025</v>
+        <v>4027</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>558</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>4026</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>560</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>561</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>562</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>4027</v>
+        <v>4029</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>565</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>566</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>4028</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
         <v>572</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>573</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>574</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>4029</v>
+        <v>4031</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>577</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>578</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>4030</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
         <v>580</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>581</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>582</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>4031</v>
+        <v>4033</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.7109375" customWidth="1"/>
     <col min="2" max="2" width="43.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>4032</v>
+        <v>4034</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
-        <v>4033</v>
+        <v>4035</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4034</v>
+        <v>4036</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="s">
-        <v>4035</v>
+        <v>4037</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B54"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="65.7109375" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
-        <v>4036</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="2" t="s">
-        <v>4037</v>
+        <v>4039</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>4038</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="3" t="s">
-        <v>4039</v>
+        <v>4041</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4040</v>
+        <v>4042</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="4" t="s">
-        <v>4041</v>
+        <v>4043</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>4040</v>
+        <v>4042</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>4043</v>
+        <v>4045</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>4044</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>4045</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>4046</v>
+        <v>4048</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>4047</v>
+        <v>4049</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>4048</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>4049</v>
+        <v>4051</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>4050</v>
+        <v>4052</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>4051</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>4052</v>
+        <v>4054</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>4053</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>4054</v>
+        <v>4056</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>4055</v>
+        <v>4057</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>4056</v>
+        <v>4058</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>4057</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>4058</v>
+        <v>4060</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>4059</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>4060</v>
+        <v>4062</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>4061</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>4062</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>4063</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>4064</v>
+        <v>4066</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>4065</v>
+        <v>4067</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>4066</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>4067</v>
+        <v>4069</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>4068</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>4069</v>
+        <v>4071</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" s="4" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>4070</v>
+        <v>4072</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>4071</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" s="4" t="s">
-        <v>4072</v>
+        <v>4074</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>4073</v>
+        <v>4075</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" s="3" t="s">
-        <v>4072</v>
+        <v>4074</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>4074</v>
+        <v>4076</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" s="4" t="s">
-        <v>4072</v>
+        <v>4074</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>4075</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" s="3" t="s">
-        <v>4072</v>
+        <v>4074</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>4076</v>
+        <v>4078</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" s="4" t="s">
-        <v>4072</v>
+        <v>4074</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>4077</v>
+        <v>4079</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" s="3" t="s">
-        <v>4072</v>
+        <v>4074</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>4078</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" s="4" t="s">
-        <v>4072</v>
+        <v>4074</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>4079</v>
+        <v>4081</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" s="3" t="s">
-        <v>4072</v>
+        <v>4074</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>4080</v>
+        <v>4082</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" s="4" t="s">
-        <v>4081</v>
+        <v>4083</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>4082</v>
+        <v>4084</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" s="3" t="s">
-        <v>4081</v>
+        <v>4083</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>4083</v>
+        <v>4085</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" s="4" t="s">
-        <v>4081</v>
+        <v>4083</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>4084</v>
+        <v>4086</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" s="3" t="s">
-        <v>4085</v>
+        <v>4087</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>4073</v>
+        <v>4075</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" s="4" t="s">
-        <v>4085</v>
+        <v>4087</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>4074</v>
+        <v>4076</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" s="3" t="s">
-        <v>4085</v>
+        <v>4087</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>4075</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" s="4" t="s">
-        <v>4085</v>
+        <v>4087</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>4076</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" s="3" t="s">
-        <v>4085</v>
+        <v>4087</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>4077</v>
+        <v>4078</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" s="4" t="s">
-        <v>4085</v>
+        <v>4087</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>4078</v>
+        <v>4079</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" s="3" t="s">
-        <v>4085</v>
+        <v>4087</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>4079</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" s="4" t="s">
-        <v>4085</v>
+        <v>4087</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>4086</v>
+        <v>4081</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" s="3" t="s">
-        <v>4085</v>
+        <v>4087</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>4080</v>
+        <v>4082</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E33"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>4087</v>
+        <v>4089</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
-        <v>4088</v>
+        <v>4090</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4089</v>
+        <v>4091</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>4090</v>
+        <v>4092</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>4091</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
-        <v>4092</v>
+        <v>4094</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>4093</v>
+        <v>4095</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>4094</v>
+        <v>4096</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>4095</v>
+        <v>4097</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>4096</v>
+        <v>4098</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>4097</v>
+        <v>4099</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>4098</v>
+        <v>4100</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>4099</v>
+        <v>4101</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>278</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>279</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>280</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>4100</v>
+        <v>4102</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>4101</v>
+        <v>4103</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>4102</v>
+        <v>4104</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>4103</v>
+        <v>4105</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>4104</v>
+        <v>4106</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>4105</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>4106</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>4107</v>
+        <v>4109</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
-        <v>4108</v>
+        <v>4110</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>4109</v>
+        <v>4111</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>4110</v>
+        <v>4112</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>4111</v>
+        <v>4113</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>4112</v>
+        <v>4114</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
-        <v>4113</v>
+        <v>4115</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>4114</v>
+        <v>4116</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>4110</v>
+        <v>4112</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>4115</v>
+        <v>4117</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>4116</v>
+        <v>4118</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
-        <v>4117</v>
+        <v>4119</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>4118</v>
+        <v>4120</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>4119</v>
+        <v>4121</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>4120</v>
+        <v>4122</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
-        <v>4121</v>
+        <v>4123</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>4122</v>
+        <v>4124</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>4123</v>
+        <v>4125</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>4124</v>
+        <v>4126</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
-        <v>4125</v>
+        <v>4127</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>4126</v>
+        <v>4128</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D16" s="3" t="s">
-        <v>4127</v>
+        <v>4129</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>4128</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
-        <v>4129</v>
+        <v>4131</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>4130</v>
+        <v>4132</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>4131</v>
+        <v>4133</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>4132</v>
+        <v>4134</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
-        <v>4133</v>
+        <v>4135</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>4134</v>
+        <v>4136</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>4135</v>
+        <v>4137</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>4136</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
-        <v>4108</v>
+        <v>4110</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>4137</v>
+        <v>4139</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>4110</v>
+        <v>4112</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>4138</v>
+        <v>4140</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>4139</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
-        <v>4140</v>
+        <v>4142</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>4141</v>
+        <v>4143</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>4142</v>
+        <v>4144</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>4143</v>
+        <v>4145</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>423</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>424</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>425</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>4144</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
-        <v>4113</v>
+        <v>4115</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>4145</v>
+        <v>4147</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>4110</v>
+        <v>4112</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>4146</v>
+        <v>4148</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>4147</v>
+        <v>4149</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>4148</v>
+        <v>4150</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>4149</v>
+        <v>4151</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>4150</v>
+        <v>4152</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>4151</v>
+        <v>4153</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
-        <v>4152</v>
+        <v>4154</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>4153</v>
+        <v>4155</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>4154</v>
+        <v>4156</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>4155</v>
+        <v>4157</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
-        <v>4156</v>
+        <v>4158</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>4157</v>
+        <v>4159</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>4158</v>
+        <v>4160</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>4159</v>
+        <v>4161</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
-        <v>4160</v>
+        <v>4162</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>4161</v>
+        <v>4163</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>4162</v>
+        <v>4164</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>4163</v>
+        <v>4165</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>501</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>502</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>503</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>4164</v>
+        <v>4166</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>507</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>4165</v>
+        <v>4167</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
-        <v>4166</v>
+        <v>4168</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>4167</v>
+        <v>4169</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>4168</v>
+        <v>4170</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>4169</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
-        <v>4170</v>
+        <v>4172</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>4171</v>
+        <v>4173</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>4172</v>
+        <v>4174</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>4173</v>
+        <v>4175</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
-        <v>4174</v>
+        <v>4176</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>4175</v>
+        <v>4177</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>4176</v>
+        <v>4178</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>4177</v>
+        <v>4179</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>534</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>4178</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>572</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>573</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>574</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>4179</v>
+        <v>4181</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>4180</v>
+        <v>4182</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
-        <v>4181</v>
+        <v>4183</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4182</v>
+        <v>4184</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="s">
-        <v>4183</v>
+        <v>4185</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
-        <v>4184</v>
+        <v>4186</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>4185</v>
+        <v>4187</v>
       </c>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4" t="s">
-        <v>4186</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>4187</v>
+        <v>4189</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>4188</v>
+        <v>4190</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="s">
-        <v>4189</v>
+        <v>4191</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
-        <v>2748</v>
+        <v>2752</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>4190</v>
+        <v>4192</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4" t="s">
-        <v>4191</v>
+        <v>4193</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>4192</v>
+        <v>4194</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>4193</v>
+        <v>4195</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="s">
-        <v>4194</v>
+        <v>4196</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>486</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>487</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4" t="s">
-        <v>4195</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
-        <v>4196</v>
+        <v>4198</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>4197</v>
+        <v>4199</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="s">
-        <v>4198</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
-        <v>4199</v>
+        <v>4201</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>4200</v>
+        <v>4202</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4" t="s">
-        <v>4201</v>
+        <v>4203</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E95"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
@@ -30484,51 +30490,51 @@
       <c r="B537" s="4" t="s">
         <v>2649</v>
       </c>
       <c r="C537" s="4" t="s">
         <v>2650</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="3" t="s">
         <v>1723</v>
       </c>
       <c r="B538" s="3" t="s">
         <v>1724</v>
       </c>
       <c r="C538" s="3" t="s">
         <v>2651</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E91"/>
+  <dimension ref="A1:E92"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>2652</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
@@ -31104,472 +31110,472 @@
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
         <v>2724</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>2725</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>2726</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>2727</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
         <v>2728</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>2729</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>2730</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>2731</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
         <v>2732</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>2733</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>2734</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>2735</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
         <v>2736</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>2737</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>2738</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>2739</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
         <v>2740</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>2741</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>2742</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>2743</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="3" t="s">
         <v>2744</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>2745</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>2746</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>2747</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
         <v>2748</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>2749</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>488</v>
+        <v>288</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>2750</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>2751</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="3" t="s">
         <v>2752</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>2753</v>
       </c>
-      <c r="C44" s="3"/>
-      <c r="D44" s="3"/>
+      <c r="C44" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>2754</v>
+      </c>
       <c r="E44" s="3" t="s">
-        <v>2754</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
-        <v>2755</v>
+        <v>2756</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>2756</v>
-[...4 lines deleted...]
-      <c r="D45" s="4" t="s">
         <v>2757</v>
       </c>
+      <c r="C45" s="4"/>
+      <c r="D45" s="4"/>
       <c r="E45" s="4" t="s">
         <v>2758</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
-        <v>367</v>
+        <v>2759</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>368</v>
+        <v>2760</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>369</v>
+        <v>2761</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>2759</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="4" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>2760</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="3" t="s">
-        <v>2761</v>
+        <v>371</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>2762</v>
+        <v>372</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>2763</v>
+        <v>373</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>2764</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
         <v>2765</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>2766</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>2767</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>2768</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="3" t="s">
         <v>2769</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>2770</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>2771</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>2772</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
-        <v>402</v>
+        <v>2773</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>403</v>
+        <v>2774</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>404</v>
+        <v>2775</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>2773</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="3" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>231</v>
+        <v>288</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>2774</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>2775</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="3" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>420</v>
+        <v>231</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>2776</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
-        <v>2777</v>
+        <v>418</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>2778</v>
+        <v>419</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>231</v>
+        <v>420</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>2779</v>
+        <v>421</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>2780</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="3" t="s">
-        <v>423</v>
+        <v>2781</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>424</v>
+        <v>2782</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>425</v>
+        <v>2783</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>2781</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="4" t="s">
-        <v>2782</v>
+        <v>423</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>2783</v>
+        <v>424</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>2784</v>
+        <v>425</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>2785</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="3" t="s">
         <v>2786</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>2787</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>2788</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>2789</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="4" t="s">
         <v>2790</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>2791</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>2792</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>2793</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="3" t="s">
-        <v>473</v>
+        <v>2794</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>474</v>
+        <v>2795</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>231</v>
+        <v>288</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>475</v>
+        <v>2796</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>2794</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="4" t="s">
-        <v>2795</v>
+        <v>473</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>2796</v>
+        <v>474</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>288</v>
+        <v>231</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>2797</v>
+        <v>475</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>2798</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="3" t="s">
         <v>2799</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>2800</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>231</v>
+        <v>288</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>2801</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>2802</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="4" t="s">
         <v>2803</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>2804</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>2805</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>2806</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="3" t="s">
         <v>2807</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>2808</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>2809</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>2810</v>
       </c>
     </row>
@@ -31593,11557 +31599,11591 @@
     <row r="66" spans="1:5">
       <c r="A66" s="3" t="s">
         <v>2815</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>2816</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>2817</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>2818</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="4" t="s">
         <v>2819</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>2820</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>2821</v>
       </c>
       <c r="E67" s="4" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="3" t="s">
         <v>2823</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>2824</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>2825</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>2826</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="4" t="s">
         <v>2827</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>2828</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>2829</v>
       </c>
       <c r="E69" s="4" t="s">
         <v>2830</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="3" t="s">
-        <v>486</v>
+        <v>2831</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>487</v>
+        <v>2832</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>488</v>
+        <v>275</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>489</v>
+        <v>2833</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>2831</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="4" t="s">
-        <v>501</v>
+        <v>486</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>502</v>
+        <v>487</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>275</v>
+        <v>488</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>503</v>
+        <v>489</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>2832</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="3" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>2833</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="4" t="s">
-        <v>2834</v>
+        <v>505</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>2835</v>
+        <v>506</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>2836</v>
+        <v>507</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>2837</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="3" t="s">
         <v>2838</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>2839</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>2840</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>2841</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="4" t="s">
         <v>2842</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>2843</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>2844</v>
       </c>
       <c r="E75" s="4" t="s">
         <v>2845</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="3" t="s">
-        <v>2154</v>
+        <v>2846</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>2155</v>
+        <v>2847</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>2846</v>
+        <v>275</v>
       </c>
       <c r="D76" s="3" t="s">
-        <v>2847</v>
+        <v>2848</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>2848</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="4" t="s">
-        <v>2849</v>
+        <v>2154</v>
       </c>
       <c r="B77" s="4" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C77" s="4" t="s">
         <v>2850</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>2851</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>2852</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="3" t="s">
-        <v>532</v>
+        <v>2853</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>533</v>
+        <v>2854</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>488</v>
+        <v>231</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>534</v>
+        <v>2855</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>2853</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="4" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>231</v>
+        <v>488</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>2854</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="3" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D80" s="3" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>2855</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="4" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="C81" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>2856</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="3" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D82" s="3" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>2857</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="4" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="C83" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="E83" s="4" t="s">
-        <v>2858</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="3" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>2859</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="4" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="C85" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>2860</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="3" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>2861</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="4" t="s">
-        <v>2862</v>
+        <v>564</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>2863</v>
+        <v>565</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>2864</v>
+        <v>566</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>2865</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="3" t="s">
         <v>2866</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>2867</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>2864</v>
+        <v>2868</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>2868</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="4" t="s">
-        <v>572</v>
+        <v>2870</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>573</v>
+        <v>2871</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>574</v>
+        <v>2868</v>
       </c>
       <c r="E89" s="4" t="s">
-        <v>2869</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="3" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>2870</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="4" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="C91" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D91" s="4" t="s">
+        <v>578</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5">
+      <c r="A92" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="D92" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="E91" s="4" t="s">
-        <v>2871</v>
+      <c r="E92" s="3" t="s">
+        <v>2875</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C535"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
-        <v>2872</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>1815</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>1816</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>2873</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4" t="s">
         <v>1818</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1819</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>2874</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="3" t="s">
         <v>1821</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>1822</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>2875</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4" t="s">
         <v>1824</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>1825</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>2876</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
         <v>1827</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>1828</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>2877</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>585</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>586</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>2878</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="3" t="s">
         <v>1831</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>1832</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>2879</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4" t="s">
         <v>1834</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>1835</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>2880</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>2881</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="4" t="s">
         <v>589</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>590</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>2882</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="3" t="s">
         <v>1839</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>1840</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>2883</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="4" t="s">
         <v>592</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>593</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>2884</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="3" t="s">
         <v>1843</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>1844</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>2885</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="4" t="s">
         <v>1846</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>1847</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>2886</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>596</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>2887</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="4" t="s">
         <v>1850</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>1851</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>2888</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="3" t="s">
         <v>1853</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>1854</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>2889</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="4" t="s">
         <v>1856</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>1857</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>2890</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
         <v>1859</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>1860</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>2891</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="4" t="s">
         <v>1862</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>1863</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>2892</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>599</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>2893</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="4" t="s">
         <v>1866</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>1867</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>2894</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
         <v>1869</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>1870</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>2895</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="4" t="s">
         <v>1872</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>1873</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>2896</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="3" t="s">
         <v>1875</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>1876</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>2897</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="4" t="s">
         <v>601</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>602</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>2898</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="3" t="s">
         <v>1879</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>1880</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>2899</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="4" t="s">
         <v>1882</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>1883</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>2900</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="3" t="s">
         <v>604</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>605</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>2901</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="4" t="s">
         <v>1887</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>1888</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>2902</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
         <v>1890</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>1891</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>2903</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="4" t="s">
         <v>1893</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>1894</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>2904</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="3" t="s">
         <v>607</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>608</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>2905</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="4" t="s">
         <v>1897</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>1898</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>2906</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
         <v>1900</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>1901</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>2907</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4" t="s">
         <v>610</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>611</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>2908</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
         <v>1904</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>1905</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>2909</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4" t="s">
         <v>1907</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>1908</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>2910</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
         <v>1910</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>1911</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>2911</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4" t="s">
         <v>1913</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>1914</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>2912</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
         <v>613</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>614</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>2913</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4" t="s">
         <v>616</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>617</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>2914</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
         <v>619</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>620</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>2915</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4" t="s">
         <v>622</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>623</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>2916</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
         <v>625</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>626</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>2917</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4" t="s">
         <v>1921</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>1922</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>2918</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>629</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>2919</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4" t="s">
         <v>631</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>632</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>2920</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>2921</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4" t="s">
         <v>637</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>638</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>2922</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
         <v>640</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>641</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>2923</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4" t="s">
         <v>643</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>644</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>2924</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
         <v>646</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>647</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>2925</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4" t="s">
         <v>649</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>650</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>2926</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
         <v>652</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>2927</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4" t="s">
         <v>655</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>656</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>2928</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
         <v>1934</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>1935</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>2929</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4" t="s">
         <v>1937</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>1938</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>2930</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
         <v>1940</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>1941</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>2931</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4" t="s">
         <v>1943</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>1944</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>2932</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
         <v>1946</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>1947</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>2933</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4" t="s">
         <v>1949</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>1950</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>2934</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
         <v>1952</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>1953</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>2935</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4" t="s">
         <v>658</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>659</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>2936</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
         <v>661</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>662</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>2937</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4" t="s">
         <v>664</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>665</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>2938</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
         <v>1958</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>1959</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>2939</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
         <v>1961</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>1962</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>2940</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
         <v>667</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>668</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>2941</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4" t="s">
         <v>670</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>671</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>2942</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
         <v>673</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>674</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>2943</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4" t="s">
         <v>676</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>677</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>2944</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
         <v>679</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>680</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>2945</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4" t="s">
         <v>682</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>683</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>2946</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
         <v>685</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>686</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>2947</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4" t="s">
         <v>688</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>689</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>2948</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
         <v>691</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>692</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>2949</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4" t="s">
         <v>694</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>695</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>2950</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
         <v>697</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>698</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>2951</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4" t="s">
         <v>700</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>701</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>2952</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>2953</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="4" t="s">
         <v>706</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>707</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>2954</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="3" t="s">
         <v>709</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>2955</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="4" t="s">
         <v>712</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>713</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>2956</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="3" t="s">
         <v>715</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>716</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>2957</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="4" t="s">
         <v>718</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>719</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>2958</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="3" t="s">
         <v>721</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>722</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>2959</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="4" t="s">
         <v>724</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>725</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>2960</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="3" t="s">
         <v>727</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>728</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>2961</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="4" t="s">
         <v>730</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>731</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>2962</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="3" t="s">
         <v>733</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>734</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>2963</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="4" t="s">
         <v>736</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>737</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>2964</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="3" t="s">
         <v>739</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>740</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>2965</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="4" t="s">
         <v>742</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>743</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>2966</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="3" t="s">
         <v>745</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>746</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>2967</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="4" t="s">
         <v>748</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>749</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>2968</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="3" t="s">
         <v>751</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>752</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>2969</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="4" t="s">
         <v>754</v>
       </c>
       <c r="B101" s="4" t="s">
         <v>755</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>2970</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>758</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>2971</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="4" t="s">
         <v>760</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>761</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>2972</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="3" t="s">
         <v>763</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>764</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>2973</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="4" t="s">
         <v>766</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>767</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>2974</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="3" t="s">
         <v>1998</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>1999</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>2975</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="4" t="s">
         <v>2001</v>
       </c>
       <c r="B107" s="4" t="s">
         <v>2002</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>2976</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="3" t="s">
         <v>2004</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>2005</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>2977</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="4" t="s">
         <v>2007</v>
       </c>
       <c r="B109" s="4" t="s">
         <v>2008</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>2978</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="3" t="s">
         <v>2010</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>2011</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>2979</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="4" t="s">
         <v>2013</v>
       </c>
       <c r="B111" s="4" t="s">
         <v>2014</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>2980</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="3" t="s">
         <v>769</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>770</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>2981</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="4" t="s">
         <v>772</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>773</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>2982</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="3" t="s">
         <v>775</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>776</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>2983</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="4" t="s">
         <v>778</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>779</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>2984</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="3" t="s">
         <v>781</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>782</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>2985</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="4" t="s">
         <v>784</v>
       </c>
       <c r="B117" s="4" t="s">
         <v>785</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>2986</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="3" t="s">
         <v>2022</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>2023</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>2987</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="4" t="s">
         <v>2025</v>
       </c>
       <c r="B119" s="4" t="s">
         <v>2026</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>2988</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="3" t="s">
         <v>2028</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>2029</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>2989</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="4" t="s">
         <v>787</v>
       </c>
       <c r="B121" s="4" t="s">
         <v>788</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>2990</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="3" t="s">
         <v>790</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>791</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>2991</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="4" t="s">
         <v>793</v>
       </c>
       <c r="B123" s="4" t="s">
         <v>794</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>2992</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="3" t="s">
         <v>796</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>797</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>2993</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="4" t="s">
         <v>799</v>
       </c>
       <c r="B125" s="4" t="s">
         <v>800</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>2994</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="3" t="s">
         <v>802</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>803</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>2995</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="4" t="s">
         <v>805</v>
       </c>
       <c r="B127" s="4" t="s">
         <v>806</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>2996</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="3" t="s">
         <v>808</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>809</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>2997</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="4" t="s">
         <v>811</v>
       </c>
       <c r="B129" s="4" t="s">
         <v>812</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>2998</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="3" t="s">
         <v>814</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>815</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>2999</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="4" t="s">
         <v>817</v>
       </c>
       <c r="B131" s="4" t="s">
         <v>818</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>3000</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="3" t="s">
         <v>820</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>821</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>3001</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="4" t="s">
         <v>823</v>
       </c>
       <c r="B133" s="4" t="s">
         <v>824</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>3002</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>827</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>3003</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="4" t="s">
         <v>829</v>
       </c>
       <c r="B135" s="4" t="s">
         <v>830</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>3004</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="3" t="s">
         <v>832</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>833</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>3005</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="4" t="s">
         <v>835</v>
       </c>
       <c r="B137" s="4" t="s">
         <v>836</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>3006</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="3" t="s">
         <v>838</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>839</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>3007</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="4" t="s">
         <v>841</v>
       </c>
       <c r="B139" s="4" t="s">
         <v>842</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>3008</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="3" t="s">
         <v>844</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>845</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>3009</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="4" t="s">
         <v>847</v>
       </c>
       <c r="B141" s="4" t="s">
         <v>848</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>3010</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="3" t="s">
         <v>850</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>851</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>3011</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="4" t="s">
         <v>853</v>
       </c>
       <c r="B143" s="4" t="s">
         <v>854</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>3012</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="3" t="s">
         <v>856</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>857</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>3013</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="4" t="s">
         <v>859</v>
       </c>
       <c r="B145" s="4" t="s">
         <v>860</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>3014</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="3" t="s">
         <v>862</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>863</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>3015</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="4" t="s">
         <v>865</v>
       </c>
       <c r="B147" s="4" t="s">
         <v>866</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>3016</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="3" t="s">
         <v>2058</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>2059</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>3017</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="4" t="s">
         <v>2061</v>
       </c>
       <c r="B149" s="4" t="s">
         <v>2062</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>3018</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="3" t="s">
         <v>2064</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>2065</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>3019</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="4" t="s">
         <v>2067</v>
       </c>
       <c r="B151" s="4" t="s">
         <v>2068</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>3020</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="3" t="s">
         <v>2070</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>2071</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>3021</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="4" t="s">
         <v>2073</v>
       </c>
       <c r="B153" s="4" t="s">
         <v>2074</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>3022</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="3" t="s">
         <v>868</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>869</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>3023</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="4" t="s">
         <v>871</v>
       </c>
       <c r="B155" s="4" t="s">
         <v>872</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>3024</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="3" t="s">
         <v>874</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>875</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>3025</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="4" t="s">
         <v>877</v>
       </c>
       <c r="B157" s="4" t="s">
         <v>878</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>3026</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="3" t="s">
         <v>880</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>881</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>3027</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="4" t="s">
         <v>2081</v>
       </c>
       <c r="B159" s="4" t="s">
         <v>2082</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>3028</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="3" t="s">
         <v>2084</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>2085</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>3029</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="4" t="s">
         <v>2087</v>
       </c>
       <c r="B161" s="4" t="s">
         <v>2088</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>3030</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="3" t="s">
         <v>883</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>884</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>3031</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="4" t="s">
         <v>886</v>
       </c>
       <c r="B163" s="4" t="s">
         <v>887</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>3032</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="3" t="s">
         <v>889</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>890</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>3033</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="4" t="s">
         <v>892</v>
       </c>
       <c r="B165" s="4" t="s">
         <v>893</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>3034</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="3" t="s">
         <v>895</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>896</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>3035</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="4" t="s">
         <v>898</v>
       </c>
       <c r="B167" s="4" t="s">
         <v>899</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>3036</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>3037</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="4" t="s">
         <v>901</v>
       </c>
       <c r="B169" s="4" t="s">
         <v>902</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>3038</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="3" t="s">
         <v>904</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>905</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>3039</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="4" t="s">
         <v>907</v>
       </c>
       <c r="B171" s="4" t="s">
         <v>908</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>3040</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="3" t="s">
         <v>910</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>911</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>3041</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B173" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>3042</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="3" t="s">
         <v>2105</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>2106</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>3043</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="4" t="s">
         <v>2108</v>
       </c>
       <c r="B175" s="4" t="s">
         <v>2109</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>3044</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="3" t="s">
         <v>2111</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>2112</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>3045</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="4" t="s">
         <v>2114</v>
       </c>
       <c r="B177" s="4" t="s">
         <v>2115</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>3046</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="3" t="s">
         <v>2117</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>2118</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>3047</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="4" t="s">
         <v>2120</v>
       </c>
       <c r="B179" s="4" t="s">
         <v>2121</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>3048</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="3" t="s">
         <v>914</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>915</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>3049</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="4" t="s">
         <v>917</v>
       </c>
       <c r="B181" s="4" t="s">
         <v>918</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>3050</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="3" t="s">
         <v>920</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>921</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>3051</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="4" t="s">
         <v>923</v>
       </c>
       <c r="B183" s="4" t="s">
         <v>924</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>3052</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="3" t="s">
         <v>926</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>927</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>3053</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="4" t="s">
         <v>929</v>
       </c>
       <c r="B185" s="4" t="s">
         <v>930</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>3054</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="3" t="s">
         <v>932</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>933</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>3055</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="4" t="s">
         <v>935</v>
       </c>
       <c r="B187" s="4" t="s">
         <v>936</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>3056</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="3" t="s">
         <v>938</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>939</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>3057</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="4" t="s">
         <v>941</v>
       </c>
       <c r="B189" s="4" t="s">
         <v>942</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>3058</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="3" t="s">
         <v>944</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>945</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>3059</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="4" t="s">
         <v>947</v>
       </c>
       <c r="B191" s="4" t="s">
         <v>948</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>3060</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="3" t="s">
         <v>950</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>951</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>3061</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="4" t="s">
         <v>953</v>
       </c>
       <c r="B193" s="4" t="s">
         <v>954</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>3062</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="3" t="s">
         <v>956</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>957</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>3063</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="4" t="s">
         <v>959</v>
       </c>
       <c r="B195" s="4" t="s">
         <v>960</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>3064</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="3" t="s">
         <v>962</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>963</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>3065</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="4" t="s">
         <v>965</v>
       </c>
       <c r="B197" s="4" t="s">
         <v>966</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>3066</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="3" t="s">
         <v>968</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>969</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>3067</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="4" t="s">
         <v>971</v>
       </c>
       <c r="B199" s="4" t="s">
         <v>972</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>3068</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="3" t="s">
         <v>974</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>975</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>3069</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="4" t="s">
         <v>977</v>
       </c>
       <c r="B201" s="4" t="s">
         <v>978</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>3070</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="3" t="s">
         <v>980</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>981</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>3071</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="4" t="s">
         <v>983</v>
       </c>
       <c r="B203" s="4" t="s">
         <v>984</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>3072</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="3" t="s">
         <v>986</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>987</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>3073</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="4" t="s">
         <v>2148</v>
       </c>
       <c r="B205" s="4" t="s">
         <v>2149</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>3074</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="3" t="s">
         <v>2151</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>2152</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>3075</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="4" t="s">
         <v>2154</v>
       </c>
       <c r="B207" s="4" t="s">
         <v>2155</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>3076</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="3" t="s">
         <v>989</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>990</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>3077</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="4" t="s">
         <v>992</v>
       </c>
       <c r="B209" s="4" t="s">
         <v>993</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>3078</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="3" t="s">
         <v>995</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>996</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>3079</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="4" t="s">
         <v>998</v>
       </c>
       <c r="B211" s="4" t="s">
         <v>999</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>3080</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="3" t="s">
         <v>2161</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>2162</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>3081</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="4" t="s">
         <v>1001</v>
       </c>
       <c r="B213" s="4" t="s">
         <v>1002</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>3082</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>3083</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="4" t="s">
         <v>1007</v>
       </c>
       <c r="B215" s="4" t="s">
         <v>1008</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>3084</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="3" t="s">
         <v>1010</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>1011</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>3085</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="4" t="s">
         <v>1013</v>
       </c>
       <c r="B217" s="4" t="s">
         <v>1014</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>3086</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>3087</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="4" t="s">
         <v>1019</v>
       </c>
       <c r="B219" s="4" t="s">
         <v>1020</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>3088</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="3" t="s">
         <v>1022</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>1023</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>3089</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="4" t="s">
         <v>1025</v>
       </c>
       <c r="B221" s="4" t="s">
         <v>1026</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>3090</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="3" t="s">
         <v>1028</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>1029</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>3091</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="4" t="s">
         <v>1031</v>
       </c>
       <c r="B223" s="4" t="s">
         <v>1032</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>3092</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>1035</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>3093</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="4" t="s">
         <v>1037</v>
       </c>
       <c r="B225" s="4" t="s">
         <v>1038</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>3094</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>1041</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>3095</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="4" t="s">
         <v>1043</v>
       </c>
       <c r="B227" s="4" t="s">
         <v>1044</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>3096</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="3" t="s">
         <v>1046</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>1047</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>3097</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="4" t="s">
         <v>1049</v>
       </c>
       <c r="B229" s="4" t="s">
         <v>1050</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>3098</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="3" t="s">
         <v>1052</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>3099</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="4" t="s">
         <v>1055</v>
       </c>
       <c r="B231" s="4" t="s">
         <v>1056</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>3100</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>1062</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>3101</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="4" t="s">
         <v>1064</v>
       </c>
       <c r="B233" s="4" t="s">
         <v>1065</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>3102</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="3" t="s">
         <v>1067</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>1068</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>3103</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="4" t="s">
         <v>1070</v>
       </c>
       <c r="B235" s="4" t="s">
         <v>1071</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>3104</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="3" t="s">
         <v>1073</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>1074</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>3105</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="B237" s="4" t="s">
         <v>1077</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>3106</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="3" t="s">
         <v>1079</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>1080</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>3107</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="4" t="s">
         <v>1082</v>
       </c>
       <c r="B239" s="4" t="s">
         <v>1083</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>3108</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="3" t="s">
         <v>1085</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>1086</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>3109</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="4" t="s">
         <v>1088</v>
       </c>
       <c r="B241" s="4" t="s">
         <v>1089</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>3110</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="3" t="s">
         <v>1091</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>1092</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>3111</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="4" t="s">
         <v>1094</v>
       </c>
       <c r="B243" s="4" t="s">
         <v>1095</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>3112</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="3" t="s">
         <v>2195</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>2196</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>3113</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="4" t="s">
         <v>2198</v>
       </c>
       <c r="B245" s="4" t="s">
         <v>2199</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>3114</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="3" t="s">
         <v>2201</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>2202</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>3115</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="4" t="s">
         <v>2204</v>
       </c>
       <c r="B247" s="4" t="s">
         <v>2205</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="3" t="s">
         <v>2207</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>2208</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="4" t="s">
         <v>2210</v>
       </c>
       <c r="B249" s="4" t="s">
         <v>2211</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>3118</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="3" t="s">
         <v>2213</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>2214</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>3119</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="4" t="s">
         <v>1097</v>
       </c>
       <c r="B251" s="4" t="s">
         <v>1098</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>3120</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="3" t="s">
         <v>1100</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>1101</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>3121</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="4" t="s">
         <v>1103</v>
       </c>
       <c r="B253" s="4" t="s">
         <v>1104</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>3122</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="3" t="s">
         <v>1106</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>1107</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>3123</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="4" t="s">
         <v>1109</v>
       </c>
       <c r="B255" s="4" t="s">
         <v>1110</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>3124</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="3" t="s">
         <v>1112</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>1113</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>3125</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="4" t="s">
         <v>1115</v>
       </c>
       <c r="B257" s="4" t="s">
         <v>1116</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>3126</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="3" t="s">
         <v>1118</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>1119</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>3127</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="4" t="s">
         <v>1121</v>
       </c>
       <c r="B259" s="4" t="s">
         <v>1122</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>3128</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="3" t="s">
         <v>1124</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>1125</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>3129</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="4" t="s">
         <v>1127</v>
       </c>
       <c r="B261" s="4" t="s">
         <v>1128</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>3130</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="3" t="s">
         <v>1130</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>1131</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>3131</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="4" t="s">
         <v>1133</v>
       </c>
       <c r="B263" s="4" t="s">
         <v>1134</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>3132</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="3" t="s">
         <v>1136</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>1137</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>3133</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="4" t="s">
         <v>1139</v>
       </c>
       <c r="B265" s="4" t="s">
         <v>1140</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>3134</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="3" t="s">
         <v>1142</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>1143</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>3135</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="4" t="s">
         <v>1145</v>
       </c>
       <c r="B267" s="4" t="s">
         <v>1146</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>3136</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="3" t="s">
         <v>1148</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>3137</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="4" t="s">
         <v>1151</v>
       </c>
       <c r="B269" s="4" t="s">
         <v>1152</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>3138</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="3" t="s">
         <v>1154</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>1155</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>3139</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="4" t="s">
         <v>1157</v>
       </c>
       <c r="B271" s="4" t="s">
         <v>1158</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>3140</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>3141</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="4" t="s">
         <v>1163</v>
       </c>
       <c r="B273" s="4" t="s">
         <v>1164</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>3142</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>1167</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>3143</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="4" t="s">
         <v>1169</v>
       </c>
       <c r="B275" s="4" t="s">
         <v>1170</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>3144</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="3" t="s">
         <v>1172</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>1173</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>3145</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="4" t="s">
         <v>1175</v>
       </c>
       <c r="B277" s="4" t="s">
         <v>1176</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>3146</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="3" t="s">
         <v>1178</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>1179</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>3147</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="4" t="s">
         <v>1181</v>
       </c>
       <c r="B279" s="4" t="s">
         <v>1182</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>3148</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="3" t="s">
         <v>1184</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>1185</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>3149</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="4" t="s">
         <v>1187</v>
       </c>
       <c r="B281" s="4" t="s">
         <v>1188</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>3150</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="3" t="s">
         <v>1190</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>1191</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>3151</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="4" t="s">
         <v>1193</v>
       </c>
       <c r="B283" s="4" t="s">
         <v>1194</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>3152</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="3" t="s">
         <v>1196</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>1197</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>3153</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="4" t="s">
         <v>1199</v>
       </c>
       <c r="B285" s="4" t="s">
         <v>1200</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>3154</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="3" t="s">
         <v>1202</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>1203</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>3155</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="4" t="s">
         <v>1205</v>
       </c>
       <c r="B287" s="4" t="s">
         <v>1206</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>3156</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="3" t="s">
         <v>1208</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>1209</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>3157</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="4" t="s">
         <v>1211</v>
       </c>
       <c r="B289" s="4" t="s">
         <v>1212</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>3158</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="3" t="s">
         <v>1214</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>1215</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>3159</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="4" t="s">
         <v>1217</v>
       </c>
       <c r="B291" s="4" t="s">
         <v>1218</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>3160</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="3" t="s">
         <v>1220</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>1221</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>3161</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="4" t="s">
         <v>1223</v>
       </c>
       <c r="B293" s="4" t="s">
         <v>1224</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>3162</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="3" t="s">
         <v>1226</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>1227</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>3163</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="4" t="s">
         <v>1229</v>
       </c>
       <c r="B295" s="4" t="s">
         <v>1230</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>3164</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="3" t="s">
         <v>1232</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>1233</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>3165</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="4" t="s">
         <v>1244</v>
       </c>
       <c r="B297" s="4" t="s">
         <v>1245</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>3166</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="3" t="s">
         <v>2264</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>2265</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>3167</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="4" t="s">
         <v>1247</v>
       </c>
       <c r="B299" s="4" t="s">
         <v>1248</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>3168</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="3" t="s">
         <v>1250</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>1251</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>3169</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="4" t="s">
         <v>1253</v>
       </c>
       <c r="B301" s="4" t="s">
         <v>1254</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>3170</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>3171</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="4" t="s">
         <v>2271</v>
       </c>
       <c r="B303" s="4" t="s">
         <v>2272</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>3172</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="3" t="s">
         <v>1257</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>1258</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>3173</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="4" t="s">
         <v>1260</v>
       </c>
       <c r="B305" s="4" t="s">
         <v>1261</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>3174</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="3" t="s">
         <v>1263</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>1264</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>3175</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="4" t="s">
         <v>1266</v>
       </c>
       <c r="B307" s="4" t="s">
         <v>1267</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>3176</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="3" t="s">
         <v>1269</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>1270</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>3177</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="4" t="s">
         <v>1272</v>
       </c>
       <c r="B309" s="4" t="s">
         <v>1273</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>3178</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="3" t="s">
         <v>1275</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>1276</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>3179</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="4" t="s">
         <v>1278</v>
       </c>
       <c r="B311" s="4" t="s">
         <v>1279</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>3180</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>1282</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>3181</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="4" t="s">
         <v>1284</v>
       </c>
       <c r="B313" s="4" t="s">
         <v>1285</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>3182</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="3" t="s">
         <v>1287</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>3183</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="4" t="s">
         <v>2285</v>
       </c>
       <c r="B315" s="4" t="s">
         <v>2286</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>3184</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="3" t="s">
         <v>2288</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>2289</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>3185</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="4" t="s">
         <v>2291</v>
       </c>
       <c r="B317" s="4" t="s">
         <v>2292</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>3186</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="3" t="s">
         <v>2294</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>2295</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>3187</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="4" t="s">
         <v>2297</v>
       </c>
       <c r="B319" s="4" t="s">
         <v>2298</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>3188</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="3" t="s">
         <v>2300</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>2301</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>3189</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="4" t="s">
         <v>1290</v>
       </c>
       <c r="B321" s="4" t="s">
         <v>1291</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>3190</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="3" t="s">
         <v>1293</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>1294</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>3191</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="4" t="s">
         <v>2305</v>
       </c>
       <c r="B323" s="4" t="s">
         <v>2306</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>3192</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="3" t="s">
         <v>1296</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>1297</v>
       </c>
       <c r="C324" s="3" t="s">
-        <v>3193</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="4" t="s">
         <v>1299</v>
       </c>
       <c r="B325" s="4" t="s">
         <v>1300</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>3194</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="3" t="s">
         <v>1302</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="C326" s="3" t="s">
-        <v>3195</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="4" t="s">
         <v>1305</v>
       </c>
       <c r="B327" s="4" t="s">
         <v>1306</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>3196</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="3" t="s">
         <v>1308</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>1309</v>
       </c>
       <c r="C328" s="3" t="s">
-        <v>3197</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="4" t="s">
         <v>1311</v>
       </c>
       <c r="B329" s="4" t="s">
         <v>1312</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>3198</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="3" t="s">
         <v>1314</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>1315</v>
       </c>
       <c r="C330" s="3" t="s">
-        <v>3199</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="4" t="s">
         <v>1317</v>
       </c>
       <c r="B331" s="4" t="s">
         <v>1318</v>
       </c>
       <c r="C331" s="4" t="s">
-        <v>3200</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="3" t="s">
         <v>1320</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>1321</v>
       </c>
       <c r="C332" s="3" t="s">
-        <v>3201</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="4" t="s">
         <v>1323</v>
       </c>
       <c r="B333" s="4" t="s">
         <v>1324</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>3202</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="3" t="s">
         <v>1326</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>1327</v>
       </c>
       <c r="C334" s="3" t="s">
-        <v>3203</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="4" t="s">
         <v>1329</v>
       </c>
       <c r="B335" s="4" t="s">
         <v>1330</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>3204</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="3" t="s">
         <v>1332</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="C336" s="3" t="s">
-        <v>3205</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="4" t="s">
         <v>1335</v>
       </c>
       <c r="B337" s="4" t="s">
         <v>1336</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>3206</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="3" t="s">
         <v>1338</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>1339</v>
       </c>
       <c r="C338" s="3" t="s">
-        <v>3207</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="4" t="s">
         <v>1341</v>
       </c>
       <c r="B339" s="4" t="s">
         <v>1342</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>3208</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="3" t="s">
         <v>1344</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="C340" s="3" t="s">
-        <v>3209</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="4" t="s">
         <v>1347</v>
       </c>
       <c r="B341" s="4" t="s">
         <v>1348</v>
       </c>
       <c r="C341" s="4" t="s">
-        <v>3210</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="3" t="s">
         <v>1350</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>1351</v>
       </c>
       <c r="C342" s="3" t="s">
-        <v>3211</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="4" t="s">
         <v>1353</v>
       </c>
       <c r="B343" s="4" t="s">
         <v>1354</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>3212</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="3" t="s">
         <v>1356</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>1357</v>
       </c>
       <c r="C344" s="3" t="s">
-        <v>3213</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="4" t="s">
         <v>1359</v>
       </c>
       <c r="B345" s="4" t="s">
         <v>1360</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>3214</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="3" t="s">
         <v>2330</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>2331</v>
       </c>
       <c r="C346" s="3" t="s">
-        <v>3215</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="4" t="s">
         <v>1362</v>
       </c>
       <c r="B347" s="4" t="s">
         <v>1363</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>3216</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="3" t="s">
         <v>2334</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>2335</v>
       </c>
       <c r="C348" s="3" t="s">
-        <v>3217</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="4" t="s">
         <v>2337</v>
       </c>
       <c r="B349" s="4" t="s">
         <v>2338</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>3218</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="3" t="s">
         <v>1365</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>1366</v>
       </c>
       <c r="C350" s="3" t="s">
-        <v>3219</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="4" t="s">
         <v>2341</v>
       </c>
       <c r="B351" s="4" t="s">
         <v>2342</v>
       </c>
       <c r="C351" s="4" t="s">
-        <v>3220</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="3" t="s">
         <v>1368</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>1369</v>
       </c>
       <c r="C352" s="3" t="s">
-        <v>3221</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="4" t="s">
         <v>1371</v>
       </c>
       <c r="B353" s="4" t="s">
         <v>1372</v>
       </c>
       <c r="C353" s="4" t="s">
-        <v>3222</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="3" t="s">
         <v>1374</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>1375</v>
       </c>
       <c r="C354" s="3" t="s">
-        <v>3223</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="4" t="s">
         <v>1377</v>
       </c>
       <c r="B355" s="4" t="s">
         <v>1378</v>
       </c>
       <c r="C355" s="4" t="s">
-        <v>3224</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="3" t="s">
         <v>1380</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>1381</v>
       </c>
       <c r="C356" s="3" t="s">
-        <v>3225</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="4" t="s">
         <v>1383</v>
       </c>
       <c r="B357" s="4" t="s">
         <v>1384</v>
       </c>
       <c r="C357" s="4" t="s">
-        <v>3226</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="3" t="s">
         <v>1386</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>1387</v>
       </c>
       <c r="C358" s="3" t="s">
-        <v>3227</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="4" t="s">
         <v>1389</v>
       </c>
       <c r="B359" s="4" t="s">
         <v>1390</v>
       </c>
       <c r="C359" s="4" t="s">
-        <v>3228</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="3" t="s">
         <v>1392</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>1393</v>
       </c>
       <c r="C360" s="3" t="s">
-        <v>3229</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="4" t="s">
         <v>2353</v>
       </c>
       <c r="B361" s="4" t="s">
         <v>2354</v>
       </c>
       <c r="C361" s="4" t="s">
-        <v>3230</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="3" t="s">
         <v>2356</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>2357</v>
       </c>
       <c r="C362" s="3" t="s">
-        <v>3231</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="4" t="s">
         <v>2359</v>
       </c>
       <c r="B363" s="4" t="s">
         <v>2360</v>
       </c>
       <c r="C363" s="4" t="s">
-        <v>3232</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="3" t="s">
         <v>2362</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>2363</v>
       </c>
       <c r="C364" s="3" t="s">
-        <v>3233</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="4" t="s">
         <v>2365</v>
       </c>
       <c r="B365" s="4" t="s">
         <v>2366</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>3234</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="3" t="s">
         <v>2368</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>2369</v>
       </c>
       <c r="C366" s="3" t="s">
-        <v>3235</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="4" t="s">
         <v>2371</v>
       </c>
       <c r="B367" s="4" t="s">
         <v>2372</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>3236</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="3" t="s">
         <v>2374</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>2375</v>
       </c>
       <c r="C368" s="3" t="s">
-        <v>3237</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="4" t="s">
         <v>2377</v>
       </c>
       <c r="B369" s="4" t="s">
         <v>2378</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>3238</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="3" t="s">
         <v>2380</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>2381</v>
       </c>
       <c r="C370" s="3" t="s">
-        <v>3239</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="4" t="s">
         <v>2383</v>
       </c>
       <c r="B371" s="4" t="s">
         <v>2384</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>3240</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="3" t="s">
         <v>2386</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>2387</v>
       </c>
       <c r="C372" s="3" t="s">
-        <v>3241</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="4" t="s">
         <v>2389</v>
       </c>
       <c r="B373" s="4" t="s">
         <v>2390</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>3242</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="3" t="s">
         <v>2392</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>2393</v>
       </c>
       <c r="C374" s="3" t="s">
-        <v>3243</v>
+        <v>3247</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="4" t="s">
         <v>2395</v>
       </c>
       <c r="B375" s="4" t="s">
         <v>2396</v>
       </c>
       <c r="C375" s="4" t="s">
-        <v>3244</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="3" t="s">
         <v>2398</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>2399</v>
       </c>
       <c r="C376" s="3" t="s">
-        <v>3245</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="4" t="s">
         <v>2401</v>
       </c>
       <c r="B377" s="4" t="s">
         <v>2402</v>
       </c>
       <c r="C377" s="4" t="s">
-        <v>3246</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="3" t="s">
         <v>2404</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>2405</v>
       </c>
       <c r="C378" s="3" t="s">
-        <v>3247</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="4" t="s">
         <v>2407</v>
       </c>
       <c r="B379" s="4" t="s">
         <v>2408</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>3248</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="3" t="s">
         <v>2410</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>2411</v>
       </c>
       <c r="C380" s="3" t="s">
-        <v>3249</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="4" t="s">
         <v>1395</v>
       </c>
       <c r="B381" s="4" t="s">
         <v>1396</v>
       </c>
       <c r="C381" s="4" t="s">
-        <v>3250</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="3" t="s">
         <v>1398</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>1399</v>
       </c>
       <c r="C382" s="3" t="s">
-        <v>3251</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="4" t="s">
         <v>1401</v>
       </c>
       <c r="B383" s="4" t="s">
         <v>1402</v>
       </c>
       <c r="C383" s="4" t="s">
-        <v>3252</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="3" t="s">
         <v>1404</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>1405</v>
       </c>
       <c r="C384" s="3" t="s">
-        <v>3253</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="4" t="s">
         <v>1407</v>
       </c>
       <c r="B385" s="4" t="s">
         <v>1408</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>3254</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="3" t="s">
         <v>1410</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>1411</v>
       </c>
       <c r="C386" s="3" t="s">
-        <v>3255</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="4" t="s">
         <v>1413</v>
       </c>
       <c r="B387" s="4" t="s">
         <v>1414</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>3256</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="3" t="s">
         <v>1416</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>1417</v>
       </c>
       <c r="C388" s="3" t="s">
-        <v>3257</v>
+        <v>3261</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="4" t="s">
         <v>1419</v>
       </c>
       <c r="B389" s="4" t="s">
         <v>1420</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>3258</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="3" t="s">
         <v>1422</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>1423</v>
       </c>
       <c r="C390" s="3" t="s">
-        <v>3259</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="4" t="s">
         <v>1425</v>
       </c>
       <c r="B391" s="4" t="s">
         <v>1426</v>
       </c>
       <c r="C391" s="4" t="s">
-        <v>3260</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="3" t="s">
         <v>1428</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>1429</v>
       </c>
       <c r="C392" s="3" t="s">
-        <v>3261</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="4" t="s">
         <v>1431</v>
       </c>
       <c r="B393" s="4" t="s">
         <v>1432</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>3262</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C394" s="3" t="s">
-        <v>3263</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="4" t="s">
         <v>1434</v>
       </c>
       <c r="B395" s="4" t="s">
         <v>1435</v>
       </c>
       <c r="C395" s="4" t="s">
-        <v>3264</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="3" t="s">
         <v>2428</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>2429</v>
       </c>
       <c r="C396" s="3" t="s">
-        <v>3265</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="4" t="s">
         <v>2431</v>
       </c>
       <c r="B397" s="4" t="s">
         <v>2432</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>3266</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="3" t="s">
         <v>1437</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>1438</v>
       </c>
       <c r="C398" s="3" t="s">
-        <v>3267</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="4" t="s">
         <v>1440</v>
       </c>
       <c r="B399" s="4" t="s">
         <v>1441</v>
       </c>
       <c r="C399" s="4" t="s">
-        <v>3268</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="3" t="s">
         <v>1443</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>1444</v>
       </c>
       <c r="C400" s="3" t="s">
-        <v>3269</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="4" t="s">
         <v>2437</v>
       </c>
       <c r="B401" s="4" t="s">
         <v>2438</v>
       </c>
       <c r="C401" s="4" t="s">
-        <v>3270</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="3" t="s">
         <v>2440</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>2441</v>
       </c>
       <c r="C402" s="3" t="s">
-        <v>3271</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="4" t="s">
         <v>2443</v>
       </c>
       <c r="B403" s="4" t="s">
         <v>2444</v>
       </c>
       <c r="C403" s="4" t="s">
-        <v>3272</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="3" t="s">
         <v>2446</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>2447</v>
       </c>
       <c r="C404" s="3" t="s">
-        <v>3273</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="4" t="s">
         <v>2449</v>
       </c>
       <c r="B405" s="4" t="s">
         <v>2450</v>
       </c>
       <c r="C405" s="4" t="s">
-        <v>3274</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="3" t="s">
         <v>2452</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>2453</v>
       </c>
       <c r="C406" s="3" t="s">
-        <v>3275</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="4" t="s">
         <v>1446</v>
       </c>
       <c r="B407" s="4" t="s">
         <v>1447</v>
       </c>
       <c r="C407" s="4" t="s">
-        <v>3276</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="3" t="s">
         <v>1449</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>1450</v>
       </c>
       <c r="C408" s="3" t="s">
-        <v>3277</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="4" t="s">
         <v>2457</v>
       </c>
       <c r="B409" s="4" t="s">
         <v>2458</v>
       </c>
       <c r="C409" s="4" t="s">
-        <v>3278</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="3" t="s">
         <v>1452</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>1453</v>
       </c>
       <c r="C410" s="3" t="s">
-        <v>3279</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="4" t="s">
         <v>1455</v>
       </c>
       <c r="B411" s="4" t="s">
         <v>1456</v>
       </c>
       <c r="C411" s="4" t="s">
-        <v>3280</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="3" t="s">
         <v>1458</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>1459</v>
       </c>
       <c r="C412" s="3" t="s">
-        <v>3281</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="4" t="s">
         <v>1461</v>
       </c>
       <c r="B413" s="4" t="s">
         <v>1462</v>
       </c>
       <c r="C413" s="4" t="s">
-        <v>3282</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="3" t="s">
         <v>1464</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>1465</v>
       </c>
       <c r="C414" s="3" t="s">
-        <v>3283</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="4" t="s">
         <v>1467</v>
       </c>
       <c r="B415" s="4" t="s">
         <v>1468</v>
       </c>
       <c r="C415" s="4" t="s">
-        <v>3284</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="3" t="s">
         <v>1470</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>1471</v>
       </c>
       <c r="C416" s="3" t="s">
-        <v>3285</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="4" t="s">
         <v>1473</v>
       </c>
       <c r="B417" s="4" t="s">
         <v>1474</v>
       </c>
       <c r="C417" s="4" t="s">
-        <v>3286</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="3" t="s">
         <v>1476</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>1477</v>
       </c>
       <c r="C418" s="3" t="s">
-        <v>3287</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="4" t="s">
         <v>1479</v>
       </c>
       <c r="B419" s="4" t="s">
         <v>1480</v>
       </c>
       <c r="C419" s="4" t="s">
-        <v>3288</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="3" t="s">
         <v>1482</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>1483</v>
       </c>
       <c r="C420" s="3" t="s">
-        <v>3289</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="4" t="s">
         <v>1485</v>
       </c>
       <c r="B421" s="4" t="s">
         <v>1486</v>
       </c>
       <c r="C421" s="4" t="s">
-        <v>3290</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="3" t="s">
         <v>1488</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>1489</v>
       </c>
       <c r="C422" s="3" t="s">
-        <v>3291</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="4" t="s">
         <v>1491</v>
       </c>
       <c r="B423" s="4" t="s">
         <v>1492</v>
       </c>
       <c r="C423" s="4" t="s">
-        <v>3292</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="3" t="s">
         <v>1494</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>1495</v>
       </c>
       <c r="C424" s="3" t="s">
-        <v>3293</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="4" t="s">
         <v>1497</v>
       </c>
       <c r="B425" s="4" t="s">
         <v>1498</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>3294</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="3" t="s">
         <v>1500</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>1501</v>
       </c>
       <c r="C426" s="3" t="s">
-        <v>3295</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="4" t="s">
         <v>1503</v>
       </c>
       <c r="B427" s="4" t="s">
         <v>1504</v>
       </c>
       <c r="C427" s="4" t="s">
-        <v>3296</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="3" t="s">
         <v>1506</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>1507</v>
       </c>
       <c r="C428" s="3" t="s">
-        <v>3297</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="4" t="s">
         <v>1509</v>
       </c>
       <c r="B429" s="4" t="s">
         <v>1510</v>
       </c>
       <c r="C429" s="4" t="s">
-        <v>3298</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="3" t="s">
         <v>2480</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>2481</v>
       </c>
       <c r="C430" s="3" t="s">
-        <v>3299</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="4" t="s">
         <v>2483</v>
       </c>
       <c r="B431" s="4" t="s">
         <v>2484</v>
       </c>
       <c r="C431" s="4" t="s">
-        <v>3300</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="3" t="s">
         <v>1512</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>1513</v>
       </c>
       <c r="C432" s="3" t="s">
-        <v>3301</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="4" t="s">
         <v>2487</v>
       </c>
       <c r="B433" s="4" t="s">
         <v>2488</v>
       </c>
       <c r="C433" s="4" t="s">
-        <v>3302</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="3" t="s">
         <v>1515</v>
       </c>
       <c r="B434" s="3" t="s">
         <v>1516</v>
       </c>
       <c r="C434" s="3" t="s">
-        <v>3303</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="4" t="s">
         <v>1518</v>
       </c>
       <c r="B435" s="4" t="s">
         <v>1519</v>
       </c>
       <c r="C435" s="4" t="s">
-        <v>3304</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="3" t="s">
         <v>1521</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>1522</v>
       </c>
       <c r="C436" s="3" t="s">
-        <v>3305</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="4" t="s">
         <v>1524</v>
       </c>
       <c r="B437" s="4" t="s">
         <v>1525</v>
       </c>
       <c r="C437" s="4" t="s">
-        <v>3306</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="3" t="s">
         <v>1527</v>
       </c>
       <c r="B438" s="3" t="s">
         <v>1528</v>
       </c>
       <c r="C438" s="3" t="s">
-        <v>3307</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="4" t="s">
         <v>1530</v>
       </c>
       <c r="B439" s="4" t="s">
         <v>1531</v>
       </c>
       <c r="C439" s="4" t="s">
-        <v>3308</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="3" t="s">
         <v>1533</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>1534</v>
       </c>
       <c r="C440" s="3" t="s">
-        <v>3309</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="4" t="s">
         <v>1536</v>
       </c>
       <c r="B441" s="4" t="s">
         <v>1537</v>
       </c>
       <c r="C441" s="4" t="s">
-        <v>3310</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="3" t="s">
         <v>1539</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>1540</v>
       </c>
       <c r="C442" s="3" t="s">
-        <v>3311</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="4" t="s">
         <v>1542</v>
       </c>
       <c r="B443" s="4" t="s">
         <v>1543</v>
       </c>
       <c r="C443" s="4" t="s">
-        <v>3312</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="3" t="s">
         <v>1545</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>1546</v>
       </c>
       <c r="C444" s="3" t="s">
-        <v>3313</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="4" t="s">
         <v>1548</v>
       </c>
       <c r="B445" s="4" t="s">
         <v>1549</v>
       </c>
       <c r="C445" s="4" t="s">
-        <v>3314</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="3" t="s">
         <v>1551</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>1552</v>
       </c>
       <c r="C446" s="3" t="s">
-        <v>3315</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="4" t="s">
         <v>1554</v>
       </c>
       <c r="B447" s="4" t="s">
         <v>1555</v>
       </c>
       <c r="C447" s="4" t="s">
-        <v>3316</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="3" t="s">
         <v>1557</v>
       </c>
       <c r="B448" s="3" t="s">
         <v>1558</v>
       </c>
       <c r="C448" s="3" t="s">
-        <v>3317</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="4" t="s">
         <v>1560</v>
       </c>
       <c r="B449" s="4" t="s">
         <v>1561</v>
       </c>
       <c r="C449" s="4" t="s">
-        <v>3318</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="3" t="s">
         <v>1563</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>1564</v>
       </c>
       <c r="C450" s="3" t="s">
-        <v>3319</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="4" t="s">
         <v>1566</v>
       </c>
       <c r="B451" s="4" t="s">
         <v>1567</v>
       </c>
       <c r="C451" s="4" t="s">
-        <v>3320</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="3" t="s">
         <v>1569</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>1570</v>
       </c>
       <c r="C452" s="3" t="s">
-        <v>3321</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="4" t="s">
         <v>1572</v>
       </c>
       <c r="B453" s="4" t="s">
         <v>1573</v>
       </c>
       <c r="C453" s="4" t="s">
-        <v>3322</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="3" t="s">
         <v>1575</v>
       </c>
       <c r="B454" s="3" t="s">
         <v>1576</v>
       </c>
       <c r="C454" s="3" t="s">
-        <v>3323</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="4" t="s">
         <v>1578</v>
       </c>
       <c r="B455" s="4" t="s">
         <v>1579</v>
       </c>
       <c r="C455" s="4" t="s">
-        <v>3324</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>1582</v>
       </c>
       <c r="C456" s="3" t="s">
-        <v>3325</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="4" t="s">
         <v>1584</v>
       </c>
       <c r="B457" s="4" t="s">
         <v>1585</v>
       </c>
       <c r="C457" s="4" t="s">
-        <v>3326</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="3" t="s">
         <v>1587</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>1588</v>
       </c>
       <c r="C458" s="3" t="s">
-        <v>3327</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="4" t="s">
         <v>1590</v>
       </c>
       <c r="B459" s="4" t="s">
         <v>1591</v>
       </c>
       <c r="C459" s="4" t="s">
-        <v>3328</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="3" t="s">
         <v>1593</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>1594</v>
       </c>
       <c r="C460" s="3" t="s">
-        <v>3329</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="4" t="s">
         <v>1596</v>
       </c>
       <c r="B461" s="4" t="s">
         <v>1597</v>
       </c>
       <c r="C461" s="4" t="s">
-        <v>3330</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="3" t="s">
         <v>1599</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>1600</v>
       </c>
       <c r="C462" s="3" t="s">
-        <v>3331</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="4" t="s">
         <v>1602</v>
       </c>
       <c r="B463" s="4" t="s">
         <v>1603</v>
       </c>
       <c r="C463" s="4" t="s">
-        <v>3332</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="3" t="s">
         <v>1605</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>1606</v>
       </c>
       <c r="C464" s="3" t="s">
-        <v>3333</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="4" t="s">
         <v>2521</v>
       </c>
       <c r="B465" s="4" t="s">
         <v>2522</v>
       </c>
       <c r="C465" s="4" t="s">
-        <v>3334</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="3" t="s">
         <v>1608</v>
       </c>
       <c r="B466" s="3" t="s">
         <v>1609</v>
       </c>
       <c r="C466" s="3" t="s">
-        <v>3335</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="4" t="s">
         <v>220</v>
       </c>
       <c r="B467" s="4" t="s">
         <v>221</v>
       </c>
       <c r="C467" s="4" t="s">
-        <v>3336</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B468" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C468" s="3" t="s">
-        <v>3337</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="4" t="s">
         <v>2527</v>
       </c>
       <c r="B469" s="4" t="s">
         <v>2528</v>
       </c>
       <c r="C469" s="4" t="s">
-        <v>3338</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="3" t="s">
         <v>2530</v>
       </c>
       <c r="B470" s="3" t="s">
         <v>2531</v>
       </c>
       <c r="C470" s="3" t="s">
-        <v>3339</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="4" t="s">
         <v>2533</v>
       </c>
       <c r="B471" s="4" t="s">
         <v>2534</v>
       </c>
       <c r="C471" s="4" t="s">
-        <v>3340</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="3" t="s">
         <v>2536</v>
       </c>
       <c r="B472" s="3" t="s">
         <v>2537</v>
       </c>
       <c r="C472" s="3" t="s">
-        <v>3341</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="4" t="s">
         <v>2539</v>
       </c>
       <c r="B473" s="4" t="s">
         <v>2540</v>
       </c>
       <c r="C473" s="4" t="s">
-        <v>3342</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="3" t="s">
         <v>2542</v>
       </c>
       <c r="B474" s="3" t="s">
         <v>2543</v>
       </c>
       <c r="C474" s="3" t="s">
-        <v>3343</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="4" t="s">
         <v>2545</v>
       </c>
       <c r="B475" s="4" t="s">
         <v>2546</v>
       </c>
       <c r="C475" s="4" t="s">
-        <v>3344</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="3" t="s">
         <v>2548</v>
       </c>
       <c r="B476" s="3" t="s">
         <v>2549</v>
       </c>
       <c r="C476" s="3" t="s">
-        <v>3345</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="4" t="s">
         <v>2551</v>
       </c>
       <c r="B477" s="4" t="s">
         <v>2552</v>
       </c>
       <c r="C477" s="4" t="s">
-        <v>3346</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="3" t="s">
         <v>2554</v>
       </c>
       <c r="B478" s="3" t="s">
         <v>2555</v>
       </c>
       <c r="C478" s="3" t="s">
-        <v>3347</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="4" t="s">
         <v>2557</v>
       </c>
       <c r="B479" s="4" t="s">
         <v>2558</v>
       </c>
       <c r="C479" s="4" t="s">
-        <v>3348</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="3" t="s">
         <v>2560</v>
       </c>
       <c r="B480" s="3" t="s">
         <v>2561</v>
       </c>
       <c r="C480" s="3" t="s">
-        <v>3349</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="4" t="s">
         <v>1612</v>
       </c>
       <c r="B481" s="4" t="s">
         <v>1613</v>
       </c>
       <c r="C481" s="4" t="s">
-        <v>3350</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="3" t="s">
         <v>1615</v>
       </c>
       <c r="B482" s="3" t="s">
         <v>1616</v>
       </c>
       <c r="C482" s="3" t="s">
-        <v>3351</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="4" t="s">
         <v>1618</v>
       </c>
       <c r="B483" s="4" t="s">
         <v>1619</v>
       </c>
       <c r="C483" s="4" t="s">
-        <v>3352</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="3" t="s">
         <v>1621</v>
       </c>
       <c r="B484" s="3" t="s">
         <v>1622</v>
       </c>
       <c r="C484" s="3" t="s">
-        <v>3353</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="4" t="s">
         <v>1624</v>
       </c>
       <c r="B485" s="4" t="s">
         <v>1625</v>
       </c>
       <c r="C485" s="4" t="s">
-        <v>3354</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="3" t="s">
         <v>1627</v>
       </c>
       <c r="B486" s="3" t="s">
         <v>1628</v>
       </c>
       <c r="C486" s="3" t="s">
-        <v>3355</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="4" t="s">
         <v>1630</v>
       </c>
       <c r="B487" s="4" t="s">
         <v>1631</v>
       </c>
       <c r="C487" s="4" t="s">
-        <v>3356</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="3" t="s">
         <v>1633</v>
       </c>
       <c r="B488" s="3" t="s">
         <v>1634</v>
       </c>
       <c r="C488" s="3" t="s">
-        <v>3357</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="4" t="s">
         <v>1636</v>
       </c>
       <c r="B489" s="4" t="s">
         <v>1637</v>
       </c>
       <c r="C489" s="4" t="s">
-        <v>3358</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="3" t="s">
         <v>1639</v>
       </c>
       <c r="B490" s="3" t="s">
         <v>1640</v>
       </c>
       <c r="C490" s="3" t="s">
-        <v>3359</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="4" t="s">
         <v>1642</v>
       </c>
       <c r="B491" s="4" t="s">
         <v>1643</v>
       </c>
       <c r="C491" s="4" t="s">
-        <v>3360</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="3" t="s">
         <v>1645</v>
       </c>
       <c r="B492" s="3" t="s">
         <v>1646</v>
       </c>
       <c r="C492" s="3" t="s">
-        <v>3361</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="4" t="s">
         <v>1648</v>
       </c>
       <c r="B493" s="4" t="s">
         <v>1649</v>
       </c>
       <c r="C493" s="4" t="s">
-        <v>3362</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="3" t="s">
         <v>1651</v>
       </c>
       <c r="B494" s="3" t="s">
         <v>1652</v>
       </c>
       <c r="C494" s="3" t="s">
-        <v>3363</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="4" t="s">
         <v>1654</v>
       </c>
       <c r="B495" s="4" t="s">
         <v>1655</v>
       </c>
       <c r="C495" s="4" t="s">
-        <v>3364</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="3" t="s">
         <v>1657</v>
       </c>
       <c r="B496" s="3" t="s">
         <v>1658</v>
       </c>
       <c r="C496" s="3" t="s">
-        <v>3365</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="4" t="s">
         <v>1660</v>
       </c>
       <c r="B497" s="4" t="s">
         <v>1661</v>
       </c>
       <c r="C497" s="4" t="s">
-        <v>3366</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="3" t="s">
         <v>1663</v>
       </c>
       <c r="B498" s="3" t="s">
         <v>1664</v>
       </c>
       <c r="C498" s="3" t="s">
-        <v>3367</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="4" t="s">
         <v>1666</v>
       </c>
       <c r="B499" s="4" t="s">
         <v>1667</v>
       </c>
       <c r="C499" s="4" t="s">
-        <v>3368</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="3" t="s">
         <v>1669</v>
       </c>
       <c r="B500" s="3" t="s">
         <v>1670</v>
       </c>
       <c r="C500" s="3" t="s">
-        <v>3369</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="4" t="s">
         <v>1672</v>
       </c>
       <c r="B501" s="4" t="s">
         <v>1673</v>
       </c>
       <c r="C501" s="4" t="s">
-        <v>3370</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="3" t="s">
         <v>1675</v>
       </c>
       <c r="B502" s="3" t="s">
         <v>1676</v>
       </c>
       <c r="C502" s="3" t="s">
-        <v>3371</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="4" t="s">
         <v>2585</v>
       </c>
       <c r="B503" s="4" t="s">
         <v>2586</v>
       </c>
       <c r="C503" s="4" t="s">
-        <v>3372</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="3" t="s">
         <v>2588</v>
       </c>
       <c r="B504" s="3" t="s">
         <v>2589</v>
       </c>
       <c r="C504" s="3" t="s">
-        <v>3373</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="4" t="s">
         <v>2591</v>
       </c>
       <c r="B505" s="4" t="s">
         <v>2592</v>
       </c>
       <c r="C505" s="4" t="s">
-        <v>3374</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="3" t="s">
         <v>2594</v>
       </c>
       <c r="B506" s="3" t="s">
         <v>2595</v>
       </c>
       <c r="C506" s="3" t="s">
-        <v>3375</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="4" t="s">
         <v>2597</v>
       </c>
       <c r="B507" s="4" t="s">
         <v>2598</v>
       </c>
       <c r="C507" s="4" t="s">
-        <v>3376</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="3" t="s">
         <v>2600</v>
       </c>
       <c r="B508" s="3" t="s">
         <v>2601</v>
       </c>
       <c r="C508" s="3" t="s">
-        <v>3377</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="4" t="s">
         <v>2603</v>
       </c>
       <c r="B509" s="4" t="s">
         <v>2604</v>
       </c>
       <c r="C509" s="4" t="s">
-        <v>3378</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="3" t="s">
         <v>2606</v>
       </c>
       <c r="B510" s="3" t="s">
         <v>2607</v>
       </c>
       <c r="C510" s="3" t="s">
-        <v>3379</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="4" t="s">
         <v>2609</v>
       </c>
       <c r="B511" s="4" t="s">
         <v>2610</v>
       </c>
       <c r="C511" s="4" t="s">
-        <v>3380</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="3" t="s">
         <v>2612</v>
       </c>
       <c r="B512" s="3" t="s">
         <v>2613</v>
       </c>
       <c r="C512" s="3" t="s">
-        <v>3381</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="4" t="s">
         <v>2615</v>
       </c>
       <c r="B513" s="4" t="s">
         <v>2616</v>
       </c>
       <c r="C513" s="4" t="s">
-        <v>3382</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="3" t="s">
         <v>2618</v>
       </c>
       <c r="B514" s="3" t="s">
         <v>2619</v>
       </c>
       <c r="C514" s="3" t="s">
-        <v>3383</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="4" t="s">
         <v>1678</v>
       </c>
       <c r="B515" s="4" t="s">
         <v>1679</v>
       </c>
       <c r="C515" s="4" t="s">
-        <v>3384</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="3" t="s">
         <v>1681</v>
       </c>
       <c r="B516" s="3" t="s">
         <v>1682</v>
       </c>
       <c r="C516" s="3" t="s">
-        <v>3385</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="4" t="s">
         <v>1684</v>
       </c>
       <c r="B517" s="4" t="s">
         <v>1685</v>
       </c>
       <c r="C517" s="4" t="s">
-        <v>3386</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="3" t="s">
         <v>1687</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>1688</v>
       </c>
       <c r="C518" s="3" t="s">
-        <v>3387</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="4" t="s">
         <v>1690</v>
       </c>
       <c r="B519" s="4" t="s">
         <v>1691</v>
       </c>
       <c r="C519" s="4" t="s">
-        <v>3388</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="3" t="s">
         <v>1693</v>
       </c>
       <c r="B520" s="3" t="s">
         <v>1694</v>
       </c>
       <c r="C520" s="3" t="s">
-        <v>3389</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="4" t="s">
         <v>1696</v>
       </c>
       <c r="B521" s="4" t="s">
         <v>1697</v>
       </c>
       <c r="C521" s="4" t="s">
-        <v>3390</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="3" t="s">
         <v>1699</v>
       </c>
       <c r="B522" s="3" t="s">
         <v>1700</v>
       </c>
       <c r="C522" s="3" t="s">
-        <v>3391</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="4" t="s">
         <v>1702</v>
       </c>
       <c r="B523" s="4" t="s">
         <v>1703</v>
       </c>
       <c r="C523" s="4" t="s">
-        <v>3392</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="3" t="s">
         <v>1705</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>1706</v>
       </c>
       <c r="C524" s="3" t="s">
-        <v>3393</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="4" t="s">
         <v>1708</v>
       </c>
       <c r="B525" s="4" t="s">
         <v>1709</v>
       </c>
       <c r="C525" s="4" t="s">
-        <v>3394</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="3" t="s">
         <v>1711</v>
       </c>
       <c r="B526" s="3" t="s">
         <v>1712</v>
       </c>
       <c r="C526" s="3" t="s">
-        <v>3395</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="4" t="s">
         <v>1714</v>
       </c>
       <c r="B527" s="4" t="s">
         <v>1715</v>
       </c>
       <c r="C527" s="4" t="s">
-        <v>3396</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="3" t="s">
         <v>1717</v>
       </c>
       <c r="B528" s="3" t="s">
         <v>1718</v>
       </c>
       <c r="C528" s="3" t="s">
-        <v>3397</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="4" t="s">
         <v>1720</v>
       </c>
       <c r="B529" s="4" t="s">
         <v>1721</v>
       </c>
       <c r="C529" s="4" t="s">
-        <v>3398</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="3" t="s">
         <v>2636</v>
       </c>
       <c r="B530" s="3" t="s">
         <v>2637</v>
       </c>
       <c r="C530" s="3" t="s">
-        <v>3399</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="4" t="s">
         <v>2639</v>
       </c>
       <c r="B531" s="4" t="s">
         <v>2640</v>
       </c>
       <c r="C531" s="4" t="s">
-        <v>3400</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="3" t="s">
         <v>2642</v>
       </c>
       <c r="B532" s="3" t="s">
         <v>2643</v>
       </c>
       <c r="C532" s="3" t="s">
-        <v>3401</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="4" t="s">
         <v>2645</v>
       </c>
       <c r="B533" s="4" t="s">
         <v>2646</v>
       </c>
       <c r="C533" s="4" t="s">
-        <v>3402</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="3" t="s">
         <v>2648</v>
       </c>
       <c r="B534" s="3" t="s">
         <v>2649</v>
       </c>
       <c r="C534" s="3" t="s">
-        <v>3403</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="4" t="s">
         <v>1723</v>
       </c>
       <c r="B535" s="4" t="s">
         <v>1724</v>
       </c>
       <c r="C535" s="4" t="s">
-        <v>3404</v>
+        <v>3408</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E99"/>
+  <dimension ref="A1:E100"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3405</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>3406</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>3407</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
         <v>2655</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>2656</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>2657</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>3408</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>2659</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>2660</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>2661</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>3409</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
         <v>2663</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>2664</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>2665</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>3410</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>2667</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>2668</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>2669</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>3411</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>3412</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>242</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>243</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>244</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>3413</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>3414</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>250</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>251</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>252</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>3415</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>3416</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>258</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>259</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>260</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>3417</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>3418</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>266</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>267</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>268</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>3419</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>2679</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>2680</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>2681</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>3420</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>2683</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>2684</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>2685</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>3421</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
         <v>2687</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>2688</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>2689</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>3422</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>2691</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>2692</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>2693</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>3423</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3" t="s">
-        <v>3424</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>278</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>279</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>280</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>3425</v>
+        <v>3429</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
         <v>2696</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>2697</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>2698</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>3426</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
         <v>282</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>283</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>284</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>3427</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>304</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>3428</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>306</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>307</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>308</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>3429</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>312</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>3430</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
         <v>314</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>315</v>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="4" t="s">
-        <v>3431</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3" t="s">
-        <v>3432</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>3433</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>3434</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>324</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>2707</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>2708</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>3435</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
         <v>2712</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>2713</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>2714</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>3436</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
         <v>2716</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>2717</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>2718</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>3437</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
         <v>2720</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>2721</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>2722</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>3438</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
-        <v>336</v>
+        <v>2724</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-      <c r="D37" s="4"/>
+        <v>2725</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>2726</v>
+      </c>
       <c r="E37" s="4" t="s">
-        <v>3439</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
-        <v>2724</v>
+        <v>336</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>2725</v>
-[...6 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="C38" s="3"/>
+      <c r="D38" s="3"/>
       <c r="E38" s="3" t="s">
-        <v>3440</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
         <v>2728</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>2729</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>2730</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>3441</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
         <v>2732</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>2733</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>2734</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>3442</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
         <v>2736</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>2737</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>2738</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>3443</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="3" t="s">
         <v>2740</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>2741</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>2742</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>3444</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
         <v>2744</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>2745</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>2746</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>3445</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="3" t="s">
         <v>2748</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>2749</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>488</v>
+        <v>288</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>2750</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>3446</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
         <v>2752</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>2753</v>
       </c>
-      <c r="C45" s="4"/>
-      <c r="D45" s="4"/>
+      <c r="C45" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>2754</v>
+      </c>
       <c r="E45" s="4" t="s">
-        <v>3447</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
-        <v>2755</v>
+        <v>2756</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>2756</v>
-[...4 lines deleted...]
-      <c r="D46" s="3" t="s">
         <v>2757</v>
       </c>
+      <c r="C46" s="3"/>
+      <c r="D46" s="3"/>
       <c r="E46" s="3" t="s">
-        <v>3448</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="4" t="s">
-        <v>367</v>
+        <v>2759</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>368</v>
+        <v>2760</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>369</v>
+        <v>2761</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>3449</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="3" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>3450</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
-        <v>2761</v>
+        <v>371</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>2762</v>
+        <v>372</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>2763</v>
+        <v>373</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>3451</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="3" t="s">
-        <v>391</v>
+        <v>2765</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-      <c r="D50" s="3"/>
+        <v>2766</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>2767</v>
+      </c>
       <c r="E50" s="3" t="s">
-        <v>3452</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
-        <v>2765</v>
+        <v>391</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>2766</v>
-[...6 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="C51" s="4"/>
+      <c r="D51" s="4"/>
       <c r="E51" s="4" t="s">
-        <v>3453</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="3" t="s">
         <v>2769</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>2770</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>2771</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>3454</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
-        <v>402</v>
+        <v>2773</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>403</v>
+        <v>2774</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>404</v>
+        <v>2775</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>3455</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="3" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>231</v>
+        <v>288</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>3456</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
-        <v>2777</v>
+        <v>410</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>2778</v>
+        <v>411</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>2779</v>
+        <v>412</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>3457</v>
+        <v>3461</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="3" t="s">
-        <v>423</v>
+        <v>2781</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>424</v>
+        <v>2782</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>425</v>
+        <v>2783</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>3458</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="4" t="s">
-        <v>2782</v>
+        <v>423</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>2783</v>
+        <v>424</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>2784</v>
+        <v>425</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>3459</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="3" t="s">
         <v>2786</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>2787</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>2788</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>3460</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="4" t="s">
         <v>2790</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>2791</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>2792</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>3461</v>
+        <v>3465</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="3" t="s">
-        <v>439</v>
+        <v>2794</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-      <c r="D60" s="3"/>
+        <v>2795</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>2796</v>
+      </c>
       <c r="E60" s="3" t="s">
-        <v>3462</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="4" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="4" t="s">
-        <v>3463</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="3" t="s">
-        <v>477</v>
+        <v>442</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>478</v>
+        <v>443</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3"/>
       <c r="E62" s="3" t="s">
-        <v>3464</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="4" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="4"/>
       <c r="E63" s="4" t="s">
-        <v>3465</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="3" t="s">
-        <v>2795</v>
+        <v>480</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>2796</v>
-[...6 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="C64" s="3"/>
+      <c r="D64" s="3"/>
       <c r="E64" s="3" t="s">
-        <v>3466</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="4" t="s">
-        <v>2803</v>
+        <v>2799</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>2804</v>
+        <v>2800</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>2805</v>
+        <v>2801</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>3467</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="3" t="s">
         <v>2807</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>2808</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>2809</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>3468</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="4" t="s">
         <v>2811</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>2812</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>2813</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>3469</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="3" t="s">
         <v>2815</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>2816</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>2817</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>3470</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="4" t="s">
         <v>2819</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>2820</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>2821</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>3471</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="3" t="s">
         <v>2823</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>2824</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>2825</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>3472</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="4" t="s">
         <v>2827</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>2828</v>
       </c>
       <c r="C71" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>2829</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>3473</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="3" t="s">
-        <v>483</v>
+        <v>2831</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-      <c r="D72" s="3"/>
+        <v>2832</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>2833</v>
+      </c>
       <c r="E72" s="3" t="s">
-        <v>3474</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="4" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>487</v>
-[...6 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="C73" s="4"/>
+      <c r="D73" s="4"/>
       <c r="E73" s="4" t="s">
-        <v>3475</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="3" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-      <c r="D74" s="3"/>
+        <v>487</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>489</v>
+      </c>
       <c r="E74" s="3" t="s">
-        <v>3476</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="4" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="C75" s="4"/>
       <c r="D75" s="4"/>
       <c r="E75" s="4" t="s">
-        <v>3477</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="3" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>502</v>
-[...6 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="C76" s="3"/>
+      <c r="D76" s="3"/>
       <c r="E76" s="3" t="s">
-        <v>3478</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="4" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="C77" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="E77" s="4" t="s">
-        <v>3479</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="3" t="s">
-        <v>2834</v>
+        <v>505</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>2835</v>
+        <v>506</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>2836</v>
+        <v>507</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>3480</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="4" t="s">
-        <v>509</v>
+        <v>2838</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-      <c r="D79" s="4"/>
+        <v>2839</v>
+      </c>
+      <c r="C79" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>2840</v>
+      </c>
       <c r="E79" s="4" t="s">
-        <v>3481</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="3" t="s">
-        <v>2838</v>
+        <v>509</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>2839</v>
-[...6 lines deleted...]
-      </c>
+        <v>510</v>
+      </c>
+      <c r="C80" s="3"/>
+      <c r="D80" s="3"/>
       <c r="E80" s="3" t="s">
-        <v>3482</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="4" t="s">
-        <v>512</v>
+        <v>2842</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-      <c r="D81" s="4"/>
+        <v>2843</v>
+      </c>
+      <c r="C81" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>2844</v>
+      </c>
       <c r="E81" s="4" t="s">
-        <v>3483</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="3" t="s">
-        <v>525</v>
+        <v>512</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>526</v>
+        <v>513</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3"/>
       <c r="E82" s="3" t="s">
-        <v>3484</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="4" t="s">
-        <v>2842</v>
+        <v>525</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>2843</v>
-[...6 lines deleted...]
-      </c>
+        <v>526</v>
+      </c>
+      <c r="C83" s="4"/>
+      <c r="D83" s="4"/>
       <c r="E83" s="4" t="s">
-        <v>3485</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="3" t="s">
-        <v>2154</v>
+        <v>2846</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>2155</v>
+        <v>2847</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>2846</v>
+        <v>275</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>2847</v>
+        <v>2848</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>3486</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="4" t="s">
-        <v>2849</v>
+        <v>2154</v>
       </c>
       <c r="B85" s="4" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C85" s="4" t="s">
         <v>2850</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>2851</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>3487</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="3" t="s">
-        <v>532</v>
+        <v>2853</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>533</v>
+        <v>2854</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>488</v>
+        <v>231</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>534</v>
+        <v>2855</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>3488</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="4" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>231</v>
+        <v>488</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="E87" s="4" t="s">
-        <v>3489</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="3" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>3490</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="4" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="E89" s="4" t="s">
-        <v>3491</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="3" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>3492</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="4" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="C91" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="E91" s="4" t="s">
-        <v>3493</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="3" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>3494</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="4" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="C93" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="E93" s="4" t="s">
-        <v>3495</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="3" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="C94" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>3496</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="4" t="s">
-        <v>2862</v>
+        <v>564</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>2863</v>
+        <v>565</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>2864</v>
+        <v>566</v>
       </c>
       <c r="E95" s="4" t="s">
-        <v>3497</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="3" t="s">
         <v>2866</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>2867</v>
       </c>
       <c r="C96" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>2864</v>
+        <v>2868</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>3498</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="4" t="s">
-        <v>572</v>
+        <v>2870</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>573</v>
+        <v>2871</v>
       </c>
       <c r="C97" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>574</v>
+        <v>2868</v>
       </c>
       <c r="E97" s="4" t="s">
-        <v>3499</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="3" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="D98" s="3" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>3500</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="4" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="C99" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D99" s="4" t="s">
+        <v>578</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>3505</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5">
+      <c r="A100" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="D100" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="E99" s="4" t="s">
-        <v>3501</v>
+      <c r="E100" s="3" t="s">
+        <v>3506</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C326"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
-        <v>3502</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>3503</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4" t="s">
         <v>613</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>614</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>3504</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>3505</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4" t="s">
         <v>619</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>620</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>3506</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>629</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>3507</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>631</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>632</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>3508</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>3509</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4" t="s">
         <v>637</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>638</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>3510</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="3" t="s">
         <v>640</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>641</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>3511</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="4" t="s">
         <v>643</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>644</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>3512</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="3" t="s">
         <v>646</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>647</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>3513</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="4" t="s">
         <v>649</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>650</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>3514</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="3" t="s">
         <v>652</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>3515</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="4" t="s">
         <v>655</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>656</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>3516</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="3" t="s">
         <v>658</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>659</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>3517</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="4" t="s">
         <v>661</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>662</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>3518</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>3519</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="4" t="s">
         <v>679</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>680</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>3520</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
         <v>682</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>683</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>3521</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="4" t="s">
         <v>685</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>686</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>3522</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
         <v>688</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>689</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>3523</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="4" t="s">
         <v>691</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>692</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>3524</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
         <v>694</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>695</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>3525</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="4" t="s">
         <v>697</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>698</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>3526</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="3" t="s">
         <v>700</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>701</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>3527</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="4" t="s">
         <v>703</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>704</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>3528</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>707</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>3529</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="4" t="s">
         <v>709</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>710</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>3530</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="3" t="s">
         <v>712</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>713</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>3531</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="4" t="s">
         <v>715</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>716</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>3532</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
         <v>718</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>719</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>3533</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="4" t="s">
         <v>721</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>722</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>3534</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="3" t="s">
         <v>724</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>725</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>3535</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="4" t="s">
         <v>727</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>728</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>3536</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
         <v>730</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>731</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>3537</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4" t="s">
         <v>733</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>734</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>3538</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
         <v>739</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>740</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>3539</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4" t="s">
-        <v>3540</v>
+        <v>3545</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>3541</v>
+        <v>3546</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>3542</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>743</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>3543</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4" t="s">
         <v>745</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>746</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>3544</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
         <v>748</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>749</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>3545</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4" t="s">
         <v>751</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>752</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>3546</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
         <v>754</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>755</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>3547</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4" t="s">
         <v>757</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>758</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>3548</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
         <v>760</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>761</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>3549</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4" t="s">
         <v>763</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>764</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>3550</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
         <v>766</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>767</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>3551</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4" t="s">
         <v>769</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>770</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>3552</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
         <v>772</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>773</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>3553</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4" t="s">
         <v>778</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>779</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>3554</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
         <v>781</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>782</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>3555</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4" t="s">
         <v>784</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>785</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>3556</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
         <v>2022</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>2023</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>3557</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4" t="s">
         <v>2025</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>2026</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>3558</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
         <v>2028</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>2029</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>3559</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4" t="s">
         <v>790</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>791</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>3560</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
         <v>793</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>794</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>3561</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4" t="s">
         <v>796</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>797</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>3562</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
         <v>799</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>800</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>3563</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4" t="s">
         <v>802</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>803</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>3564</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
         <v>805</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>806</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>3565</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4" t="s">
         <v>808</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>809</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>3566</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
         <v>811</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>812</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>3567</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4" t="s">
         <v>814</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>815</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>3568</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
         <v>817</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>818</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>3569</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4" t="s">
         <v>820</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>821</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>3570</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
         <v>823</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>824</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>3571</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
         <v>826</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>827</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>3572</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
         <v>829</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>830</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>3573</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4" t="s">
         <v>832</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>833</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>3574</v>
+        <v>3579</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
         <v>835</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>836</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>3575</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4" t="s">
         <v>838</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>839</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>3576</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
         <v>841</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>842</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>3577</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4" t="s">
         <v>844</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>845</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>3578</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
         <v>847</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>848</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>3579</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4" t="s">
         <v>850</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>851</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>3580</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
         <v>853</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>854</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>3581</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4" t="s">
         <v>856</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>857</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>3582</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
         <v>859</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>860</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>3583</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4" t="s">
         <v>862</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>863</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>3584</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="3" t="s">
         <v>865</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>866</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>3585</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="4" t="s">
         <v>868</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>869</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>3586</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="3" t="s">
         <v>871</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>872</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>3587</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="4" t="s">
         <v>874</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>875</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>3588</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="3" t="s">
         <v>877</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>878</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>3589</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="4" t="s">
         <v>880</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>881</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>3590</v>
+        <v>3595</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="3" t="s">
         <v>2081</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>2082</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>3591</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="4" t="s">
         <v>2084</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>2085</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>3592</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="3" t="s">
         <v>2087</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>2088</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>3593</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="4" t="s">
         <v>883</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>884</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>3594</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="3" t="s">
         <v>886</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>887</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>3595</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="4" t="s">
         <v>889</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>890</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>3596</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="3" t="s">
         <v>892</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>893</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>3597</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="4" t="s">
         <v>895</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>896</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>3598</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="3" t="s">
         <v>898</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>899</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>3599</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="4" t="s">
         <v>929</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>930</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>3600</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="3" t="s">
         <v>932</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>933</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>3601</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="4" t="s">
         <v>935</v>
       </c>
       <c r="B101" s="4" t="s">
         <v>936</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>3602</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="3" t="s">
         <v>938</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>939</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>3603</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="4" t="s">
         <v>941</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>942</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>3604</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="3" t="s">
         <v>944</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>945</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>3605</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="4" t="s">
         <v>947</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>948</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>3606</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="3" t="s">
         <v>950</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>951</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>3607</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="4" t="s">
         <v>953</v>
       </c>
       <c r="B107" s="4" t="s">
         <v>954</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>3608</v>
+        <v>3613</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="3" t="s">
         <v>956</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>957</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>3609</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="4" t="s">
         <v>959</v>
       </c>
       <c r="B109" s="4" t="s">
         <v>960</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>3610</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="3" t="s">
         <v>962</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>963</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>3611</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="4" t="s">
         <v>965</v>
       </c>
       <c r="B111" s="4" t="s">
         <v>966</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>3612</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="3" t="s">
         <v>968</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>969</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>3613</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="4" t="s">
         <v>971</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>972</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>3614</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="3" t="s">
         <v>974</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>975</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>3615</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="4" t="s">
         <v>977</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>978</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>3616</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="3" t="s">
         <v>980</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>981</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>3617</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="4" t="s">
         <v>983</v>
       </c>
       <c r="B117" s="4" t="s">
         <v>984</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>3618</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="3" t="s">
         <v>986</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>987</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>3619</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="4" t="s">
         <v>989</v>
       </c>
       <c r="B119" s="4" t="s">
         <v>990</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>3620</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="3" t="s">
         <v>992</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>993</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>3621</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="4" t="s">
         <v>995</v>
       </c>
       <c r="B121" s="4" t="s">
         <v>996</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>3622</v>
+        <v>3627</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="3" t="s">
         <v>998</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>999</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>3623</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="4" t="s">
         <v>2161</v>
       </c>
       <c r="B123" s="4" t="s">
         <v>2162</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>3624</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="3" t="s">
         <v>1001</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>3625</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="4" t="s">
         <v>1004</v>
       </c>
       <c r="B125" s="4" t="s">
         <v>1005</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>3626</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>1008</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>3627</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="4" t="s">
         <v>1010</v>
       </c>
       <c r="B127" s="4" t="s">
         <v>1011</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>3628</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="3" t="s">
         <v>1013</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>3629</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="4" t="s">
         <v>1016</v>
       </c>
       <c r="B129" s="4" t="s">
         <v>1017</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>3630</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="3" t="s">
         <v>1019</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>3631</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="4" t="s">
         <v>1022</v>
       </c>
       <c r="B131" s="4" t="s">
         <v>1023</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>3632</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="3" t="s">
         <v>1025</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>1026</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>3633</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="4" t="s">
         <v>1028</v>
       </c>
       <c r="B133" s="4" t="s">
         <v>1029</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>3634</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>3635</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="4" t="s">
         <v>1034</v>
       </c>
       <c r="B135" s="4" t="s">
         <v>1035</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>3636</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="3" t="s">
         <v>1037</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>1038</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>3637</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="4" t="s">
         <v>1040</v>
       </c>
       <c r="B137" s="4" t="s">
         <v>1041</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>3638</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="3" t="s">
         <v>1043</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>1044</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>3639</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="4" t="s">
         <v>1046</v>
       </c>
       <c r="B139" s="4" t="s">
         <v>1047</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>3640</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="3" t="s">
         <v>1049</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>1050</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>3641</v>
+        <v>3646</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="4" t="s">
         <v>1052</v>
       </c>
       <c r="B141" s="4" t="s">
         <v>1053</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>3642</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="3" t="s">
         <v>1058</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>1059</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>3643</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="4" t="s">
         <v>1061</v>
       </c>
       <c r="B143" s="4" t="s">
         <v>1062</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>3644</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="3" t="s">
         <v>1064</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>1065</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>3645</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="4" t="s">
         <v>1067</v>
       </c>
       <c r="B145" s="4" t="s">
         <v>1068</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>3646</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="3" t="s">
         <v>1070</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>1071</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>3647</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="4" t="s">
         <v>1073</v>
       </c>
       <c r="B147" s="4" t="s">
         <v>1074</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>3648</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="3" t="s">
         <v>1076</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>1077</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>3649</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="4" t="s">
         <v>1079</v>
       </c>
       <c r="B149" s="4" t="s">
         <v>1080</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>3650</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="3" t="s">
         <v>1082</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>1083</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>3651</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="4" t="s">
         <v>1085</v>
       </c>
       <c r="B151" s="4" t="s">
         <v>1086</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>3652</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="3" t="s">
         <v>1088</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>1089</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>3653</v>
+        <v>3658</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="4" t="s">
         <v>1091</v>
       </c>
       <c r="B153" s="4" t="s">
         <v>1092</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>3654</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="3" t="s">
         <v>1094</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>1095</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>3655</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="4" t="s">
         <v>1100</v>
       </c>
       <c r="B155" s="4" t="s">
         <v>1101</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>3656</v>
+        <v>3661</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="3" t="s">
         <v>1103</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>1104</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>3657</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="4" t="s">
         <v>1106</v>
       </c>
       <c r="B157" s="4" t="s">
         <v>1107</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>3658</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="3" t="s">
         <v>1109</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>1110</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>3659</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="4" t="s">
         <v>1112</v>
       </c>
       <c r="B159" s="4" t="s">
         <v>1113</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>3660</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="3" t="s">
         <v>1115</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>1116</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>3661</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="4" t="s">
         <v>1118</v>
       </c>
       <c r="B161" s="4" t="s">
         <v>1119</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>3662</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="3" t="s">
         <v>1121</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>1122</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>3663</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="4" t="s">
         <v>1124</v>
       </c>
       <c r="B163" s="4" t="s">
         <v>1125</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>3664</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="3" t="s">
         <v>1127</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>1128</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>3665</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="4" t="s">
         <v>1130</v>
       </c>
       <c r="B165" s="4" t="s">
         <v>1131</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>3666</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="3" t="s">
         <v>1133</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>1134</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>3667</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="4" t="s">
         <v>1136</v>
       </c>
       <c r="B167" s="4" t="s">
         <v>1137</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>3668</v>
+        <v>3673</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="3" t="s">
         <v>1139</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>1140</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>3669</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="4" t="s">
         <v>1142</v>
       </c>
       <c r="B169" s="4" t="s">
         <v>1143</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>3670</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="3" t="s">
         <v>1145</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>1146</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>3671</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="4" t="s">
         <v>1148</v>
       </c>
       <c r="B171" s="4" t="s">
         <v>1149</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>3672</v>
+        <v>3677</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="3" t="s">
         <v>1151</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>1152</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>3673</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="4" t="s">
         <v>1154</v>
       </c>
       <c r="B173" s="4" t="s">
         <v>1155</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>3674</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="3" t="s">
         <v>1157</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>1158</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>3675</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="4" t="s">
         <v>1160</v>
       </c>
       <c r="B175" s="4" t="s">
         <v>1161</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>3676</v>
+        <v>3681</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="3" t="s">
         <v>1163</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>1164</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>3677</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="4" t="s">
         <v>1166</v>
       </c>
       <c r="B177" s="4" t="s">
         <v>1167</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>3678</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="3" t="s">
         <v>1169</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>1170</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>3679</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="4" t="s">
         <v>1175</v>
       </c>
       <c r="B179" s="4" t="s">
         <v>1176</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>3680</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="3" t="s">
         <v>1178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>1179</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>3681</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="4" t="s">
         <v>1223</v>
       </c>
       <c r="B181" s="4" t="s">
         <v>1224</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>3682</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="3" t="s">
         <v>1226</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>1227</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>3683</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="4" t="s">
         <v>1229</v>
       </c>
       <c r="B183" s="4" t="s">
         <v>1230</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>3684</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="3" t="s">
         <v>1247</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>1248</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>3685</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="4" t="s">
         <v>1250</v>
       </c>
       <c r="B185" s="4" t="s">
         <v>1251</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>3686</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="3" t="s">
         <v>1253</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>1254</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>3687</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B187" s="4" t="s">
         <v>119</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>3688</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="3" t="s">
         <v>2271</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>2272</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>3689</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="4" t="s">
-        <v>3690</v>
+        <v>3695</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>3691</v>
+        <v>3696</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>3692</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="3" t="s">
         <v>1266</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>1267</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>3693</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="4" t="s">
         <v>1269</v>
       </c>
       <c r="B191" s="4" t="s">
         <v>1270</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>3694</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="3" t="s">
         <v>1272</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>1273</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>3695</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="4" t="s">
         <v>1275</v>
       </c>
       <c r="B193" s="4" t="s">
         <v>1276</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>3696</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="3" t="s">
         <v>1278</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>1279</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>3697</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="4" t="s">
         <v>1281</v>
       </c>
       <c r="B195" s="4" t="s">
         <v>1282</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>3698</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="3" t="s">
         <v>1284</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>1285</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>3699</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="4" t="s">
         <v>1287</v>
       </c>
       <c r="B197" s="4" t="s">
         <v>1288</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>3700</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="3" t="s">
         <v>2291</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>2292</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>3701</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="4" t="s">
         <v>2300</v>
       </c>
       <c r="B199" s="4" t="s">
         <v>2301</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>3702</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>1291</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>3703</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="4" t="s">
         <v>1293</v>
       </c>
       <c r="B201" s="4" t="s">
         <v>1294</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>3704</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="3" t="s">
         <v>1296</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>1297</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>3705</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="4" t="s">
         <v>1302</v>
       </c>
       <c r="B203" s="4" t="s">
         <v>1303</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>3706</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="3" t="s">
         <v>1305</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>1306</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>3707</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="4" t="s">
         <v>1308</v>
       </c>
       <c r="B205" s="4" t="s">
         <v>1309</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>3708</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="3" t="s">
         <v>1311</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>1312</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>3709</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="4" t="s">
         <v>1314</v>
       </c>
       <c r="B207" s="4" t="s">
         <v>1315</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>3710</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="3" t="s">
         <v>1317</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>1318</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>3711</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="4" t="s">
         <v>1323</v>
       </c>
       <c r="B209" s="4" t="s">
         <v>1324</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>3712</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="3" t="s">
         <v>1326</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>1327</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>3713</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="4" t="s">
         <v>1329</v>
       </c>
       <c r="B211" s="4" t="s">
         <v>1330</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>3714</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="3" t="s">
         <v>1332</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>3715</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="4" t="s">
         <v>1335</v>
       </c>
       <c r="B213" s="4" t="s">
         <v>1336</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>3716</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="3" t="s">
         <v>1338</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>1339</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>3717</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="4" t="s">
         <v>1341</v>
       </c>
       <c r="B215" s="4" t="s">
         <v>1342</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>3718</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="3" t="s">
         <v>1344</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>3719</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="4" t="s">
         <v>1347</v>
       </c>
       <c r="B217" s="4" t="s">
         <v>1348</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>3720</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="3" t="s">
         <v>1350</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>1351</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>3721</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="4" t="s">
         <v>1353</v>
       </c>
       <c r="B219" s="4" t="s">
         <v>1354</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>3722</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="3" t="s">
         <v>1356</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>1357</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>3723</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="4" t="s">
         <v>1359</v>
       </c>
       <c r="B221" s="4" t="s">
         <v>1360</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>3724</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="3" t="s">
         <v>2330</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>2331</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>3725</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="4" t="s">
         <v>1362</v>
       </c>
       <c r="B223" s="4" t="s">
         <v>1363</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>3726</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="3" t="s">
         <v>2334</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>2335</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>3727</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="4" t="s">
         <v>2337</v>
       </c>
       <c r="B225" s="4" t="s">
         <v>2338</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>3728</v>
+        <v>3733</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="3" t="s">
         <v>2341</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>2342</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>3729</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="4" t="s">
         <v>1371</v>
       </c>
       <c r="B227" s="4" t="s">
         <v>1372</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>3730</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="3" t="s">
         <v>1374</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>1375</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>3731</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="4" t="s">
         <v>1380</v>
       </c>
       <c r="B229" s="4" t="s">
         <v>1381</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>3732</v>
+        <v>3737</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="3" t="s">
         <v>1386</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>1387</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>3733</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="4" t="s">
         <v>1389</v>
       </c>
       <c r="B231" s="4" t="s">
         <v>1390</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>3734</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="3" t="s">
         <v>1392</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>1393</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>3735</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="4" t="s">
         <v>1395</v>
       </c>
       <c r="B233" s="4" t="s">
         <v>1396</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>3736</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="3" t="s">
         <v>1398</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>1399</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>3737</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="4" t="s">
         <v>1401</v>
       </c>
       <c r="B235" s="4" t="s">
         <v>1402</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>3738</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="3" t="s">
         <v>1404</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>1405</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>3739</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="4" t="s">
         <v>1407</v>
       </c>
       <c r="B237" s="4" t="s">
         <v>1408</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>3740</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="3" t="s">
         <v>1410</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>1411</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>3741</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="4" t="s">
         <v>1413</v>
       </c>
       <c r="B239" s="4" t="s">
         <v>1414</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>3742</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="3" t="s">
         <v>1416</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>1417</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>3743</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="4" t="s">
         <v>1419</v>
       </c>
       <c r="B241" s="4" t="s">
         <v>1420</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>3744</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="3" t="s">
         <v>1422</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>1423</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>3745</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="4" t="s">
         <v>1425</v>
       </c>
       <c r="B243" s="4" t="s">
         <v>1426</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>3746</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="3" t="s">
         <v>1428</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>1429</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>3747</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="4" t="s">
         <v>1431</v>
       </c>
       <c r="B245" s="4" t="s">
         <v>1432</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>3748</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="3" t="s">
         <v>1437</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>1438</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>3749</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="4" t="s">
         <v>1440</v>
       </c>
       <c r="B247" s="4" t="s">
         <v>1441</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>3750</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="3" t="s">
         <v>1443</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>1444</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>3751</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="4" t="s">
         <v>1449</v>
       </c>
       <c r="B249" s="4" t="s">
         <v>1450</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>3752</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="3" t="s">
         <v>1470</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>1471</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>3753</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="4" t="s">
         <v>1473</v>
       </c>
       <c r="B251" s="4" t="s">
         <v>1474</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>3754</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="3" t="s">
         <v>1476</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>1477</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>3755</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="4" t="s">
         <v>1497</v>
       </c>
       <c r="B253" s="4" t="s">
         <v>1498</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>3756</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="3" t="s">
         <v>1500</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>1501</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>3757</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="4" t="s">
         <v>1503</v>
       </c>
       <c r="B255" s="4" t="s">
         <v>1504</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>3758</v>
+        <v>3763</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="3" t="s">
         <v>1506</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>1507</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>3759</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="4" t="s">
         <v>1509</v>
       </c>
       <c r="B257" s="4" t="s">
         <v>1510</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>3760</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="3" t="s">
         <v>1512</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>1513</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>3761</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="4" t="s">
         <v>2487</v>
       </c>
       <c r="B259" s="4" t="s">
         <v>2488</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>3762</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="3" t="s">
         <v>1518</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>1519</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>3763</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="4" t="s">
         <v>1521</v>
       </c>
       <c r="B261" s="4" t="s">
         <v>1522</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>3764</v>
+        <v>3769</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="3" t="s">
         <v>1524</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>1525</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>3765</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="4" t="s">
         <v>1527</v>
       </c>
       <c r="B263" s="4" t="s">
         <v>1528</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>3766</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="3" t="s">
         <v>1530</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>1531</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>3767</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="4" t="s">
         <v>1533</v>
       </c>
       <c r="B265" s="4" t="s">
         <v>1534</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>3768</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="3" t="s">
         <v>1536</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>1537</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>3769</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="4" t="s">
         <v>1539</v>
       </c>
       <c r="B267" s="4" t="s">
         <v>1540</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>3770</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="3" t="s">
         <v>1542</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>1543</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>3771</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="4" t="s">
         <v>1545</v>
       </c>
       <c r="B269" s="4" t="s">
         <v>1546</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>3772</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="3" t="s">
         <v>1548</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>1549</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>3773</v>
+        <v>3778</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="4" t="s">
         <v>1551</v>
       </c>
       <c r="B271" s="4" t="s">
         <v>1552</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>3774</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="3" t="s">
         <v>1554</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>1555</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>3775</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="4" t="s">
         <v>1557</v>
       </c>
       <c r="B273" s="4" t="s">
         <v>1558</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>3776</v>
+        <v>3781</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="3" t="s">
         <v>1560</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>1561</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>3777</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="4" t="s">
         <v>1563</v>
       </c>
       <c r="B275" s="4" t="s">
         <v>1564</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>3778</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="3" t="s">
         <v>1566</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>1567</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>3779</v>
+        <v>3784</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="4" t="s">
         <v>1569</v>
       </c>
       <c r="B277" s="4" t="s">
         <v>1570</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>3780</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="3" t="s">
         <v>1572</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>1573</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>3781</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="4" t="s">
         <v>1575</v>
       </c>
       <c r="B279" s="4" t="s">
         <v>1576</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>3782</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="3" t="s">
         <v>1578</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>1579</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>3783</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="4" t="s">
         <v>1581</v>
       </c>
       <c r="B281" s="4" t="s">
         <v>1582</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>3784</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="3" t="s">
         <v>1584</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>1585</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>3785</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="4" t="s">
         <v>1587</v>
       </c>
       <c r="B283" s="4" t="s">
         <v>1588</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>3786</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="3" t="s">
         <v>1590</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>1591</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>3787</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="4" t="s">
         <v>1593</v>
       </c>
       <c r="B285" s="4" t="s">
         <v>1594</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>3788</v>
+        <v>3793</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="3" t="s">
         <v>1596</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>1597</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>3789</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="4" t="s">
         <v>1599</v>
       </c>
       <c r="B287" s="4" t="s">
         <v>1600</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>3790</v>
+        <v>3795</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="3" t="s">
         <v>1602</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>1603</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>3791</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="4" t="s">
-        <v>3792</v>
+        <v>3797</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>3793</v>
+        <v>3798</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>3794</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>3795</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="4" t="s">
         <v>1612</v>
       </c>
       <c r="B291" s="4" t="s">
         <v>1613</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>3796</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="3" t="s">
         <v>1615</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>1616</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>3797</v>
+        <v>3802</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="4" t="s">
         <v>1618</v>
       </c>
       <c r="B293" s="4" t="s">
         <v>1619</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>3798</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="3" t="s">
         <v>1621</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>1622</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>3799</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="4" t="s">
         <v>1624</v>
       </c>
       <c r="B295" s="4" t="s">
         <v>1625</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>3800</v>
+        <v>3805</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="3" t="s">
         <v>1627</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>1628</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>3801</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="4" t="s">
         <v>1630</v>
       </c>
       <c r="B297" s="4" t="s">
         <v>1631</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>3802</v>
+        <v>3807</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="3" t="s">
         <v>1633</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>1634</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>3803</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="4" t="s">
         <v>1636</v>
       </c>
       <c r="B299" s="4" t="s">
         <v>1637</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>3804</v>
+        <v>3809</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="3" t="s">
         <v>1639</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>1640</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>3805</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="4" t="s">
         <v>1642</v>
       </c>
       <c r="B301" s="4" t="s">
         <v>1643</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>3806</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="3" t="s">
         <v>1645</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>1646</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>3807</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="4" t="s">
         <v>1648</v>
       </c>
       <c r="B303" s="4" t="s">
         <v>1649</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>3808</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="3" t="s">
         <v>1651</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>1652</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>3809</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="4" t="s">
         <v>1654</v>
       </c>
       <c r="B305" s="4" t="s">
         <v>1655</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>3810</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="3" t="s">
         <v>1657</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>1658</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>3811</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="4" t="s">
         <v>1660</v>
       </c>
       <c r="B307" s="4" t="s">
         <v>1661</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>3812</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="3" t="s">
         <v>1663</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>1664</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>3813</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="4" t="s">
         <v>1666</v>
       </c>
       <c r="B309" s="4" t="s">
         <v>1667</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>3814</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="3" t="s">
         <v>1669</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>1670</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>3815</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="4" t="s">
         <v>1672</v>
       </c>
       <c r="B311" s="4" t="s">
         <v>1673</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>3816</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="3" t="s">
         <v>1675</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>1676</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>3817</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="4" t="s">
         <v>1678</v>
       </c>
       <c r="B313" s="4" t="s">
         <v>1679</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>3818</v>
+        <v>3823</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="3" t="s">
         <v>1681</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>1682</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>3819</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="4" t="s">
         <v>1684</v>
       </c>
       <c r="B315" s="4" t="s">
         <v>1685</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>3820</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="3" t="s">
         <v>1687</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>1688</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>3821</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="4" t="s">
         <v>1690</v>
       </c>
       <c r="B317" s="4" t="s">
         <v>1691</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>3822</v>
+        <v>3827</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="3" t="s">
         <v>1699</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>1700</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>3823</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="4" t="s">
         <v>1702</v>
       </c>
       <c r="B319" s="4" t="s">
         <v>1703</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>3824</v>
+        <v>3829</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="3" t="s">
         <v>1705</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>1706</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>3825</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="4" t="s">
         <v>1708</v>
       </c>
       <c r="B321" s="4" t="s">
         <v>1709</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>3826</v>
+        <v>3831</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="3" t="s">
         <v>1711</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>1712</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>3827</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="4" t="s">
         <v>1717</v>
       </c>
       <c r="B323" s="4" t="s">
         <v>1718</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>3828</v>
+        <v>3833</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="3" t="s">
         <v>1720</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>1721</v>
       </c>
       <c r="C324" s="3" t="s">
-        <v>3829</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="4" t="s">
         <v>2645</v>
       </c>
       <c r="B325" s="4" t="s">
         <v>2646</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>3830</v>
+        <v>3835</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="3" t="s">
         <v>1723</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>1724</v>
       </c>
       <c r="C326" s="3" t="s">
-        <v>3831</v>
+        <v>3836</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>Company | Metrics</vt:lpstr>