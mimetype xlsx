--- v3 (2026-02-16)
+++ v4 (2026-03-12)
@@ -40,51 +40,51 @@
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Company | Metrics" sheetId="1" r:id="rId1"/>
     <sheet name="Company | Info" sheetId="2" r:id="rId2"/>
     <sheet name="Model Portfolio | Metrics" sheetId="3" r:id="rId3"/>
     <sheet name="Model Portfolio | Info" sheetId="4" r:id="rId4"/>
     <sheet name="ETF &amp; CEF | Metrics" sheetId="5" r:id="rId5"/>
     <sheet name="ETF &amp; CEF | Info" sheetId="6" r:id="rId6"/>
     <sheet name="Mutual Fund | Metrics" sheetId="7" r:id="rId7"/>
     <sheet name="Mutual Fund | Info" sheetId="8" r:id="rId8"/>
     <sheet name="Separate Account | Metrics" sheetId="9" r:id="rId9"/>
     <sheet name="Separate Account | Info" sheetId="10" r:id="rId10"/>
     <sheet name="Custom Security | Metrics" sheetId="11" r:id="rId11"/>
     <sheet name="Custom Security | Info" sheetId="12" r:id="rId12"/>
     <sheet name="Macroeconomic | Metrics" sheetId="13" r:id="rId13"/>
     <sheet name="YCS Parameter Options" sheetId="14" r:id="rId14"/>
     <sheet name="Macroeconomic | Info" sheetId="15" r:id="rId15"/>
     <sheet name="User Info" sheetId="16" r:id="rId16"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8221" uniqueCount="4204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8264" uniqueCount="4219">
   <si>
     <t>YCharts Excel Add-In Company Metrics</t>
   </si>
   <si>
     <t>Metric Name</t>
   </si>
   <si>
     <t>Financial Statement</t>
   </si>
   <si>
     <t>Metric Code</t>
   </si>
   <si>
     <t>Syntax</t>
   </si>
   <si>
     <t>Forward Estimate Available</t>
   </si>
   <si>
     <t>1 Year Total Returns (Daily)</t>
   </si>
   <si>
     <t>one_year_total_return</t>
   </si>
   <si>
@@ -5052,63 +5052,63 @@
   <si>
     <t>YCP("P:1234","united_kingdom_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>United Kingdom Region Total Exposure</t>
   </si>
   <si>
     <t>united_kingdom_region_total_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","united_kingdom_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>United Kingdom Total Exposure</t>
   </si>
   <si>
     <t>united_kingdom_total_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","united_kingdom_total_exposure_generic")</t>
   </si>
   <si>
     <t>United States Bond Exposure</t>
   </si>
   <si>
-    <t>united_states_region_bond_exposure_generic</t>
-[...2 lines deleted...]
-    <t>YCP("P:1234","united_states_region_bond_exposure_generic")</t>
+    <t>united_states_bond_exposure_generic</t>
+  </si>
+  <si>
+    <t>YCP("P:1234","united_states_bond_exposure_generic")</t>
   </si>
   <si>
     <t>United States Equity Exposure</t>
   </si>
   <si>
-    <t>united_states_equity_exposure_generic</t>
-[...2 lines deleted...]
-    <t>YCP("P:1234","united_states_equity_exposure_generic")</t>
+    <t>united_states_region_equity_exposure_generic</t>
+  </si>
+  <si>
+    <t>YCP("P:1234","united_states_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>United States Total Exposure</t>
   </si>
   <si>
     <t>united_states_region_total_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","united_states_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>Utilities Exposure</t>
   </si>
   <si>
     <t>utilities_exposure_generic</t>
   </si>
   <si>
     <t>YCP("P:1234","utilities_exposure_generic")</t>
   </si>
   <si>
     <t>Venezuela Bond Exposure</t>
   </si>
   <si>
     <t>venezuela_bond_exposure_generic</t>
   </si>
@@ -7788,54 +7788,54 @@
   <si>
     <t>YCP("SPXU","united_arab_emirates_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_arab_emirates_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_kingdom_total_exposure_generic")</t>
   </si>
   <si>
-    <t>YCP("SPXU","united_states_region_bond_exposure_generic")</t>
-[...2 lines deleted...]
-    <t>YCP("SPXU","united_states_equity_exposure_generic")</t>
+    <t>YCP("SPXU","united_states_bond_exposure_generic")</t>
+  </si>
+  <si>
+    <t>YCP("SPXU","united_states_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("SPXU","united_states_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>Upside (vs Peer Group) (10Y)</t>
   </si>
   <si>
     <t>upside_10y_vs_pg</t>
   </si>
   <si>
     <t>YCP("SPXU","upside_10y_vs_pg")</t>
   </si>
   <si>
     <t>Upside (vs Peer Group) (15Y)</t>
   </si>
   <si>
     <t>upside_15y_vs_pg</t>
   </si>
   <si>
     <t>YCP("SPXU","upside_15y_vs_pg")</t>
   </si>
   <si>
     <t>Upside (vs Peer Group) (1Y)</t>
   </si>
@@ -8511,50 +8511,59 @@
   <si>
     <t>Primary Share Class Symbol</t>
   </si>
   <si>
     <t>primary_share_class_symbol</t>
   </si>
   <si>
     <t>The symbol of the primary share class of a fund</t>
   </si>
   <si>
     <t>YCI("SPY", "primary_share_class_symbol")</t>
   </si>
   <si>
     <t>Prospectus Benchmark Index</t>
   </si>
   <si>
     <t>prospectus_benchmark_index</t>
   </si>
   <si>
     <t>The fund’s prospectus benchmark index</t>
   </si>
   <si>
     <t>YCI("SPY", "prospectus_benchmark_index")</t>
   </si>
   <si>
+    <t>Prospectus Benchmark Index (Morn)</t>
+  </si>
+  <si>
+    <t>prospectus_benchmark_index_morn</t>
+  </si>
+  <si>
+    <t>YCI("SPY", "prospectus_benchmark_index_morn")</t>
+  </si>
+  <si>
     <t>Last Prospectus Date</t>
   </si>
   <si>
     <t>prospectus_date_generic</t>
   </si>
   <si>
     <t>The date on which the fund’s prospectus was last updated</t>
   </si>
   <si>
     <t>YCI("SPY", "prospectus_date_generic")</t>
   </si>
   <si>
     <t>Prospectus Objective</t>
   </si>
   <si>
     <t>prospectus_objective</t>
   </si>
   <si>
     <t>The fund’s prospectus objective</t>
   </si>
   <si>
     <t>YCI("SPY", "prospectus_objective")</t>
   </si>
   <si>
     <t>Purchase Currency</t>
@@ -10161,54 +10170,54 @@
   <si>
     <t>YCP("M:AWSHX","united_arab_emirates_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_arab_emirates_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_kingdom_total_exposure_generic")</t>
   </si>
   <si>
-    <t>YCP("M:AWSHX","united_states_region_bond_exposure_generic")</t>
-[...2 lines deleted...]
-    <t>YCP("M:AWSHX","united_states_equity_exposure_generic")</t>
+    <t>YCP("M:AWSHX","united_states_bond_exposure_generic")</t>
+  </si>
+  <si>
+    <t>YCP("M:AWSHX","united_states_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","united_states_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_10y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_15y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_1y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_20y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_3y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_5y_vs_pg")</t>
   </si>
   <si>
     <t>YCP("M:AWSHX","upside_downside_10y_vs_pg")</t>
   </si>
@@ -10470,50 +10479,53 @@
   <si>
     <t>YCI("M:AWSHX", "mid_term_dividends")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "non_qualified_dividends")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "normal_dividends")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "open_to_new_investors_generic")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "peer_group_name")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "primary_performance_provider")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "primary_share_class_symbol")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "prospectus_benchmark_index")</t>
   </si>
   <si>
+    <t>YCI("M:AWSHX", "prospectus_benchmark_index_morn")</t>
+  </si>
+  <si>
     <t>YCI("M:AWSHX", "prospectus_date_generic")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "prospectus_objective")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "purchase_currency_generic")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "qualified_dividends")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "related_securities")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "retained_income_dividends")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "roc_dividends")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "security_id")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "security_name")</t>
@@ -10569,50 +10581,65 @@
   <si>
     <t>YCI("M:AWSHX", "worst_return_period_three_year")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "ycharts_benchmark_category")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "ycharts_benchmark_index_symbol")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "ycharts_url")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "year_high_date")</t>
   </si>
   <si>
     <t>YCI("M:AWSHX", "year_low_date")</t>
   </si>
   <si>
     <t>YCharts Excel Add-In Separate Account Metrics</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","one_year_total_return")</t>
   </si>
   <si>
+    <t>YCP("S:0P0000JCML","maturity_1_to_3_years_generic")</t>
+  </si>
+  <si>
+    <t>YCP("S:0P0000JCML","maturity_10_to_20_years_generic")</t>
+  </si>
+  <si>
+    <t>YCP("S:0P0000JCML","maturity_20_to_30_years_generic")</t>
+  </si>
+  <si>
+    <t>YCP("S:0P0000JCML","maturity_3_to_5_years_generic")</t>
+  </si>
+  <si>
+    <t>YCP("S:0P0000JCML","maturity_5_to_10_years_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","a_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","aa_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","aaa_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","africa_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","africa_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","africa_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","africa_middle_east_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","africa_middle_east_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","africa_and_middle_east_total_exposure_generic")</t>
@@ -11025,50 +11052,53 @@
   <si>
     <t>YCP("S:0P0000JCML","hong_kong_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","india_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","india_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","india_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","indonesia_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","indonesia_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","indonesia_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","industrials_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("S:0P0000JCML","intermediate_term_exposure_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","international_bond_allocation_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","international_stock_allocation_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","investment_grade_bond_allocation_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","iran_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","iran_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","iran_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","ireland_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","ireland_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","ireland_total_exposure_generic")</t>
@@ -11112,50 +11142,56 @@
   <si>
     <t>YCP("S:0P0000JCML","kazakhstan_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","kazakhstan_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","kazakhstan_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","large_cap_equity_allocation_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","large_market_cap_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","latin_america_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","latin_america_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","latin_america_total_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("S:0P0000JCML","maturity_less_than_1_year_generic")</t>
+  </si>
+  <si>
+    <t>YCP("S:0P0000JCML","long_term_exposure_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","malaysia_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","malaysia_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","malaysia_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","max_drawdown_5y")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","max_manager_tenure_generic")</t>
   </si>
   <si>
     <t>Maximum Management Fee</t>
   </si>
   <si>
     <t>max_management_fee_generic</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","max_management_fee_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","medium_market_cap_exposure_generic")</t>
@@ -11253,53 +11289,59 @@
   <si>
     <t>YCP("S:0P0000JCML","number_of_bond_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","number_of_equity_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","number_of_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","number_of_long_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","number_of_other_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","number_of_short_holdings_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","other_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","other_fixed_income_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("S:0P0000JCML","maturity_other_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","other_net_generic")</t>
   </si>
   <si>
+    <t>YCP("S:0P0000JCML","maturity_greater_than_30_years_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","pakistan_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","pakistan_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","pakistan_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","peru_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","peru_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","peru_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","philippines_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","philippines_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","philippines_total_exposure_generic")</t>
@@ -11346,50 +11388,53 @@
   <si>
     <t>YCP("S:0P0000JCML","russia_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","saudi_arabia_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","saudi_arabia_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","saudi_arabia_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","securitized_fixed_income_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","sensitive_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","short_term_bond_allocation_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","short_term_bond_exposure_generic")</t>
   </si>
   <si>
+    <t>YCP("S:0P0000JCML","short_term_exposure_generic")</t>
+  </si>
+  <si>
     <t>YCP("S:0P0000JCML","singapore_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","singapore_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","singapore_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","small_cap_equity_allocation_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","small_market_cap_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","south_africa_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","south_africa_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","south_africa_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","south_korea_bond_exposure_generic")</t>
@@ -11502,54 +11547,54 @@
   <si>
     <t>YCP("S:0P0000JCML","united_arab_emirates_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_arab_emirates_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_region_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_kingdom_total_exposure_generic")</t>
   </si>
   <si>
-    <t>YCP("S:0P0000JCML","united_states_region_bond_exposure_generic")</t>
-[...2 lines deleted...]
-    <t>YCP("S:0P0000JCML","united_states_equity_exposure_generic")</t>
+    <t>YCP("S:0P0000JCML","united_states_bond_exposure_generic")</t>
+  </si>
+  <si>
+    <t>YCP("S:0P0000JCML","united_states_region_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","united_states_region_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","utilities_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","venezuela_bond_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","venezuela_equity_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","venezuela_total_exposure_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","weighted_average_debt_to_capital_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","average_market_cap_generic")</t>
   </si>
   <si>
     <t>YCP("S:0P0000JCML","weighted_average_pe_ratio_generic")</t>
   </si>
@@ -12267,66 +12312,66 @@
   <si>
     <t>quarterly_dec</t>
   </si>
   <si>
     <t>quarterly_nov</t>
   </si>
   <si>
     <t>quarterly_oct</t>
   </si>
   <si>
     <t>market_quarterly</t>
   </si>
   <si>
     <t>yearly</t>
   </si>
   <si>
     <t>semi_yearly</t>
   </si>
   <si>
     <t>market_yearly</t>
   </si>
   <si>
     <t>resample_function</t>
   </si>
   <si>
+    <t>first</t>
+  </si>
+  <si>
+    <t>max</t>
+  </si>
+  <si>
+    <t>sum</t>
+  </si>
+  <si>
     <t>median</t>
   </si>
   <si>
     <t>last</t>
   </si>
   <si>
-    <t>sum</t>
-[...4 lines deleted...]
-  <si>
     <t>min</t>
-  </si>
-[...1 lines deleted...]
-    <t>first</t>
   </si>
   <si>
     <t>mean</t>
   </si>
   <si>
     <t>std</t>
   </si>
   <si>
     <t>fill_method</t>
   </si>
   <si>
     <t>backward</t>
   </si>
   <si>
     <t>forward</t>
   </si>
   <si>
     <t>no_fill</t>
   </si>
   <si>
     <t>aggregate_function</t>
   </si>
   <si>
     <t>pct_change</t>
   </si>
@@ -14136,3897 +14181,3897 @@
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E68"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3837</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>3838</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>3839</v>
+        <v>3854</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
         <v>2655</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>2656</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>2657</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>3840</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>2663</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>2664</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>2665</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>3841</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>3842</v>
+        <v>3857</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>3843</v>
+        <v>3858</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>3844</v>
+        <v>3859</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>3845</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
-        <v>3846</v>
+        <v>3861</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>3847</v>
+        <v>3862</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>3848</v>
+        <v>3863</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>3849</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>2667</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>2668</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>2669</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>3850</v>
+        <v>3865</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>238</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>239</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>240</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>3851</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>3852</v>
+        <v>3867</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>246</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>247</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>3853</v>
+        <v>3868</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>252</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>3854</v>
+        <v>3869</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>254</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>255</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>256</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>3855</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>3856</v>
+        <v>3871</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>262</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>263</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>264</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>3857</v>
+        <v>3872</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>268</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>3858</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>2679</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>2680</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>2681</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>3859</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
         <v>2683</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>2684</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>2685</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>3860</v>
+        <v>3875</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>2687</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>2688</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>2689</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>3861</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>3862</v>
+        <v>3877</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>2696</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>2697</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>2698</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>3863</v>
+        <v>3878</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>284</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>3864</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>3865</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>3866</v>
+        <v>3881</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>3867</v>
+        <v>3882</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>3868</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
-        <v>3869</v>
+        <v>3884</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>3870</v>
+        <v>3885</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>3871</v>
+        <v>3886</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>3872</v>
+        <v>3887</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
         <v>2724</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>2725</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>2726</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>3873</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
         <v>2728</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>2729</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>2730</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>3874</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>2732</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>2733</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>2734</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>3875</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>2752</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>2753</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>488</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>2754</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>3876</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
         <v>2759</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>2760</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>2761</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>3877</v>
+        <v>3892</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
         <v>367</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>368</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>369</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>3878</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>373</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>3879</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
         <v>2765</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>2766</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>2767</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>3880</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
         <v>2769</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>2770</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>2771</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>3881</v>
+        <v>3896</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
         <v>2773</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>2774</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>2775</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>3882</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>404</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>3883</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
         <v>2781</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>2782</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>2783</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>3884</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>425</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>3885</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
         <v>2790</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>2791</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>2792</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>3886</v>
+        <v>3901</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="3" t="s">
         <v>2794</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>2795</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>2796</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>3887</v>
+        <v>3902</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
         <v>2799</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>2800</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>2801</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>3888</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
         <v>2811</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>2812</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>2813</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>3889</v>
+        <v>3904</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="4" t="s">
         <v>2819</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>2820</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>2821</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>3890</v>
+        <v>3905</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="3" t="s">
-        <v>2823</v>
+        <v>2826</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>2824</v>
+        <v>2827</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>2825</v>
+        <v>2828</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>3891</v>
+        <v>3906</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
-        <v>2831</v>
+        <v>2834</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>2832</v>
+        <v>2835</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>2833</v>
+        <v>2836</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>3892</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="3" t="s">
         <v>486</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>487</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>489</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>3893</v>
+        <v>3908</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
         <v>501</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>502</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>503</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>3894</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>507</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>3895</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
-        <v>2842</v>
+        <v>2845</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>2843</v>
+        <v>2846</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>2844</v>
+        <v>2847</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>3896</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="3" t="s">
-        <v>2853</v>
+        <v>2856</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>2854</v>
+        <v>2857</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>2855</v>
+        <v>2858</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>3897</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
         <v>532</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>533</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>488</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>534</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>3898</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>538</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>3899</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="4" t="s">
         <v>540</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>541</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>542</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>3900</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>546</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>3901</v>
+        <v>3916</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="4" t="s">
         <v>548</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>549</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>550</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>3902</v>
+        <v>3917</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>554</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>3903</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="4" t="s">
         <v>556</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>557</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>558</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>3904</v>
+        <v>3919</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="3" t="s">
         <v>560</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>562</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>3905</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="4" t="s">
         <v>564</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>565</v>
       </c>
       <c r="C63" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>566</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>3906</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="3" t="s">
-        <v>2866</v>
+        <v>2869</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>2867</v>
+        <v>2870</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>3907</v>
+        <v>3922</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="4" t="s">
-        <v>2870</v>
+        <v>2873</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>2871</v>
+        <v>2874</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>3908</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="3" t="s">
         <v>572</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>573</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>574</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>3909</v>
+        <v>3924</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="4" t="s">
         <v>576</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>577</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>578</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>3910</v>
+        <v>3925</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="3" t="s">
         <v>580</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>581</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>582</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>3911</v>
+        <v>3926</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C83"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
-        <v>3912</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>3913</v>
+        <v>3928</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4" t="s">
         <v>613</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>614</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>3914</v>
+        <v>3929</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>3915</v>
+        <v>3930</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4" t="s">
         <v>619</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>620</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>3916</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>3917</v>
+        <v>3932</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>643</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>644</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>3918</v>
+        <v>3933</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>3919</v>
+        <v>3934</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4" t="s">
         <v>694</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>695</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>3920</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>3921</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="4" t="s">
         <v>715</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>716</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>3922</v>
+        <v>3937</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>743</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>3923</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="4" t="s">
         <v>745</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>746</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>3924</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="3" t="s">
         <v>748</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>749</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>3925</v>
+        <v>3940</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="4" t="s">
         <v>754</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>755</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>3926</v>
+        <v>3941</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="3" t="s">
         <v>766</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>767</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>3927</v>
+        <v>3942</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="4" t="s">
         <v>769</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>770</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>3928</v>
+        <v>3943</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="3" t="s">
         <v>772</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>773</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>3929</v>
+        <v>3944</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="4" t="s">
         <v>802</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>803</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>3930</v>
+        <v>3945</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
         <v>808</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>809</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>3931</v>
+        <v>3946</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="4" t="s">
         <v>811</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>812</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>3932</v>
+        <v>3947</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
         <v>814</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>815</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>3933</v>
+        <v>3948</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="4" t="s">
         <v>847</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>848</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>3934</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
         <v>850</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>851</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>3935</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="4" t="s">
         <v>853</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>854</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>3936</v>
+        <v>3951</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="3" t="s">
         <v>859</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>860</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>3937</v>
+        <v>3952</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="4" t="s">
         <v>865</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>866</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>3938</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="3" t="s">
         <v>871</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>872</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>3939</v>
+        <v>3954</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="4" t="s">
         <v>883</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>884</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>3940</v>
+        <v>3955</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>3941</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="4" t="s">
         <v>950</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>951</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>3942</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
         <v>959</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>960</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>3943</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="4" t="s">
         <v>968</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>969</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>3944</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="3" t="s">
         <v>977</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>978</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>3945</v>
+        <v>3960</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="4" t="s">
         <v>986</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>987</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>3946</v>
+        <v>3961</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
         <v>989</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>990</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>3947</v>
+        <v>3962</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4" t="s">
         <v>1022</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>1023</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>3948</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>1035</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>3949</v>
+        <v>3964</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4" t="s">
         <v>1043</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>1044</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>3950</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>1062</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>3951</v>
+        <v>3966</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4" t="s">
         <v>1064</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>1065</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>3952</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
         <v>1094</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>1095</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>3953</v>
+        <v>3968</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4" t="s">
         <v>1097</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>1098</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>3954</v>
+        <v>3969</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
         <v>1100</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>1101</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>3955</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4" t="s">
         <v>1103</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>1104</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>3956</v>
+        <v>3971</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
         <v>1106</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>1107</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>3957</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4" t="s">
         <v>1157</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>1158</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>3958</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
         <v>1175</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>1176</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>3959</v>
+        <v>3974</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4" t="s">
         <v>1178</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>1179</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>3960</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
         <v>1229</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>1230</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>3961</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4" t="s">
         <v>1235</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>1236</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>3962</v>
+        <v>3977</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
         <v>1244</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>1245</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>3963</v>
+        <v>3978</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>119</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>3964</v>
+        <v>3979</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
         <v>1266</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>1267</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>3965</v>
+        <v>3980</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4" t="s">
         <v>1278</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>1279</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>3966</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
         <v>1287</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>3967</v>
+        <v>3982</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4" t="s">
         <v>1293</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>1294</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>3968</v>
+        <v>3983</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
         <v>1296</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>1297</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>3969</v>
+        <v>3984</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4" t="s">
         <v>1332</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>1333</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>3970</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>1348</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>3971</v>
+        <v>3986</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4" t="s">
         <v>1350</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>1351</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>3972</v>
+        <v>3987</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
         <v>1353</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>1354</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>3973</v>
+        <v>3988</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4" t="s">
         <v>1356</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>1357</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>3974</v>
+        <v>3989</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
         <v>1374</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>1375</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>3975</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4" t="s">
         <v>1380</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>1381</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>3976</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
         <v>1431</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>1432</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>3977</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4" t="s">
         <v>1449</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>1450</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>3978</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
         <v>1506</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>1507</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>3979</v>
+        <v>3994</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
         <v>1509</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>1510</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>3980</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
         <v>1512</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>1513</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>3981</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4" t="s">
         <v>1515</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>1516</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>3982</v>
+        <v>3997</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
         <v>1527</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>1528</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>3983</v>
+        <v>3998</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4" t="s">
         <v>1530</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>1531</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>3984</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
         <v>1560</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>1561</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>3985</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4" t="s">
         <v>1563</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>1564</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>3986</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
         <v>1593</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>1594</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>3987</v>
+        <v>4002</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4" t="s">
         <v>220</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>221</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>3988</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
         <v>1624</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>1625</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>3989</v>
+        <v>4004</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4" t="s">
         <v>1627</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>1628</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>3990</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
         <v>1675</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>1676</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>3991</v>
+        <v>4006</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4" t="s">
         <v>1678</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>1679</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>3992</v>
+        <v>4007</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E37"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3993</v>
+        <v>4008</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>3994</v>
+        <v>4009</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>3995</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>3996</v>
+        <v>4011</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>3997</v>
+        <v>4012</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>3998</v>
+        <v>4013</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>3999</v>
+        <v>4014</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>1736</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>1737</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>1738</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>4000</v>
+        <v>4015</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>4001</v>
+        <v>4016</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>242</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>243</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>244</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>4002</v>
+        <v>4017</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>4003</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>250</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>251</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>252</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>4004</v>
+        <v>4019</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>4005</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>258</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>259</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>260</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>4006</v>
+        <v>4021</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>4007</v>
+        <v>4022</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>266</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>267</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>268</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>4008</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>300</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>4009</v>
+        <v>4024</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>4010</v>
+        <v>4025</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>4011</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>4012</v>
+        <v>4027</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>425</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>4013</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
-        <v>4014</v>
+        <v>4029</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>4015</v>
+        <v>4030</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>4016</v>
+        <v>4031</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>4017</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>503</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>4018</v>
+        <v>4033</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>505</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>506</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>507</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>4019</v>
+        <v>4034</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
         <v>1790</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>1791</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>1792</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>4020</v>
+        <v>4035</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
         <v>1794</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>1795</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>1796</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>4021</v>
+        <v>4036</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>534</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>4022</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>536</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>537</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>538</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>4023</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>542</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>4024</v>
+        <v>4039</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
         <v>544</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>545</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>546</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>4025</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>550</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>4026</v>
+        <v>4041</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
         <v>552</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>553</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>554</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>4027</v>
+        <v>4042</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>558</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>4028</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>560</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>561</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>562</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>4029</v>
+        <v>4044</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>565</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>566</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>4030</v>
+        <v>4045</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
         <v>572</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>573</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>574</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>4031</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>577</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>578</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>4032</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
         <v>580</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>581</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>582</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>4033</v>
+        <v>4048</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.7109375" customWidth="1"/>
     <col min="2" max="2" width="43.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>4034</v>
+        <v>4049</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
-        <v>4035</v>
+        <v>4050</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4036</v>
+        <v>4051</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="s">
-        <v>4037</v>
+        <v>4052</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B54"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="65.7109375" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
-        <v>4038</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="2" t="s">
-        <v>4039</v>
+        <v>4054</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>4040</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="3" t="s">
-        <v>4041</v>
+        <v>4056</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4042</v>
+        <v>4057</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="4" t="s">
-        <v>4043</v>
+        <v>4058</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>4042</v>
+        <v>4057</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>4045</v>
+        <v>4060</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>4046</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>4047</v>
+        <v>4062</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>4048</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>4049</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>4050</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>4051</v>
+        <v>4066</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>4052</v>
+        <v>4067</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>4053</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>4054</v>
+        <v>4069</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>4055</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>4056</v>
+        <v>4071</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>4057</v>
+        <v>4072</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>4058</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>4059</v>
+        <v>4074</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>4060</v>
+        <v>4075</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>4061</v>
+        <v>4076</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>4062</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>4063</v>
+        <v>4078</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>4064</v>
+        <v>4079</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>4065</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>4066</v>
+        <v>4081</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>4067</v>
+        <v>4082</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>4068</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>4069</v>
+        <v>4084</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>4070</v>
+        <v>4085</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>4071</v>
+        <v>4086</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" s="4" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>4072</v>
+        <v>4087</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" s="3" t="s">
-        <v>4044</v>
+        <v>4059</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>4073</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" s="4" t="s">
-        <v>4074</v>
+        <v>4089</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>4075</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" s="3" t="s">
-        <v>4074</v>
+        <v>4089</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>4076</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" s="4" t="s">
-        <v>4074</v>
+        <v>4089</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>4077</v>
+        <v>4092</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" s="3" t="s">
-        <v>4074</v>
+        <v>4089</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>4078</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" s="4" t="s">
-        <v>4074</v>
+        <v>4089</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>4079</v>
+        <v>4094</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" s="3" t="s">
-        <v>4074</v>
+        <v>4089</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>4080</v>
+        <v>4095</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" s="4" t="s">
-        <v>4074</v>
+        <v>4089</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>4081</v>
+        <v>4096</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" s="3" t="s">
-        <v>4074</v>
+        <v>4089</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>4082</v>
+        <v>4097</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" s="4" t="s">
-        <v>4083</v>
+        <v>4098</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>4084</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" s="3" t="s">
-        <v>4083</v>
+        <v>4098</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>4085</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" s="4" t="s">
-        <v>4083</v>
+        <v>4098</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>4086</v>
+        <v>4101</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" s="3" t="s">
-        <v>4087</v>
+        <v>4102</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>4075</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" s="4" t="s">
-        <v>4087</v>
+        <v>4102</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>4076</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" s="3" t="s">
-        <v>4087</v>
+        <v>4102</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>4088</v>
+        <v>4103</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" s="4" t="s">
-        <v>4087</v>
+        <v>4102</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>4077</v>
+        <v>4092</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" s="3" t="s">
-        <v>4087</v>
+        <v>4102</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>4078</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" s="4" t="s">
-        <v>4087</v>
+        <v>4102</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>4079</v>
+        <v>4094</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" s="3" t="s">
-        <v>4087</v>
+        <v>4102</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>4080</v>
+        <v>4095</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" s="4" t="s">
-        <v>4087</v>
+        <v>4102</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>4081</v>
+        <v>4096</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" s="3" t="s">
-        <v>4087</v>
+        <v>4102</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>4082</v>
+        <v>4097</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E33"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>4089</v>
+        <v>4104</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
-        <v>4090</v>
+        <v>4105</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4091</v>
+        <v>4106</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>4092</v>
+        <v>4107</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>4093</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
-        <v>4094</v>
+        <v>4109</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>4095</v>
+        <v>4110</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>4096</v>
+        <v>4111</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>4097</v>
+        <v>4112</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>4098</v>
+        <v>4113</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>4099</v>
+        <v>4114</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>4100</v>
+        <v>4115</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>4101</v>
+        <v>4116</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>278</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>279</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>280</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>4102</v>
+        <v>4117</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>4103</v>
+        <v>4118</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>4104</v>
+        <v>4119</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>4105</v>
+        <v>4120</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>4106</v>
+        <v>4121</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>302</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>4107</v>
+        <v>4122</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>308</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>4108</v>
+        <v>4123</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>4109</v>
+        <v>4124</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
-        <v>4110</v>
+        <v>4125</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>4111</v>
+        <v>4126</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>4112</v>
+        <v>4127</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>4113</v>
+        <v>4128</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>4114</v>
+        <v>4129</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
-        <v>4115</v>
+        <v>4130</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>4116</v>
+        <v>4131</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>4112</v>
+        <v>4127</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>4117</v>
+        <v>4132</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>4118</v>
+        <v>4133</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
-        <v>4119</v>
+        <v>4134</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>4120</v>
+        <v>4135</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>4121</v>
+        <v>4136</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>4122</v>
+        <v>4137</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
-        <v>4123</v>
+        <v>4138</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>4124</v>
+        <v>4139</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>4125</v>
+        <v>4140</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>4126</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
-        <v>4127</v>
+        <v>4142</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>4128</v>
+        <v>4143</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D16" s="3" t="s">
-        <v>4129</v>
+        <v>4144</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>4130</v>
+        <v>4145</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
-        <v>4131</v>
+        <v>4146</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>4132</v>
+        <v>4147</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>4133</v>
+        <v>4148</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>4134</v>
+        <v>4149</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
-        <v>4135</v>
+        <v>4150</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>4136</v>
+        <v>4151</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>4137</v>
+        <v>4152</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>4138</v>
+        <v>4153</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
-        <v>4110</v>
+        <v>4125</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>4139</v>
+        <v>4154</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>4112</v>
+        <v>4127</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>4140</v>
+        <v>4155</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>4141</v>
+        <v>4156</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
-        <v>4142</v>
+        <v>4157</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>4143</v>
+        <v>4158</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>420</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>4144</v>
+        <v>4159</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>4145</v>
+        <v>4160</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>423</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>424</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>425</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>4146</v>
+        <v>4161</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
-        <v>4115</v>
+        <v>4130</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>4147</v>
+        <v>4162</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>4112</v>
+        <v>4127</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>4148</v>
+        <v>4163</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>4149</v>
+        <v>4164</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>4150</v>
+        <v>4165</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>4151</v>
+        <v>4166</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>4152</v>
+        <v>4167</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>4153</v>
+        <v>4168</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
-        <v>4154</v>
+        <v>4169</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>4155</v>
+        <v>4170</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>4156</v>
+        <v>4171</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>4157</v>
+        <v>4172</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
-        <v>4158</v>
+        <v>4173</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>4159</v>
+        <v>4174</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>4160</v>
+        <v>4175</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>4161</v>
+        <v>4176</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
-        <v>4162</v>
+        <v>4177</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>4163</v>
+        <v>4178</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>4164</v>
+        <v>4179</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>4165</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>501</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>502</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>503</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>4166</v>
+        <v>4181</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>507</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>4167</v>
+        <v>4182</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
-        <v>4168</v>
+        <v>4183</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>4169</v>
+        <v>4184</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>4170</v>
+        <v>4185</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>4171</v>
+        <v>4186</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
-        <v>4172</v>
+        <v>4187</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>4173</v>
+        <v>4188</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>4174</v>
+        <v>4189</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>4175</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
-        <v>4176</v>
+        <v>4191</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>4177</v>
+        <v>4192</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>4178</v>
+        <v>4193</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>4179</v>
+        <v>4194</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>488</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>534</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>4180</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>572</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>573</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>574</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>4181</v>
+        <v>4196</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>4182</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
-        <v>4183</v>
+        <v>4198</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>4184</v>
+        <v>4199</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="s">
-        <v>4185</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
-        <v>4186</v>
+        <v>4201</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>4187</v>
+        <v>4202</v>
       </c>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4" t="s">
-        <v>4188</v>
+        <v>4203</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
-        <v>4189</v>
+        <v>4204</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>4190</v>
+        <v>4205</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="s">
-        <v>4191</v>
+        <v>4206</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>2752</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>4192</v>
+        <v>4207</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4" t="s">
-        <v>4193</v>
+        <v>4208</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>4194</v>
+        <v>4209</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>4195</v>
+        <v>4210</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="s">
-        <v>4196</v>
+        <v>4211</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>486</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>487</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4" t="s">
-        <v>4197</v>
+        <v>4212</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
-        <v>4198</v>
+        <v>4213</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>4199</v>
+        <v>4214</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="s">
-        <v>4200</v>
+        <v>4215</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
-        <v>4201</v>
+        <v>4216</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>4202</v>
+        <v>4217</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4" t="s">
-        <v>4203</v>
+        <v>4218</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E95"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
@@ -30490,51 +30535,51 @@
       <c r="B537" s="4" t="s">
         <v>2649</v>
       </c>
       <c r="C537" s="4" t="s">
         <v>2650</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="3" t="s">
         <v>1723</v>
       </c>
       <c r="B538" s="3" t="s">
         <v>1724</v>
       </c>
       <c r="C538" s="3" t="s">
         <v>2651</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E92"/>
+  <dimension ref="A1:E93"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>2652</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
@@ -31616,11574 +31661,11729 @@
     <row r="67" spans="1:5">
       <c r="A67" s="4" t="s">
         <v>2819</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>2820</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>2821</v>
       </c>
       <c r="E67" s="4" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="3" t="s">
         <v>2823</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>2824</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="D68" s="3" t="s">
+        <v>2821</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>2825</v>
-      </c>
-[...1 lines deleted...]
-        <v>2826</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="4" t="s">
+        <v>2826</v>
+      </c>
+      <c r="B69" s="4" t="s">
         <v>2827</v>
       </c>
-      <c r="B69" s="4" t="s">
+      <c r="C69" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="D69" s="4" t="s">
         <v>2828</v>
       </c>
-      <c r="C69" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D69" s="4" t="s">
+      <c r="E69" s="4" t="s">
         <v>2829</v>
-      </c>
-[...1 lines deleted...]
-        <v>2830</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="3" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>2831</v>
-      </c>
-[...1 lines deleted...]
-        <v>2832</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D70" s="3" t="s">
+        <v>2832</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>2833</v>
-      </c>
-[...1 lines deleted...]
-        <v>2834</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="4" t="s">
-        <v>486</v>
+        <v>2834</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>487</v>
+        <v>2835</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>488</v>
+        <v>275</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>489</v>
+        <v>2836</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>2835</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="3" t="s">
-        <v>501</v>
+        <v>486</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>502</v>
+        <v>487</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>275</v>
+        <v>488</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>503</v>
+        <v>489</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>2836</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="4" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>2837</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="3" t="s">
-        <v>2838</v>
+        <v>505</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>2839</v>
+        <v>506</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D74" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>2840</v>
-      </c>
-[...1 lines deleted...]
-        <v>2841</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="4" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B75" s="4" t="s">
         <v>2842</v>
       </c>
-      <c r="B75" s="4" t="s">
+      <c r="C75" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="D75" s="4" t="s">
         <v>2843</v>
       </c>
-      <c r="C75" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D75" s="4" t="s">
+      <c r="E75" s="4" t="s">
         <v>2844</v>
-      </c>
-[...1 lines deleted...]
-        <v>2845</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="3" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>2846</v>
       </c>
-      <c r="B76" s="3" t="s">
+      <c r="C76" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="D76" s="3" t="s">
         <v>2847</v>
       </c>
-      <c r="C76" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D76" s="3" t="s">
+      <c r="E76" s="3" t="s">
         <v>2848</v>
-      </c>
-[...1 lines deleted...]
-        <v>2849</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="4" t="s">
-        <v>2154</v>
+        <v>2849</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>2155</v>
+        <v>2850</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>2850</v>
+        <v>275</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>2851</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>2852</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="3" t="s">
+        <v>2154</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C78" s="3" t="s">
         <v>2853</v>
       </c>
-      <c r="B78" s="3" t="s">
+      <c r="D78" s="3" t="s">
         <v>2854</v>
       </c>
-      <c r="C78" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D78" s="3" t="s">
+      <c r="E78" s="3" t="s">
         <v>2855</v>
-      </c>
-[...1 lines deleted...]
-        <v>2856</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="4" t="s">
-        <v>532</v>
+        <v>2856</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>533</v>
+        <v>2857</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>488</v>
+        <v>231</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>534</v>
+        <v>2858</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>2857</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="3" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>231</v>
+        <v>488</v>
       </c>
       <c r="D80" s="3" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>2858</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="4" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="C81" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>2859</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="3" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D82" s="3" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>2860</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="4" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="C83" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="E83" s="4" t="s">
-        <v>2861</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="3" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>2862</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="4" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="C85" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>2863</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="3" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>2864</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="4" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="C87" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="E87" s="4" t="s">
-        <v>2865</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="3" t="s">
-        <v>2866</v>
+        <v>564</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>2867</v>
+        <v>565</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D88" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>2868</v>
-      </c>
-[...1 lines deleted...]
-        <v>2869</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="4" t="s">
+        <v>2869</v>
+      </c>
+      <c r="B89" s="4" t="s">
         <v>2870</v>
-      </c>
-[...1 lines deleted...]
-        <v>2871</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
       <c r="E89" s="4" t="s">
         <v>2872</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="3" t="s">
-        <v>572</v>
+        <v>2873</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>573</v>
+        <v>2874</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>574</v>
+        <v>2871</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>2873</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="4" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="E91" s="4" t="s">
-        <v>2874</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="3" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D92" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5">
+      <c r="A93" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B93" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="C93" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="D93" s="4" t="s">
         <v>582</v>
       </c>
-      <c r="E92" s="3" t="s">
-        <v>2875</v>
+      <c r="E93" s="4" t="s">
+        <v>2878</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C535"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
-        <v>2876</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>1815</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>1816</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>2877</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4" t="s">
         <v>1818</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1819</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>2878</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="3" t="s">
         <v>1821</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>1822</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>2879</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4" t="s">
         <v>1824</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>1825</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>2880</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
         <v>1827</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>1828</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>2881</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>585</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>586</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>2882</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="3" t="s">
         <v>1831</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>1832</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>2883</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4" t="s">
         <v>1834</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>1835</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>2884</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>2885</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="4" t="s">
         <v>589</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>590</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>2886</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="3" t="s">
         <v>1839</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>1840</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>2887</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="4" t="s">
         <v>592</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>593</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>2888</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="3" t="s">
         <v>1843</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>1844</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>2889</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="4" t="s">
         <v>1846</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>1847</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>2890</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>596</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>2891</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="4" t="s">
         <v>1850</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>1851</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>2892</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="3" t="s">
         <v>1853</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>1854</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>2893</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="4" t="s">
         <v>1856</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>1857</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>2894</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
         <v>1859</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>1860</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>2895</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="4" t="s">
         <v>1862</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>1863</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>2896</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>599</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>2897</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="4" t="s">
         <v>1866</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>1867</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>2898</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
         <v>1869</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>1870</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>2899</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="4" t="s">
         <v>1872</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>1873</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>2900</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="3" t="s">
         <v>1875</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>1876</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>2901</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="4" t="s">
         <v>601</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>602</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>2902</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="3" t="s">
         <v>1879</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>1880</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>2903</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="4" t="s">
         <v>1882</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>1883</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>2904</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="3" t="s">
         <v>604</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>605</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>2905</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="4" t="s">
         <v>1887</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>1888</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
         <v>1890</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>1891</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>2907</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="4" t="s">
         <v>1893</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>1894</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>2908</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="3" t="s">
         <v>607</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>608</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>2909</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="4" t="s">
         <v>1897</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>1898</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>2910</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
         <v>1900</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>1901</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>2911</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4" t="s">
         <v>610</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>611</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>2912</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
         <v>1904</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>1905</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>2913</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4" t="s">
         <v>1907</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>1908</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>2914</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
         <v>1910</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>1911</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>2915</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4" t="s">
         <v>1913</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>1914</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>2916</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
         <v>613</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>614</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>2917</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4" t="s">
         <v>616</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>617</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>2918</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
         <v>619</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>620</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>2919</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4" t="s">
         <v>622</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>623</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>2920</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
         <v>625</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>626</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>2921</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4" t="s">
         <v>1921</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>1922</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>2922</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>629</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>2923</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4" t="s">
         <v>631</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>632</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>2924</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>2925</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4" t="s">
         <v>637</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>638</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>2926</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
         <v>640</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>641</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>2927</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4" t="s">
         <v>643</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>644</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>2928</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
         <v>646</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>647</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>2929</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4" t="s">
         <v>649</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>650</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>2930</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
         <v>652</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>2931</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4" t="s">
         <v>655</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>656</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>2932</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
         <v>1934</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>1935</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>2933</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4" t="s">
         <v>1937</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>1938</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>2934</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
         <v>1940</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>1941</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>2935</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4" t="s">
         <v>1943</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>1944</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>2936</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
         <v>1946</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>1947</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>2937</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4" t="s">
         <v>1949</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>1950</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>2938</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
         <v>1952</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>1953</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>2939</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4" t="s">
         <v>658</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>659</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>2940</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
         <v>661</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>662</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>2941</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4" t="s">
         <v>664</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>665</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>2942</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
         <v>1958</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>1959</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>2943</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
         <v>1961</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>1962</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>2944</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
         <v>667</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>668</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>2945</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4" t="s">
         <v>670</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>671</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>2946</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
         <v>673</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>674</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>2947</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4" t="s">
         <v>676</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>677</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>2948</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
         <v>679</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>680</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>2949</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4" t="s">
         <v>682</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>683</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>2950</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
         <v>685</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>686</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>2951</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4" t="s">
         <v>688</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>689</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>2952</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
         <v>691</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>692</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>2953</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4" t="s">
         <v>694</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>695</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>2954</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
         <v>697</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>698</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>2955</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4" t="s">
         <v>700</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>701</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>2956</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>2957</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="4" t="s">
         <v>706</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>707</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>2958</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="3" t="s">
         <v>709</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>2959</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="4" t="s">
         <v>712</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>713</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>2960</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="3" t="s">
         <v>715</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>716</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>2961</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="4" t="s">
         <v>718</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>719</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>2962</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="3" t="s">
         <v>721</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>722</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>2963</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="4" t="s">
         <v>724</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>725</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>2964</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="3" t="s">
         <v>727</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>728</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>2965</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="4" t="s">
         <v>730</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>731</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>2966</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="3" t="s">
         <v>733</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>734</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>2967</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="4" t="s">
         <v>736</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>737</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>2968</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="3" t="s">
         <v>739</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>740</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>2969</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="4" t="s">
         <v>742</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>743</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>2970</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="3" t="s">
         <v>745</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>746</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>2971</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="4" t="s">
         <v>748</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>749</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>2972</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="3" t="s">
         <v>751</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>752</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>2973</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="4" t="s">
         <v>754</v>
       </c>
       <c r="B101" s="4" t="s">
         <v>755</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>2974</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>758</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>2975</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="4" t="s">
         <v>760</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>761</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>2976</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="3" t="s">
         <v>763</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>764</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>2977</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="4" t="s">
         <v>766</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>767</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>2978</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="3" t="s">
         <v>1998</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>1999</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>2979</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="4" t="s">
         <v>2001</v>
       </c>
       <c r="B107" s="4" t="s">
         <v>2002</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>2980</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="3" t="s">
         <v>2004</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>2005</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>2981</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="4" t="s">
         <v>2007</v>
       </c>
       <c r="B109" s="4" t="s">
         <v>2008</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>2982</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="3" t="s">
         <v>2010</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>2011</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>2983</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="4" t="s">
         <v>2013</v>
       </c>
       <c r="B111" s="4" t="s">
         <v>2014</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>2984</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="3" t="s">
         <v>769</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>770</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>2985</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="4" t="s">
         <v>772</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>773</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>2986</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="3" t="s">
         <v>775</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>776</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>2987</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="4" t="s">
         <v>778</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>779</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>2988</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="3" t="s">
         <v>781</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>782</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>2989</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="4" t="s">
         <v>784</v>
       </c>
       <c r="B117" s="4" t="s">
         <v>785</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>2990</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="3" t="s">
         <v>2022</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>2023</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>2991</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="4" t="s">
         <v>2025</v>
       </c>
       <c r="B119" s="4" t="s">
         <v>2026</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>2992</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="3" t="s">
         <v>2028</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>2029</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>2993</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="4" t="s">
         <v>787</v>
       </c>
       <c r="B121" s="4" t="s">
         <v>788</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>2994</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="3" t="s">
         <v>790</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>791</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>2995</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="4" t="s">
         <v>793</v>
       </c>
       <c r="B123" s="4" t="s">
         <v>794</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>2996</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="3" t="s">
         <v>796</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>797</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>2997</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="4" t="s">
         <v>799</v>
       </c>
       <c r="B125" s="4" t="s">
         <v>800</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>2998</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="3" t="s">
         <v>802</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>803</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>2999</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="4" t="s">
         <v>805</v>
       </c>
       <c r="B127" s="4" t="s">
         <v>806</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>3000</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="3" t="s">
         <v>808</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>809</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>3001</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="4" t="s">
         <v>811</v>
       </c>
       <c r="B129" s="4" t="s">
         <v>812</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>3002</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="3" t="s">
         <v>814</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>815</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>3003</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="4" t="s">
         <v>817</v>
       </c>
       <c r="B131" s="4" t="s">
         <v>818</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>3004</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="3" t="s">
         <v>820</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>821</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>3005</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="4" t="s">
         <v>823</v>
       </c>
       <c r="B133" s="4" t="s">
         <v>824</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>3006</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>827</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>3007</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="4" t="s">
         <v>829</v>
       </c>
       <c r="B135" s="4" t="s">
         <v>830</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>3008</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="3" t="s">
         <v>832</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>833</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>3009</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="4" t="s">
         <v>835</v>
       </c>
       <c r="B137" s="4" t="s">
         <v>836</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>3010</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="3" t="s">
         <v>838</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>839</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>3011</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="4" t="s">
         <v>841</v>
       </c>
       <c r="B139" s="4" t="s">
         <v>842</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>3012</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="3" t="s">
         <v>844</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>845</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>3013</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="4" t="s">
         <v>847</v>
       </c>
       <c r="B141" s="4" t="s">
         <v>848</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>3014</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="3" t="s">
         <v>850</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>851</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>3015</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="4" t="s">
         <v>853</v>
       </c>
       <c r="B143" s="4" t="s">
         <v>854</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>3016</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="3" t="s">
         <v>856</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>857</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>3017</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="4" t="s">
         <v>859</v>
       </c>
       <c r="B145" s="4" t="s">
         <v>860</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>3018</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="3" t="s">
         <v>862</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>863</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>3019</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="4" t="s">
         <v>865</v>
       </c>
       <c r="B147" s="4" t="s">
         <v>866</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>3020</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="3" t="s">
         <v>2058</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>2059</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>3021</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="4" t="s">
         <v>2061</v>
       </c>
       <c r="B149" s="4" t="s">
         <v>2062</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>3022</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="3" t="s">
         <v>2064</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>2065</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>3023</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="4" t="s">
         <v>2067</v>
       </c>
       <c r="B151" s="4" t="s">
         <v>2068</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>3024</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="3" t="s">
         <v>2070</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>2071</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>3025</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="4" t="s">
         <v>2073</v>
       </c>
       <c r="B153" s="4" t="s">
         <v>2074</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>3026</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="3" t="s">
         <v>868</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>869</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>3027</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="4" t="s">
         <v>871</v>
       </c>
       <c r="B155" s="4" t="s">
         <v>872</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>3028</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="3" t="s">
         <v>874</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>875</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>3029</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="4" t="s">
         <v>877</v>
       </c>
       <c r="B157" s="4" t="s">
         <v>878</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>3030</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="3" t="s">
         <v>880</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>881</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>3031</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="4" t="s">
         <v>2081</v>
       </c>
       <c r="B159" s="4" t="s">
         <v>2082</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>3032</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="3" t="s">
         <v>2084</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>2085</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>3033</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="4" t="s">
         <v>2087</v>
       </c>
       <c r="B161" s="4" t="s">
         <v>2088</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>3034</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="3" t="s">
         <v>883</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>884</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>3035</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="4" t="s">
         <v>886</v>
       </c>
       <c r="B163" s="4" t="s">
         <v>887</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>3036</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="3" t="s">
         <v>889</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>890</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>3037</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="4" t="s">
         <v>892</v>
       </c>
       <c r="B165" s="4" t="s">
         <v>893</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>3038</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="3" t="s">
         <v>895</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>896</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>3039</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="4" t="s">
         <v>898</v>
       </c>
       <c r="B167" s="4" t="s">
         <v>899</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>3040</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>3041</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="4" t="s">
         <v>901</v>
       </c>
       <c r="B169" s="4" t="s">
         <v>902</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>3042</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="3" t="s">
         <v>904</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>905</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>3043</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="4" t="s">
         <v>907</v>
       </c>
       <c r="B171" s="4" t="s">
         <v>908</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>3044</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="3" t="s">
         <v>910</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>911</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>3045</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B173" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>3046</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="3" t="s">
         <v>2105</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>2106</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>3047</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="4" t="s">
         <v>2108</v>
       </c>
       <c r="B175" s="4" t="s">
         <v>2109</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>3048</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="3" t="s">
         <v>2111</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>2112</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>3049</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="4" t="s">
         <v>2114</v>
       </c>
       <c r="B177" s="4" t="s">
         <v>2115</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>3050</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="3" t="s">
         <v>2117</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>2118</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>3051</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="4" t="s">
         <v>2120</v>
       </c>
       <c r="B179" s="4" t="s">
         <v>2121</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>3052</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="3" t="s">
         <v>914</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>915</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>3053</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="4" t="s">
         <v>917</v>
       </c>
       <c r="B181" s="4" t="s">
         <v>918</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>3054</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="3" t="s">
         <v>920</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>921</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>3055</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="4" t="s">
         <v>923</v>
       </c>
       <c r="B183" s="4" t="s">
         <v>924</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>3056</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="3" t="s">
         <v>926</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>927</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>3057</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="4" t="s">
         <v>929</v>
       </c>
       <c r="B185" s="4" t="s">
         <v>930</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>3058</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="3" t="s">
         <v>932</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>933</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>3059</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="4" t="s">
         <v>935</v>
       </c>
       <c r="B187" s="4" t="s">
         <v>936</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>3060</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="3" t="s">
         <v>938</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>939</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>3061</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="4" t="s">
         <v>941</v>
       </c>
       <c r="B189" s="4" t="s">
         <v>942</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>3062</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="3" t="s">
         <v>944</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>945</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>3063</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="4" t="s">
         <v>947</v>
       </c>
       <c r="B191" s="4" t="s">
         <v>948</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>3064</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="3" t="s">
         <v>950</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>951</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>3065</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="4" t="s">
         <v>953</v>
       </c>
       <c r="B193" s="4" t="s">
         <v>954</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>3066</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="3" t="s">
         <v>956</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>957</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>3067</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="4" t="s">
         <v>959</v>
       </c>
       <c r="B195" s="4" t="s">
         <v>960</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>3068</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="3" t="s">
         <v>962</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>963</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>3069</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="4" t="s">
         <v>965</v>
       </c>
       <c r="B197" s="4" t="s">
         <v>966</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>3070</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="3" t="s">
         <v>968</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>969</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>3071</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="4" t="s">
         <v>971</v>
       </c>
       <c r="B199" s="4" t="s">
         <v>972</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>3072</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="3" t="s">
         <v>974</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>975</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>3073</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="4" t="s">
         <v>977</v>
       </c>
       <c r="B201" s="4" t="s">
         <v>978</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>3074</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="3" t="s">
         <v>980</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>981</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>3075</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="4" t="s">
         <v>983</v>
       </c>
       <c r="B203" s="4" t="s">
         <v>984</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>3076</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="3" t="s">
         <v>986</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>987</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>3077</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="4" t="s">
         <v>2148</v>
       </c>
       <c r="B205" s="4" t="s">
         <v>2149</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>3078</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="3" t="s">
         <v>2151</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>2152</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>3079</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="4" t="s">
         <v>2154</v>
       </c>
       <c r="B207" s="4" t="s">
         <v>2155</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>3080</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="3" t="s">
         <v>989</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>990</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>3081</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="4" t="s">
         <v>992</v>
       </c>
       <c r="B209" s="4" t="s">
         <v>993</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>3082</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="3" t="s">
         <v>995</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>996</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>3083</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="4" t="s">
         <v>998</v>
       </c>
       <c r="B211" s="4" t="s">
         <v>999</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>3084</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="3" t="s">
         <v>2161</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>2162</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>3085</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="4" t="s">
         <v>1001</v>
       </c>
       <c r="B213" s="4" t="s">
         <v>1002</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>3086</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>3087</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="4" t="s">
         <v>1007</v>
       </c>
       <c r="B215" s="4" t="s">
         <v>1008</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>3088</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="3" t="s">
         <v>1010</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>1011</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>3089</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="4" t="s">
         <v>1013</v>
       </c>
       <c r="B217" s="4" t="s">
         <v>1014</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>3090</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>3091</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="4" t="s">
         <v>1019</v>
       </c>
       <c r="B219" s="4" t="s">
         <v>1020</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>3092</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="3" t="s">
         <v>1022</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>1023</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>3093</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="4" t="s">
         <v>1025</v>
       </c>
       <c r="B221" s="4" t="s">
         <v>1026</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>3094</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="3" t="s">
         <v>1028</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>1029</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>3095</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="4" t="s">
         <v>1031</v>
       </c>
       <c r="B223" s="4" t="s">
         <v>1032</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>3096</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>1035</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>3097</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="4" t="s">
         <v>1037</v>
       </c>
       <c r="B225" s="4" t="s">
         <v>1038</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>3098</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>1041</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>3099</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="4" t="s">
         <v>1043</v>
       </c>
       <c r="B227" s="4" t="s">
         <v>1044</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>3100</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="3" t="s">
         <v>1046</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>1047</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>3101</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="4" t="s">
         <v>1049</v>
       </c>
       <c r="B229" s="4" t="s">
         <v>1050</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>3102</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="3" t="s">
         <v>1052</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>3103</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="4" t="s">
         <v>1055</v>
       </c>
       <c r="B231" s="4" t="s">
         <v>1056</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>3104</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>1062</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>3105</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="4" t="s">
         <v>1064</v>
       </c>
       <c r="B233" s="4" t="s">
         <v>1065</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>3106</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="3" t="s">
         <v>1067</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>1068</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>3107</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="4" t="s">
         <v>1070</v>
       </c>
       <c r="B235" s="4" t="s">
         <v>1071</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>3108</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="3" t="s">
         <v>1073</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>1074</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>3109</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="B237" s="4" t="s">
         <v>1077</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>3110</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="3" t="s">
         <v>1079</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>1080</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>3111</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="4" t="s">
         <v>1082</v>
       </c>
       <c r="B239" s="4" t="s">
         <v>1083</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>3112</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="3" t="s">
         <v>1085</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>1086</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>3113</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="4" t="s">
         <v>1088</v>
       </c>
       <c r="B241" s="4" t="s">
         <v>1089</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>3114</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="3" t="s">
         <v>1091</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>1092</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>3115</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="4" t="s">
         <v>1094</v>
       </c>
       <c r="B243" s="4" t="s">
         <v>1095</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>3116</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="3" t="s">
         <v>2195</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>2196</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>3117</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="4" t="s">
         <v>2198</v>
       </c>
       <c r="B245" s="4" t="s">
         <v>2199</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>3118</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="3" t="s">
         <v>2201</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>2202</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>3119</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="4" t="s">
         <v>2204</v>
       </c>
       <c r="B247" s="4" t="s">
         <v>2205</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>3120</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="3" t="s">
         <v>2207</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>2208</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>3121</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="4" t="s">
         <v>2210</v>
       </c>
       <c r="B249" s="4" t="s">
         <v>2211</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>3122</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="3" t="s">
         <v>2213</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>2214</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>3123</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="4" t="s">
         <v>1097</v>
       </c>
       <c r="B251" s="4" t="s">
         <v>1098</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>3124</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="3" t="s">
         <v>1100</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>1101</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>3125</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="4" t="s">
         <v>1103</v>
       </c>
       <c r="B253" s="4" t="s">
         <v>1104</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>3126</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="3" t="s">
         <v>1106</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>1107</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>3127</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="4" t="s">
         <v>1109</v>
       </c>
       <c r="B255" s="4" t="s">
         <v>1110</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>3128</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="3" t="s">
         <v>1112</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>1113</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>3129</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="4" t="s">
         <v>1115</v>
       </c>
       <c r="B257" s="4" t="s">
         <v>1116</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>3130</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="3" t="s">
         <v>1118</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>1119</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>3131</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="4" t="s">
         <v>1121</v>
       </c>
       <c r="B259" s="4" t="s">
         <v>1122</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>3132</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="3" t="s">
         <v>1124</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>1125</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>3133</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="4" t="s">
         <v>1127</v>
       </c>
       <c r="B261" s="4" t="s">
         <v>1128</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>3134</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="3" t="s">
         <v>1130</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>1131</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>3135</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="4" t="s">
         <v>1133</v>
       </c>
       <c r="B263" s="4" t="s">
         <v>1134</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>3136</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="3" t="s">
         <v>1136</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>1137</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>3137</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="4" t="s">
         <v>1139</v>
       </c>
       <c r="B265" s="4" t="s">
         <v>1140</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>3138</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="3" t="s">
         <v>1142</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>1143</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>3139</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="4" t="s">
         <v>1145</v>
       </c>
       <c r="B267" s="4" t="s">
         <v>1146</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>3140</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="3" t="s">
         <v>1148</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>3141</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="4" t="s">
         <v>1151</v>
       </c>
       <c r="B269" s="4" t="s">
         <v>1152</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>3142</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="3" t="s">
         <v>1154</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>1155</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>3143</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="4" t="s">
         <v>1157</v>
       </c>
       <c r="B271" s="4" t="s">
         <v>1158</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>3144</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>3145</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="4" t="s">
         <v>1163</v>
       </c>
       <c r="B273" s="4" t="s">
         <v>1164</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>3146</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>1167</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>3147</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="4" t="s">
         <v>1169</v>
       </c>
       <c r="B275" s="4" t="s">
         <v>1170</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>3148</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="3" t="s">
         <v>1172</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>1173</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>3149</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="4" t="s">
         <v>1175</v>
       </c>
       <c r="B277" s="4" t="s">
         <v>1176</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>3150</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="3" t="s">
         <v>1178</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>1179</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>3151</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="4" t="s">
         <v>1181</v>
       </c>
       <c r="B279" s="4" t="s">
         <v>1182</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>3152</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="3" t="s">
         <v>1184</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>1185</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>3153</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="4" t="s">
         <v>1187</v>
       </c>
       <c r="B281" s="4" t="s">
         <v>1188</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>3154</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="3" t="s">
         <v>1190</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>1191</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>3155</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="4" t="s">
         <v>1193</v>
       </c>
       <c r="B283" s="4" t="s">
         <v>1194</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>3156</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="3" t="s">
         <v>1196</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>1197</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>3157</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="4" t="s">
         <v>1199</v>
       </c>
       <c r="B285" s="4" t="s">
         <v>1200</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>3158</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="3" t="s">
         <v>1202</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>1203</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>3159</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="4" t="s">
         <v>1205</v>
       </c>
       <c r="B287" s="4" t="s">
         <v>1206</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>3160</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="3" t="s">
         <v>1208</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>1209</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>3161</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="4" t="s">
         <v>1211</v>
       </c>
       <c r="B289" s="4" t="s">
         <v>1212</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>3162</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="3" t="s">
         <v>1214</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>1215</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>3163</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="4" t="s">
         <v>1217</v>
       </c>
       <c r="B291" s="4" t="s">
         <v>1218</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>3164</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="3" t="s">
         <v>1220</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>1221</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>3165</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="4" t="s">
         <v>1223</v>
       </c>
       <c r="B293" s="4" t="s">
         <v>1224</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>3166</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="3" t="s">
         <v>1226</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>1227</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>3167</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="4" t="s">
         <v>1229</v>
       </c>
       <c r="B295" s="4" t="s">
         <v>1230</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>3168</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="3" t="s">
         <v>1232</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>1233</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>3169</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="4" t="s">
         <v>1244</v>
       </c>
       <c r="B297" s="4" t="s">
         <v>1245</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>3170</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="3" t="s">
         <v>2264</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>2265</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>3171</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="4" t="s">
         <v>1247</v>
       </c>
       <c r="B299" s="4" t="s">
         <v>1248</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>3172</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="3" t="s">
         <v>1250</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>1251</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>3173</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="4" t="s">
         <v>1253</v>
       </c>
       <c r="B301" s="4" t="s">
         <v>1254</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>3174</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>3175</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="4" t="s">
         <v>2271</v>
       </c>
       <c r="B303" s="4" t="s">
         <v>2272</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>3176</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="3" t="s">
         <v>1257</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>1258</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>3177</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="4" t="s">
         <v>1260</v>
       </c>
       <c r="B305" s="4" t="s">
         <v>1261</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>3178</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="3" t="s">
         <v>1263</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>1264</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>3179</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="4" t="s">
         <v>1266</v>
       </c>
       <c r="B307" s="4" t="s">
         <v>1267</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>3180</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="3" t="s">
         <v>1269</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>1270</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>3181</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="4" t="s">
         <v>1272</v>
       </c>
       <c r="B309" s="4" t="s">
         <v>1273</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>3182</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="3" t="s">
         <v>1275</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>1276</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>3183</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="4" t="s">
         <v>1278</v>
       </c>
       <c r="B311" s="4" t="s">
         <v>1279</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>3184</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>1282</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>3185</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="4" t="s">
         <v>1284</v>
       </c>
       <c r="B313" s="4" t="s">
         <v>1285</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>3186</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="3" t="s">
         <v>1287</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>3187</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="4" t="s">
         <v>2285</v>
       </c>
       <c r="B315" s="4" t="s">
         <v>2286</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>3188</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="3" t="s">
         <v>2288</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>2289</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>3189</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="4" t="s">
         <v>2291</v>
       </c>
       <c r="B317" s="4" t="s">
         <v>2292</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>3190</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="3" t="s">
         <v>2294</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>2295</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>3191</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="4" t="s">
         <v>2297</v>
       </c>
       <c r="B319" s="4" t="s">
         <v>2298</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>3192</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="3" t="s">
         <v>2300</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>2301</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>3193</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="4" t="s">
         <v>1290</v>
       </c>
       <c r="B321" s="4" t="s">
         <v>1291</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>3194</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="3" t="s">
         <v>1293</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>1294</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>3195</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="4" t="s">
         <v>2305</v>
       </c>
       <c r="B323" s="4" t="s">
         <v>2306</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>3196</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="3" t="s">
         <v>1296</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>1297</v>
       </c>
       <c r="C324" s="3" t="s">
-        <v>3197</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="4" t="s">
         <v>1299</v>
       </c>
       <c r="B325" s="4" t="s">
         <v>1300</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>3198</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="3" t="s">
         <v>1302</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="C326" s="3" t="s">
-        <v>3199</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="4" t="s">
         <v>1305</v>
       </c>
       <c r="B327" s="4" t="s">
         <v>1306</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>3200</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="3" t="s">
         <v>1308</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>1309</v>
       </c>
       <c r="C328" s="3" t="s">
-        <v>3201</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="4" t="s">
         <v>1311</v>
       </c>
       <c r="B329" s="4" t="s">
         <v>1312</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>3202</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="3" t="s">
         <v>1314</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>1315</v>
       </c>
       <c r="C330" s="3" t="s">
-        <v>3203</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="4" t="s">
         <v>1317</v>
       </c>
       <c r="B331" s="4" t="s">
         <v>1318</v>
       </c>
       <c r="C331" s="4" t="s">
-        <v>3204</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="3" t="s">
         <v>1320</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>1321</v>
       </c>
       <c r="C332" s="3" t="s">
-        <v>3205</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="4" t="s">
         <v>1323</v>
       </c>
       <c r="B333" s="4" t="s">
         <v>1324</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>3206</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="3" t="s">
         <v>1326</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>1327</v>
       </c>
       <c r="C334" s="3" t="s">
-        <v>3207</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="4" t="s">
         <v>1329</v>
       </c>
       <c r="B335" s="4" t="s">
         <v>1330</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>3208</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="3" t="s">
         <v>1332</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="C336" s="3" t="s">
-        <v>3209</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="4" t="s">
         <v>1335</v>
       </c>
       <c r="B337" s="4" t="s">
         <v>1336</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>3210</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="3" t="s">
         <v>1338</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>1339</v>
       </c>
       <c r="C338" s="3" t="s">
-        <v>3211</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="4" t="s">
         <v>1341</v>
       </c>
       <c r="B339" s="4" t="s">
         <v>1342</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>3212</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="3" t="s">
         <v>1344</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="C340" s="3" t="s">
-        <v>3213</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="4" t="s">
         <v>1347</v>
       </c>
       <c r="B341" s="4" t="s">
         <v>1348</v>
       </c>
       <c r="C341" s="4" t="s">
-        <v>3214</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="3" t="s">
         <v>1350</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>1351</v>
       </c>
       <c r="C342" s="3" t="s">
-        <v>3215</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="4" t="s">
         <v>1353</v>
       </c>
       <c r="B343" s="4" t="s">
         <v>1354</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>3216</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="3" t="s">
         <v>1356</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>1357</v>
       </c>
       <c r="C344" s="3" t="s">
-        <v>3217</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="4" t="s">
         <v>1359</v>
       </c>
       <c r="B345" s="4" t="s">
         <v>1360</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>3218</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="3" t="s">
         <v>2330</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>2331</v>
       </c>
       <c r="C346" s="3" t="s">
-        <v>3219</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="4" t="s">
         <v>1362</v>
       </c>
       <c r="B347" s="4" t="s">
         <v>1363</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>3220</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="3" t="s">
         <v>2334</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>2335</v>
       </c>
       <c r="C348" s="3" t="s">
-        <v>3221</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="4" t="s">
         <v>2337</v>
       </c>
       <c r="B349" s="4" t="s">
         <v>2338</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>3222</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="3" t="s">
         <v>1365</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>1366</v>
       </c>
       <c r="C350" s="3" t="s">
-        <v>3223</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="4" t="s">
         <v>2341</v>
       </c>
       <c r="B351" s="4" t="s">
         <v>2342</v>
       </c>
       <c r="C351" s="4" t="s">
-        <v>3224</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="3" t="s">
         <v>1368</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>1369</v>
       </c>
       <c r="C352" s="3" t="s">
-        <v>3225</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="4" t="s">
         <v>1371</v>
       </c>
       <c r="B353" s="4" t="s">
         <v>1372</v>
       </c>
       <c r="C353" s="4" t="s">
-        <v>3226</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="3" t="s">
         <v>1374</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>1375</v>
       </c>
       <c r="C354" s="3" t="s">
-        <v>3227</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="4" t="s">
         <v>1377</v>
       </c>
       <c r="B355" s="4" t="s">
         <v>1378</v>
       </c>
       <c r="C355" s="4" t="s">
-        <v>3228</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="3" t="s">
         <v>1380</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>1381</v>
       </c>
       <c r="C356" s="3" t="s">
-        <v>3229</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="4" t="s">
         <v>1383</v>
       </c>
       <c r="B357" s="4" t="s">
         <v>1384</v>
       </c>
       <c r="C357" s="4" t="s">
-        <v>3230</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="3" t="s">
         <v>1386</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>1387</v>
       </c>
       <c r="C358" s="3" t="s">
-        <v>3231</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="4" t="s">
         <v>1389</v>
       </c>
       <c r="B359" s="4" t="s">
         <v>1390</v>
       </c>
       <c r="C359" s="4" t="s">
-        <v>3232</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="3" t="s">
         <v>1392</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>1393</v>
       </c>
       <c r="C360" s="3" t="s">
-        <v>3233</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="4" t="s">
         <v>2353</v>
       </c>
       <c r="B361" s="4" t="s">
         <v>2354</v>
       </c>
       <c r="C361" s="4" t="s">
-        <v>3234</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="3" t="s">
         <v>2356</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>2357</v>
       </c>
       <c r="C362" s="3" t="s">
-        <v>3235</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="4" t="s">
         <v>2359</v>
       </c>
       <c r="B363" s="4" t="s">
         <v>2360</v>
       </c>
       <c r="C363" s="4" t="s">
-        <v>3236</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="3" t="s">
         <v>2362</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>2363</v>
       </c>
       <c r="C364" s="3" t="s">
-        <v>3237</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="4" t="s">
         <v>2365</v>
       </c>
       <c r="B365" s="4" t="s">
         <v>2366</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>3238</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="3" t="s">
         <v>2368</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>2369</v>
       </c>
       <c r="C366" s="3" t="s">
-        <v>3239</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="4" t="s">
         <v>2371</v>
       </c>
       <c r="B367" s="4" t="s">
         <v>2372</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>3240</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="3" t="s">
         <v>2374</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>2375</v>
       </c>
       <c r="C368" s="3" t="s">
-        <v>3241</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="4" t="s">
         <v>2377</v>
       </c>
       <c r="B369" s="4" t="s">
         <v>2378</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>3242</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="3" t="s">
         <v>2380</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>2381</v>
       </c>
       <c r="C370" s="3" t="s">
-        <v>3243</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="4" t="s">
         <v>2383</v>
       </c>
       <c r="B371" s="4" t="s">
         <v>2384</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>3244</v>
+        <v>3247</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="3" t="s">
         <v>2386</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>2387</v>
       </c>
       <c r="C372" s="3" t="s">
-        <v>3245</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="4" t="s">
         <v>2389</v>
       </c>
       <c r="B373" s="4" t="s">
         <v>2390</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>3246</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="3" t="s">
         <v>2392</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>2393</v>
       </c>
       <c r="C374" s="3" t="s">
-        <v>3247</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="4" t="s">
         <v>2395</v>
       </c>
       <c r="B375" s="4" t="s">
         <v>2396</v>
       </c>
       <c r="C375" s="4" t="s">
-        <v>3248</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="3" t="s">
         <v>2398</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>2399</v>
       </c>
       <c r="C376" s="3" t="s">
-        <v>3249</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="4" t="s">
         <v>2401</v>
       </c>
       <c r="B377" s="4" t="s">
         <v>2402</v>
       </c>
       <c r="C377" s="4" t="s">
-        <v>3250</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="3" t="s">
         <v>2404</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>2405</v>
       </c>
       <c r="C378" s="3" t="s">
-        <v>3251</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="4" t="s">
         <v>2407</v>
       </c>
       <c r="B379" s="4" t="s">
         <v>2408</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>3252</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="3" t="s">
         <v>2410</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>2411</v>
       </c>
       <c r="C380" s="3" t="s">
-        <v>3253</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="4" t="s">
         <v>1395</v>
       </c>
       <c r="B381" s="4" t="s">
         <v>1396</v>
       </c>
       <c r="C381" s="4" t="s">
-        <v>3254</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="3" t="s">
         <v>1398</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>1399</v>
       </c>
       <c r="C382" s="3" t="s">
-        <v>3255</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="4" t="s">
         <v>1401</v>
       </c>
       <c r="B383" s="4" t="s">
         <v>1402</v>
       </c>
       <c r="C383" s="4" t="s">
-        <v>3256</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="3" t="s">
         <v>1404</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>1405</v>
       </c>
       <c r="C384" s="3" t="s">
-        <v>3257</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="4" t="s">
         <v>1407</v>
       </c>
       <c r="B385" s="4" t="s">
         <v>1408</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>3258</v>
+        <v>3261</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="3" t="s">
         <v>1410</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>1411</v>
       </c>
       <c r="C386" s="3" t="s">
-        <v>3259</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="4" t="s">
         <v>1413</v>
       </c>
       <c r="B387" s="4" t="s">
         <v>1414</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>3260</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="3" t="s">
         <v>1416</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>1417</v>
       </c>
       <c r="C388" s="3" t="s">
-        <v>3261</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="4" t="s">
         <v>1419</v>
       </c>
       <c r="B389" s="4" t="s">
         <v>1420</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>3262</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="3" t="s">
         <v>1422</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>1423</v>
       </c>
       <c r="C390" s="3" t="s">
-        <v>3263</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="4" t="s">
         <v>1425</v>
       </c>
       <c r="B391" s="4" t="s">
         <v>1426</v>
       </c>
       <c r="C391" s="4" t="s">
-        <v>3264</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="3" t="s">
         <v>1428</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>1429</v>
       </c>
       <c r="C392" s="3" t="s">
-        <v>3265</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="4" t="s">
         <v>1431</v>
       </c>
       <c r="B393" s="4" t="s">
         <v>1432</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>3266</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C394" s="3" t="s">
-        <v>3267</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="4" t="s">
         <v>1434</v>
       </c>
       <c r="B395" s="4" t="s">
         <v>1435</v>
       </c>
       <c r="C395" s="4" t="s">
-        <v>3268</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="3" t="s">
         <v>2428</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>2429</v>
       </c>
       <c r="C396" s="3" t="s">
-        <v>3269</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="4" t="s">
         <v>2431</v>
       </c>
       <c r="B397" s="4" t="s">
         <v>2432</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>3270</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="3" t="s">
         <v>1437</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>1438</v>
       </c>
       <c r="C398" s="3" t="s">
-        <v>3271</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="4" t="s">
         <v>1440</v>
       </c>
       <c r="B399" s="4" t="s">
         <v>1441</v>
       </c>
       <c r="C399" s="4" t="s">
-        <v>3272</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="3" t="s">
         <v>1443</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>1444</v>
       </c>
       <c r="C400" s="3" t="s">
-        <v>3273</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="4" t="s">
         <v>2437</v>
       </c>
       <c r="B401" s="4" t="s">
         <v>2438</v>
       </c>
       <c r="C401" s="4" t="s">
-        <v>3274</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="3" t="s">
         <v>2440</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>2441</v>
       </c>
       <c r="C402" s="3" t="s">
-        <v>3275</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="4" t="s">
         <v>2443</v>
       </c>
       <c r="B403" s="4" t="s">
         <v>2444</v>
       </c>
       <c r="C403" s="4" t="s">
-        <v>3276</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="3" t="s">
         <v>2446</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>2447</v>
       </c>
       <c r="C404" s="3" t="s">
-        <v>3277</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="4" t="s">
         <v>2449</v>
       </c>
       <c r="B405" s="4" t="s">
         <v>2450</v>
       </c>
       <c r="C405" s="4" t="s">
-        <v>3278</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="3" t="s">
         <v>2452</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>2453</v>
       </c>
       <c r="C406" s="3" t="s">
-        <v>3279</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="4" t="s">
         <v>1446</v>
       </c>
       <c r="B407" s="4" t="s">
         <v>1447</v>
       </c>
       <c r="C407" s="4" t="s">
-        <v>3280</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="3" t="s">
         <v>1449</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>1450</v>
       </c>
       <c r="C408" s="3" t="s">
-        <v>3281</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="4" t="s">
         <v>2457</v>
       </c>
       <c r="B409" s="4" t="s">
         <v>2458</v>
       </c>
       <c r="C409" s="4" t="s">
-        <v>3282</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="3" t="s">
         <v>1452</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>1453</v>
       </c>
       <c r="C410" s="3" t="s">
-        <v>3283</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="4" t="s">
         <v>1455</v>
       </c>
       <c r="B411" s="4" t="s">
         <v>1456</v>
       </c>
       <c r="C411" s="4" t="s">
-        <v>3284</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="3" t="s">
         <v>1458</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>1459</v>
       </c>
       <c r="C412" s="3" t="s">
-        <v>3285</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="4" t="s">
         <v>1461</v>
       </c>
       <c r="B413" s="4" t="s">
         <v>1462</v>
       </c>
       <c r="C413" s="4" t="s">
-        <v>3286</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="3" t="s">
         <v>1464</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>1465</v>
       </c>
       <c r="C414" s="3" t="s">
-        <v>3287</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="4" t="s">
         <v>1467</v>
       </c>
       <c r="B415" s="4" t="s">
         <v>1468</v>
       </c>
       <c r="C415" s="4" t="s">
-        <v>3288</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="3" t="s">
         <v>1470</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>1471</v>
       </c>
       <c r="C416" s="3" t="s">
-        <v>3289</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="4" t="s">
         <v>1473</v>
       </c>
       <c r="B417" s="4" t="s">
         <v>1474</v>
       </c>
       <c r="C417" s="4" t="s">
-        <v>3290</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="3" t="s">
         <v>1476</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>1477</v>
       </c>
       <c r="C418" s="3" t="s">
-        <v>3291</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="4" t="s">
         <v>1479</v>
       </c>
       <c r="B419" s="4" t="s">
         <v>1480</v>
       </c>
       <c r="C419" s="4" t="s">
-        <v>3292</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="3" t="s">
         <v>1482</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>1483</v>
       </c>
       <c r="C420" s="3" t="s">
-        <v>3293</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="4" t="s">
         <v>1485</v>
       </c>
       <c r="B421" s="4" t="s">
         <v>1486</v>
       </c>
       <c r="C421" s="4" t="s">
-        <v>3294</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="3" t="s">
         <v>1488</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>1489</v>
       </c>
       <c r="C422" s="3" t="s">
-        <v>3295</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="4" t="s">
         <v>1491</v>
       </c>
       <c r="B423" s="4" t="s">
         <v>1492</v>
       </c>
       <c r="C423" s="4" t="s">
-        <v>3296</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="3" t="s">
         <v>1494</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>1495</v>
       </c>
       <c r="C424" s="3" t="s">
-        <v>3297</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="4" t="s">
         <v>1497</v>
       </c>
       <c r="B425" s="4" t="s">
         <v>1498</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>3298</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="3" t="s">
         <v>1500</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>1501</v>
       </c>
       <c r="C426" s="3" t="s">
-        <v>3299</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="4" t="s">
         <v>1503</v>
       </c>
       <c r="B427" s="4" t="s">
         <v>1504</v>
       </c>
       <c r="C427" s="4" t="s">
-        <v>3300</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="3" t="s">
         <v>1506</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>1507</v>
       </c>
       <c r="C428" s="3" t="s">
-        <v>3301</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="4" t="s">
         <v>1509</v>
       </c>
       <c r="B429" s="4" t="s">
         <v>1510</v>
       </c>
       <c r="C429" s="4" t="s">
-        <v>3302</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="3" t="s">
         <v>2480</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>2481</v>
       </c>
       <c r="C430" s="3" t="s">
-        <v>3303</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="4" t="s">
         <v>2483</v>
       </c>
       <c r="B431" s="4" t="s">
         <v>2484</v>
       </c>
       <c r="C431" s="4" t="s">
-        <v>3304</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="3" t="s">
         <v>1512</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>1513</v>
       </c>
       <c r="C432" s="3" t="s">
-        <v>3305</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="4" t="s">
         <v>2487</v>
       </c>
       <c r="B433" s="4" t="s">
         <v>2488</v>
       </c>
       <c r="C433" s="4" t="s">
-        <v>3306</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="3" t="s">
         <v>1515</v>
       </c>
       <c r="B434" s="3" t="s">
         <v>1516</v>
       </c>
       <c r="C434" s="3" t="s">
-        <v>3307</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="4" t="s">
         <v>1518</v>
       </c>
       <c r="B435" s="4" t="s">
         <v>1519</v>
       </c>
       <c r="C435" s="4" t="s">
-        <v>3308</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="3" t="s">
         <v>1521</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>1522</v>
       </c>
       <c r="C436" s="3" t="s">
-        <v>3309</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="4" t="s">
         <v>1524</v>
       </c>
       <c r="B437" s="4" t="s">
         <v>1525</v>
       </c>
       <c r="C437" s="4" t="s">
-        <v>3310</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="3" t="s">
         <v>1527</v>
       </c>
       <c r="B438" s="3" t="s">
         <v>1528</v>
       </c>
       <c r="C438" s="3" t="s">
-        <v>3311</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="4" t="s">
         <v>1530</v>
       </c>
       <c r="B439" s="4" t="s">
         <v>1531</v>
       </c>
       <c r="C439" s="4" t="s">
-        <v>3312</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="3" t="s">
         <v>1533</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>1534</v>
       </c>
       <c r="C440" s="3" t="s">
-        <v>3313</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="4" t="s">
         <v>1536</v>
       </c>
       <c r="B441" s="4" t="s">
         <v>1537</v>
       </c>
       <c r="C441" s="4" t="s">
-        <v>3314</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="3" t="s">
         <v>1539</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>1540</v>
       </c>
       <c r="C442" s="3" t="s">
-        <v>3315</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="4" t="s">
         <v>1542</v>
       </c>
       <c r="B443" s="4" t="s">
         <v>1543</v>
       </c>
       <c r="C443" s="4" t="s">
-        <v>3316</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="3" t="s">
         <v>1545</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>1546</v>
       </c>
       <c r="C444" s="3" t="s">
-        <v>3317</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="4" t="s">
         <v>1548</v>
       </c>
       <c r="B445" s="4" t="s">
         <v>1549</v>
       </c>
       <c r="C445" s="4" t="s">
-        <v>3318</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="3" t="s">
         <v>1551</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>1552</v>
       </c>
       <c r="C446" s="3" t="s">
-        <v>3319</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="4" t="s">
         <v>1554</v>
       </c>
       <c r="B447" s="4" t="s">
         <v>1555</v>
       </c>
       <c r="C447" s="4" t="s">
-        <v>3320</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="3" t="s">
         <v>1557</v>
       </c>
       <c r="B448" s="3" t="s">
         <v>1558</v>
       </c>
       <c r="C448" s="3" t="s">
-        <v>3321</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="4" t="s">
         <v>1560</v>
       </c>
       <c r="B449" s="4" t="s">
         <v>1561</v>
       </c>
       <c r="C449" s="4" t="s">
-        <v>3322</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="3" t="s">
         <v>1563</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>1564</v>
       </c>
       <c r="C450" s="3" t="s">
-        <v>3323</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="4" t="s">
         <v>1566</v>
       </c>
       <c r="B451" s="4" t="s">
         <v>1567</v>
       </c>
       <c r="C451" s="4" t="s">
-        <v>3324</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="3" t="s">
         <v>1569</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>1570</v>
       </c>
       <c r="C452" s="3" t="s">
-        <v>3325</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="4" t="s">
         <v>1572</v>
       </c>
       <c r="B453" s="4" t="s">
         <v>1573</v>
       </c>
       <c r="C453" s="4" t="s">
-        <v>3326</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="3" t="s">
         <v>1575</v>
       </c>
       <c r="B454" s="3" t="s">
         <v>1576</v>
       </c>
       <c r="C454" s="3" t="s">
-        <v>3327</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="4" t="s">
         <v>1578</v>
       </c>
       <c r="B455" s="4" t="s">
         <v>1579</v>
       </c>
       <c r="C455" s="4" t="s">
-        <v>3328</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>1582</v>
       </c>
       <c r="C456" s="3" t="s">
-        <v>3329</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="4" t="s">
         <v>1584</v>
       </c>
       <c r="B457" s="4" t="s">
         <v>1585</v>
       </c>
       <c r="C457" s="4" t="s">
-        <v>3330</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="3" t="s">
         <v>1587</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>1588</v>
       </c>
       <c r="C458" s="3" t="s">
-        <v>3331</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="4" t="s">
         <v>1590</v>
       </c>
       <c r="B459" s="4" t="s">
         <v>1591</v>
       </c>
       <c r="C459" s="4" t="s">
-        <v>3332</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="3" t="s">
         <v>1593</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>1594</v>
       </c>
       <c r="C460" s="3" t="s">
-        <v>3333</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="4" t="s">
         <v>1596</v>
       </c>
       <c r="B461" s="4" t="s">
         <v>1597</v>
       </c>
       <c r="C461" s="4" t="s">
-        <v>3334</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="3" t="s">
         <v>1599</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>1600</v>
       </c>
       <c r="C462" s="3" t="s">
-        <v>3335</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="4" t="s">
         <v>1602</v>
       </c>
       <c r="B463" s="4" t="s">
         <v>1603</v>
       </c>
       <c r="C463" s="4" t="s">
-        <v>3336</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="3" t="s">
         <v>1605</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>1606</v>
       </c>
       <c r="C464" s="3" t="s">
-        <v>3337</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="4" t="s">
         <v>2521</v>
       </c>
       <c r="B465" s="4" t="s">
         <v>2522</v>
       </c>
       <c r="C465" s="4" t="s">
-        <v>3338</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="3" t="s">
         <v>1608</v>
       </c>
       <c r="B466" s="3" t="s">
         <v>1609</v>
       </c>
       <c r="C466" s="3" t="s">
-        <v>3339</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="4" t="s">
         <v>220</v>
       </c>
       <c r="B467" s="4" t="s">
         <v>221</v>
       </c>
       <c r="C467" s="4" t="s">
-        <v>3340</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B468" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C468" s="3" t="s">
-        <v>3341</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="4" t="s">
         <v>2527</v>
       </c>
       <c r="B469" s="4" t="s">
         <v>2528</v>
       </c>
       <c r="C469" s="4" t="s">
-        <v>3342</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="3" t="s">
         <v>2530</v>
       </c>
       <c r="B470" s="3" t="s">
         <v>2531</v>
       </c>
       <c r="C470" s="3" t="s">
-        <v>3343</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="4" t="s">
         <v>2533</v>
       </c>
       <c r="B471" s="4" t="s">
         <v>2534</v>
       </c>
       <c r="C471" s="4" t="s">
-        <v>3344</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="3" t="s">
         <v>2536</v>
       </c>
       <c r="B472" s="3" t="s">
         <v>2537</v>
       </c>
       <c r="C472" s="3" t="s">
-        <v>3345</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="4" t="s">
         <v>2539</v>
       </c>
       <c r="B473" s="4" t="s">
         <v>2540</v>
       </c>
       <c r="C473" s="4" t="s">
-        <v>3346</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="3" t="s">
         <v>2542</v>
       </c>
       <c r="B474" s="3" t="s">
         <v>2543</v>
       </c>
       <c r="C474" s="3" t="s">
-        <v>3347</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="4" t="s">
         <v>2545</v>
       </c>
       <c r="B475" s="4" t="s">
         <v>2546</v>
       </c>
       <c r="C475" s="4" t="s">
-        <v>3348</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="3" t="s">
         <v>2548</v>
       </c>
       <c r="B476" s="3" t="s">
         <v>2549</v>
       </c>
       <c r="C476" s="3" t="s">
-        <v>3349</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="4" t="s">
         <v>2551</v>
       </c>
       <c r="B477" s="4" t="s">
         <v>2552</v>
       </c>
       <c r="C477" s="4" t="s">
-        <v>3350</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="3" t="s">
         <v>2554</v>
       </c>
       <c r="B478" s="3" t="s">
         <v>2555</v>
       </c>
       <c r="C478" s="3" t="s">
-        <v>3351</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="4" t="s">
         <v>2557</v>
       </c>
       <c r="B479" s="4" t="s">
         <v>2558</v>
       </c>
       <c r="C479" s="4" t="s">
-        <v>3352</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="3" t="s">
         <v>2560</v>
       </c>
       <c r="B480" s="3" t="s">
         <v>2561</v>
       </c>
       <c r="C480" s="3" t="s">
-        <v>3353</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="4" t="s">
         <v>1612</v>
       </c>
       <c r="B481" s="4" t="s">
         <v>1613</v>
       </c>
       <c r="C481" s="4" t="s">
-        <v>3354</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="3" t="s">
         <v>1615</v>
       </c>
       <c r="B482" s="3" t="s">
         <v>1616</v>
       </c>
       <c r="C482" s="3" t="s">
-        <v>3355</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="4" t="s">
         <v>1618</v>
       </c>
       <c r="B483" s="4" t="s">
         <v>1619</v>
       </c>
       <c r="C483" s="4" t="s">
-        <v>3356</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="3" t="s">
         <v>1621</v>
       </c>
       <c r="B484" s="3" t="s">
         <v>1622</v>
       </c>
       <c r="C484" s="3" t="s">
-        <v>3357</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="4" t="s">
         <v>1624</v>
       </c>
       <c r="B485" s="4" t="s">
         <v>1625</v>
       </c>
       <c r="C485" s="4" t="s">
-        <v>3358</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="3" t="s">
         <v>1627</v>
       </c>
       <c r="B486" s="3" t="s">
         <v>1628</v>
       </c>
       <c r="C486" s="3" t="s">
-        <v>3359</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="4" t="s">
         <v>1630</v>
       </c>
       <c r="B487" s="4" t="s">
         <v>1631</v>
       </c>
       <c r="C487" s="4" t="s">
-        <v>3360</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="3" t="s">
         <v>1633</v>
       </c>
       <c r="B488" s="3" t="s">
         <v>1634</v>
       </c>
       <c r="C488" s="3" t="s">
-        <v>3361</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="4" t="s">
         <v>1636</v>
       </c>
       <c r="B489" s="4" t="s">
         <v>1637</v>
       </c>
       <c r="C489" s="4" t="s">
-        <v>3362</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="3" t="s">
         <v>1639</v>
       </c>
       <c r="B490" s="3" t="s">
         <v>1640</v>
       </c>
       <c r="C490" s="3" t="s">
-        <v>3363</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="4" t="s">
         <v>1642</v>
       </c>
       <c r="B491" s="4" t="s">
         <v>1643</v>
       </c>
       <c r="C491" s="4" t="s">
-        <v>3364</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="3" t="s">
         <v>1645</v>
       </c>
       <c r="B492" s="3" t="s">
         <v>1646</v>
       </c>
       <c r="C492" s="3" t="s">
-        <v>3365</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="4" t="s">
         <v>1648</v>
       </c>
       <c r="B493" s="4" t="s">
         <v>1649</v>
       </c>
       <c r="C493" s="4" t="s">
-        <v>3366</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="3" t="s">
         <v>1651</v>
       </c>
       <c r="B494" s="3" t="s">
         <v>1652</v>
       </c>
       <c r="C494" s="3" t="s">
-        <v>3367</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="4" t="s">
         <v>1654</v>
       </c>
       <c r="B495" s="4" t="s">
         <v>1655</v>
       </c>
       <c r="C495" s="4" t="s">
-        <v>3368</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="3" t="s">
         <v>1657</v>
       </c>
       <c r="B496" s="3" t="s">
         <v>1658</v>
       </c>
       <c r="C496" s="3" t="s">
-        <v>3369</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="4" t="s">
         <v>1660</v>
       </c>
       <c r="B497" s="4" t="s">
         <v>1661</v>
       </c>
       <c r="C497" s="4" t="s">
-        <v>3370</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="3" t="s">
         <v>1663</v>
       </c>
       <c r="B498" s="3" t="s">
         <v>1664</v>
       </c>
       <c r="C498" s="3" t="s">
-        <v>3371</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="4" t="s">
         <v>1666</v>
       </c>
       <c r="B499" s="4" t="s">
         <v>1667</v>
       </c>
       <c r="C499" s="4" t="s">
-        <v>3372</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="3" t="s">
         <v>1669</v>
       </c>
       <c r="B500" s="3" t="s">
         <v>1670</v>
       </c>
       <c r="C500" s="3" t="s">
-        <v>3373</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="4" t="s">
         <v>1672</v>
       </c>
       <c r="B501" s="4" t="s">
         <v>1673</v>
       </c>
       <c r="C501" s="4" t="s">
-        <v>3374</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="3" t="s">
         <v>1675</v>
       </c>
       <c r="B502" s="3" t="s">
         <v>1676</v>
       </c>
       <c r="C502" s="3" t="s">
-        <v>3375</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="4" t="s">
         <v>2585</v>
       </c>
       <c r="B503" s="4" t="s">
         <v>2586</v>
       </c>
       <c r="C503" s="4" t="s">
-        <v>3376</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="3" t="s">
         <v>2588</v>
       </c>
       <c r="B504" s="3" t="s">
         <v>2589</v>
       </c>
       <c r="C504" s="3" t="s">
-        <v>3377</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="4" t="s">
         <v>2591</v>
       </c>
       <c r="B505" s="4" t="s">
         <v>2592</v>
       </c>
       <c r="C505" s="4" t="s">
-        <v>3378</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="3" t="s">
         <v>2594</v>
       </c>
       <c r="B506" s="3" t="s">
         <v>2595</v>
       </c>
       <c r="C506" s="3" t="s">
-        <v>3379</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="4" t="s">
         <v>2597</v>
       </c>
       <c r="B507" s="4" t="s">
         <v>2598</v>
       </c>
       <c r="C507" s="4" t="s">
-        <v>3380</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="3" t="s">
         <v>2600</v>
       </c>
       <c r="B508" s="3" t="s">
         <v>2601</v>
       </c>
       <c r="C508" s="3" t="s">
-        <v>3381</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="4" t="s">
         <v>2603</v>
       </c>
       <c r="B509" s="4" t="s">
         <v>2604</v>
       </c>
       <c r="C509" s="4" t="s">
-        <v>3382</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="3" t="s">
         <v>2606</v>
       </c>
       <c r="B510" s="3" t="s">
         <v>2607</v>
       </c>
       <c r="C510" s="3" t="s">
-        <v>3383</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="4" t="s">
         <v>2609</v>
       </c>
       <c r="B511" s="4" t="s">
         <v>2610</v>
       </c>
       <c r="C511" s="4" t="s">
-        <v>3384</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="3" t="s">
         <v>2612</v>
       </c>
       <c r="B512" s="3" t="s">
         <v>2613</v>
       </c>
       <c r="C512" s="3" t="s">
-        <v>3385</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="4" t="s">
         <v>2615</v>
       </c>
       <c r="B513" s="4" t="s">
         <v>2616</v>
       </c>
       <c r="C513" s="4" t="s">
-        <v>3386</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="3" t="s">
         <v>2618</v>
       </c>
       <c r="B514" s="3" t="s">
         <v>2619</v>
       </c>
       <c r="C514" s="3" t="s">
-        <v>3387</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="4" t="s">
         <v>1678</v>
       </c>
       <c r="B515" s="4" t="s">
         <v>1679</v>
       </c>
       <c r="C515" s="4" t="s">
-        <v>3388</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="3" t="s">
         <v>1681</v>
       </c>
       <c r="B516" s="3" t="s">
         <v>1682</v>
       </c>
       <c r="C516" s="3" t="s">
-        <v>3389</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="4" t="s">
         <v>1684</v>
       </c>
       <c r="B517" s="4" t="s">
         <v>1685</v>
       </c>
       <c r="C517" s="4" t="s">
-        <v>3390</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="3" t="s">
         <v>1687</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>1688</v>
       </c>
       <c r="C518" s="3" t="s">
-        <v>3391</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="4" t="s">
         <v>1690</v>
       </c>
       <c r="B519" s="4" t="s">
         <v>1691</v>
       </c>
       <c r="C519" s="4" t="s">
-        <v>3392</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="3" t="s">
         <v>1693</v>
       </c>
       <c r="B520" s="3" t="s">
         <v>1694</v>
       </c>
       <c r="C520" s="3" t="s">
-        <v>3393</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="4" t="s">
         <v>1696</v>
       </c>
       <c r="B521" s="4" t="s">
         <v>1697</v>
       </c>
       <c r="C521" s="4" t="s">
-        <v>3394</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="3" t="s">
         <v>1699</v>
       </c>
       <c r="B522" s="3" t="s">
         <v>1700</v>
       </c>
       <c r="C522" s="3" t="s">
-        <v>3395</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="4" t="s">
         <v>1702</v>
       </c>
       <c r="B523" s="4" t="s">
         <v>1703</v>
       </c>
       <c r="C523" s="4" t="s">
-        <v>3396</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="3" t="s">
         <v>1705</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>1706</v>
       </c>
       <c r="C524" s="3" t="s">
-        <v>3397</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="4" t="s">
         <v>1708</v>
       </c>
       <c r="B525" s="4" t="s">
         <v>1709</v>
       </c>
       <c r="C525" s="4" t="s">
-        <v>3398</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="3" t="s">
         <v>1711</v>
       </c>
       <c r="B526" s="3" t="s">
         <v>1712</v>
       </c>
       <c r="C526" s="3" t="s">
-        <v>3399</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="4" t="s">
         <v>1714</v>
       </c>
       <c r="B527" s="4" t="s">
         <v>1715</v>
       </c>
       <c r="C527" s="4" t="s">
-        <v>3400</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="3" t="s">
         <v>1717</v>
       </c>
       <c r="B528" s="3" t="s">
         <v>1718</v>
       </c>
       <c r="C528" s="3" t="s">
-        <v>3401</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="4" t="s">
         <v>1720</v>
       </c>
       <c r="B529" s="4" t="s">
         <v>1721</v>
       </c>
       <c r="C529" s="4" t="s">
-        <v>3402</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="3" t="s">
         <v>2636</v>
       </c>
       <c r="B530" s="3" t="s">
         <v>2637</v>
       </c>
       <c r="C530" s="3" t="s">
-        <v>3403</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="4" t="s">
         <v>2639</v>
       </c>
       <c r="B531" s="4" t="s">
         <v>2640</v>
       </c>
       <c r="C531" s="4" t="s">
-        <v>3404</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="3" t="s">
         <v>2642</v>
       </c>
       <c r="B532" s="3" t="s">
         <v>2643</v>
       </c>
       <c r="C532" s="3" t="s">
-        <v>3405</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="4" t="s">
         <v>2645</v>
       </c>
       <c r="B533" s="4" t="s">
         <v>2646</v>
       </c>
       <c r="C533" s="4" t="s">
-        <v>3406</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="3" t="s">
         <v>2648</v>
       </c>
       <c r="B534" s="3" t="s">
         <v>2649</v>
       </c>
       <c r="C534" s="3" t="s">
-        <v>3407</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="4" t="s">
         <v>1723</v>
       </c>
       <c r="B535" s="4" t="s">
         <v>1724</v>
       </c>
       <c r="C535" s="4" t="s">
-        <v>3408</v>
+        <v>3411</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E100"/>
+  <dimension ref="A1:E101"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>3409</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>3410</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>235</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>3411</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
         <v>2655</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>2656</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>2657</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>3412</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="4" t="s">
         <v>2659</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>2660</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>2661</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>3413</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
         <v>2663</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>2664</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>2665</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>3414</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="4" t="s">
         <v>2667</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>2668</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>2669</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>3415</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>3416</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="4" t="s">
         <v>242</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>243</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>244</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>3417</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>3418</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>250</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>251</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>252</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>3419</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>3420</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
         <v>258</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>259</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>260</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>3421</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>3422</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>266</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>267</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>268</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>3423</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>2679</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>2680</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>2681</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>3424</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>2683</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>2684</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>2685</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>3425</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
         <v>2687</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>2688</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>2689</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>3426</v>
+        <v>3429</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>2691</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>2692</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>2693</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>3427</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3" t="s">
-        <v>3428</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>278</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>279</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>280</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>3429</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
         <v>2696</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>2697</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>2698</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>3430</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
         <v>282</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>283</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>284</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>3431</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>304</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>3432</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>306</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>307</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>308</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>3433</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>312</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>3434</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
         <v>314</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>315</v>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="4" t="s">
-        <v>3435</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3" t="s">
-        <v>3436</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>322</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>3437</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>3438</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>324</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>2707</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>2708</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>3439</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
         <v>2712</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>2713</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>2714</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>3440</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
         <v>2716</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>2717</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>2718</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>3441</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
         <v>2720</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>2721</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>2722</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>3442</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
         <v>2724</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>2725</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>2726</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>3443</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3" t="s">
-        <v>3444</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
         <v>2728</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>2729</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>2730</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>3445</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
         <v>2732</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>2733</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>2734</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>3446</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
         <v>2736</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>2737</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>2738</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>3447</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="3" t="s">
         <v>2740</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>2741</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>2742</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>3448</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
         <v>2744</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>2745</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>2746</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>3449</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="3" t="s">
         <v>2748</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>2749</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>2750</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>3450</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
         <v>2752</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>2753</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>488</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>2754</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>3451</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
         <v>2756</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>2757</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3"/>
       <c r="E46" s="3" t="s">
-        <v>3452</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="4" t="s">
         <v>2759</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>2760</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>2761</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>3453</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>369</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>3454</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
         <v>371</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>372</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>373</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>3455</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="3" t="s">
         <v>2765</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>2766</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>2767</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>3456</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
         <v>391</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>392</v>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
       <c r="E51" s="4" t="s">
-        <v>3457</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="3" t="s">
         <v>2769</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>2770</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>2771</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>3458</v>
+        <v>3461</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
         <v>2773</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>2774</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>2775</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>3459</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>404</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>3460</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
         <v>410</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>411</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>412</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>3461</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="3" t="s">
         <v>2781</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>2782</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>2783</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>3462</v>
+        <v>3465</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="4" t="s">
         <v>423</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>424</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>425</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>3463</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="3" t="s">
         <v>2786</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>2787</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>2788</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>3464</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="4" t="s">
         <v>2790</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>2791</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>2792</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>3465</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="3" t="s">
         <v>2794</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>2795</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>2796</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>3466</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="4" t="s">
         <v>439</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>440</v>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="4" t="s">
-        <v>3467</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="3" t="s">
         <v>442</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>443</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3"/>
       <c r="E62" s="3" t="s">
-        <v>3468</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="4" t="s">
         <v>477</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>478</v>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="4"/>
       <c r="E63" s="4" t="s">
-        <v>3469</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="3" t="s">
         <v>480</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>481</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3"/>
       <c r="E64" s="3" t="s">
-        <v>3470</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="4" t="s">
         <v>2799</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>2800</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>2801</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>3471</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="3" t="s">
         <v>2807</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>2808</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>2809</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>3472</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="4" t="s">
         <v>2811</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>2812</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>2813</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>3473</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="3" t="s">
         <v>2815</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>2816</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>2817</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>3474</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="4" t="s">
         <v>2819</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>2820</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>2821</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>3475</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="3" t="s">
         <v>2823</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>2824</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>2825</v>
+        <v>2821</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>3476</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="4" t="s">
+        <v>2826</v>
+      </c>
+      <c r="B71" s="4" t="s">
         <v>2827</v>
       </c>
-      <c r="B71" s="4" t="s">
+      <c r="C71" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="D71" s="4" t="s">
         <v>2828</v>
       </c>
-      <c r="C71" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E71" s="4" t="s">
-        <v>3477</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="3" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>2831</v>
-      </c>
-[...1 lines deleted...]
-        <v>2832</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>2833</v>
+        <v>2832</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>3478</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="4" t="s">
-        <v>483</v>
+        <v>2834</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-      <c r="D73" s="4"/>
+        <v>2835</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>2836</v>
+      </c>
       <c r="E73" s="4" t="s">
-        <v>3479</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="3" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>487</v>
-[...6 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="C74" s="3"/>
+      <c r="D74" s="3"/>
       <c r="E74" s="3" t="s">
-        <v>3480</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="4" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-      <c r="D75" s="4"/>
+        <v>487</v>
+      </c>
+      <c r="C75" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>489</v>
+      </c>
       <c r="E75" s="4" t="s">
-        <v>3481</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="3" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3"/>
       <c r="E76" s="3" t="s">
-        <v>3482</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="4" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>502</v>
-[...6 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="C77" s="4"/>
+      <c r="D77" s="4"/>
       <c r="E77" s="4" t="s">
-        <v>3483</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="3" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>3484</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="4" t="s">
-        <v>2838</v>
+        <v>505</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>2839</v>
+        <v>506</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>2840</v>
+        <v>507</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>3485</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="3" t="s">
-        <v>509</v>
+        <v>2841</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-      <c r="D80" s="3"/>
+        <v>2842</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>2843</v>
+      </c>
       <c r="E80" s="3" t="s">
-        <v>3486</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="4" t="s">
-        <v>2842</v>
+        <v>509</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>2843</v>
-[...6 lines deleted...]
-      </c>
+        <v>510</v>
+      </c>
+      <c r="C81" s="4"/>
+      <c r="D81" s="4"/>
       <c r="E81" s="4" t="s">
-        <v>3487</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="3" t="s">
-        <v>512</v>
+        <v>2845</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-      <c r="D82" s="3"/>
+        <v>2846</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>2847</v>
+      </c>
       <c r="E82" s="3" t="s">
-        <v>3488</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="4" t="s">
-        <v>525</v>
+        <v>512</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>526</v>
+        <v>513</v>
       </c>
       <c r="C83" s="4"/>
       <c r="D83" s="4"/>
       <c r="E83" s="4" t="s">
-        <v>3489</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="3" t="s">
-        <v>2846</v>
+        <v>525</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>2847</v>
-[...6 lines deleted...]
-      </c>
+        <v>526</v>
+      </c>
+      <c r="C84" s="3"/>
+      <c r="D84" s="3"/>
       <c r="E84" s="3" t="s">
-        <v>3490</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="4" t="s">
-        <v>2154</v>
+        <v>2849</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>2155</v>
+        <v>2850</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>2850</v>
+        <v>275</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>2851</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>3491</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="3" t="s">
+        <v>2154</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C86" s="3" t="s">
         <v>2853</v>
       </c>
-      <c r="B86" s="3" t="s">
+      <c r="D86" s="3" t="s">
         <v>2854</v>
       </c>
-      <c r="C86" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E86" s="3" t="s">
-        <v>3492</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="4" t="s">
-        <v>532</v>
+        <v>2856</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>533</v>
+        <v>2857</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>488</v>
+        <v>231</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>534</v>
+        <v>2858</v>
       </c>
       <c r="E87" s="4" t="s">
-        <v>3493</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="3" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>231</v>
+        <v>488</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>3494</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="4" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="E89" s="4" t="s">
-        <v>3495</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="3" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>3496</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="4" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="C91" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="E91" s="4" t="s">
-        <v>3497</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="3" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>3498</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="4" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="C93" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="E93" s="4" t="s">
-        <v>3499</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="3" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="C94" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>3500</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="4" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="C95" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="E95" s="4" t="s">
-        <v>3501</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="3" t="s">
-        <v>2866</v>
+        <v>564</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>2867</v>
+        <v>565</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>2868</v>
+        <v>566</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>3502</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="4" t="s">
+        <v>2869</v>
+      </c>
+      <c r="B97" s="4" t="s">
         <v>2870</v>
-      </c>
-[...1 lines deleted...]
-        <v>2871</v>
       </c>
       <c r="C97" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
       <c r="E97" s="4" t="s">
-        <v>3503</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="3" t="s">
-        <v>572</v>
+        <v>2873</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>573</v>
+        <v>2874</v>
       </c>
       <c r="C98" s="3" t="s">
         <v>275</v>
       </c>
       <c r="D98" s="3" t="s">
-        <v>574</v>
+        <v>2871</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>3504</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="4" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="E99" s="4" t="s">
-        <v>3505</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="3" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="C100" s="3" t="s">
         <v>231</v>
       </c>
       <c r="D100" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>3509</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5">
+      <c r="A101" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B101" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="C101" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="D101" s="4" t="s">
         <v>582</v>
       </c>
-      <c r="E100" s="3" t="s">
-        <v>3506</v>
+      <c r="E101" s="4" t="s">
+        <v>3510</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C326"/>
+  <dimension ref="A1:C337"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" customWidth="1"/>
     <col min="3" max="3" width="74.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
-        <v>3507</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>3508</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4" t="s">
-        <v>613</v>
+        <v>589</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>614</v>
+        <v>590</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>3509</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="3" t="s">
-        <v>616</v>
+        <v>595</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>617</v>
+        <v>596</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>3510</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4" t="s">
-        <v>619</v>
+        <v>598</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>620</v>
+        <v>599</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>3511</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
-        <v>628</v>
+        <v>604</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>629</v>
+        <v>605</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>3512</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
-        <v>631</v>
+        <v>610</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>632</v>
+        <v>611</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>3513</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="3" t="s">
-        <v>634</v>
+        <v>613</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>635</v>
+        <v>614</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>3514</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4" t="s">
-        <v>637</v>
+        <v>616</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>638</v>
+        <v>617</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>3515</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="3" t="s">
-        <v>640</v>
+        <v>619</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>641</v>
+        <v>620</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>3516</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="4" t="s">
-        <v>643</v>
+        <v>628</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>644</v>
+        <v>629</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>3517</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="3" t="s">
-        <v>646</v>
+        <v>631</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>647</v>
+        <v>632</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>3518</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="4" t="s">
-        <v>649</v>
+        <v>634</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>650</v>
+        <v>635</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>3519</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="3" t="s">
-        <v>652</v>
+        <v>637</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>653</v>
+        <v>638</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>3520</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="4" t="s">
-        <v>655</v>
+        <v>640</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>656</v>
+        <v>641</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>3521</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="3" t="s">
-        <v>658</v>
+        <v>643</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>659</v>
+        <v>644</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>3522</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="4" t="s">
-        <v>661</v>
+        <v>646</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>662</v>
+        <v>647</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>3523</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="3" t="s">
-        <v>664</v>
+        <v>649</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>665</v>
+        <v>650</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>3524</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="4" t="s">
-        <v>679</v>
+        <v>652</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>680</v>
+        <v>653</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>3525</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
-        <v>682</v>
+        <v>655</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>683</v>
+        <v>656</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>3526</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="4" t="s">
-        <v>685</v>
+        <v>658</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>686</v>
+        <v>659</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>3527</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
-        <v>688</v>
+        <v>661</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>689</v>
+        <v>662</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>3528</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="4" t="s">
-        <v>691</v>
+        <v>664</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>692</v>
+        <v>665</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>3529</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
-        <v>694</v>
+        <v>679</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>695</v>
+        <v>680</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>3530</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="4" t="s">
-        <v>697</v>
+        <v>682</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>698</v>
+        <v>683</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>3531</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="3" t="s">
-        <v>700</v>
+        <v>685</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>701</v>
+        <v>686</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>3532</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="4" t="s">
-        <v>703</v>
+        <v>688</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>704</v>
+        <v>689</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>3533</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="3" t="s">
-        <v>706</v>
+        <v>691</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>707</v>
+        <v>692</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>3534</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="4" t="s">
-        <v>709</v>
+        <v>694</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>710</v>
+        <v>695</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>3535</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="3" t="s">
-        <v>712</v>
+        <v>697</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>3536</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="4" t="s">
-        <v>715</v>
+        <v>700</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>716</v>
+        <v>701</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>3537</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
-        <v>718</v>
+        <v>703</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>719</v>
+        <v>704</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>3538</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="4" t="s">
-        <v>721</v>
+        <v>706</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>722</v>
+        <v>707</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>3539</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="3" t="s">
-        <v>724</v>
+        <v>709</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>725</v>
+        <v>710</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>3540</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="4" t="s">
-        <v>727</v>
+        <v>712</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>728</v>
+        <v>713</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>3541</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
-        <v>730</v>
+        <v>715</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>731</v>
+        <v>716</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>3542</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4" t="s">
-        <v>733</v>
+        <v>718</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>734</v>
+        <v>719</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>3543</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
-        <v>739</v>
+        <v>721</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>740</v>
+        <v>722</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>3544</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4" t="s">
-        <v>3545</v>
+        <v>724</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>3546</v>
+        <v>725</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>3547</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
-        <v>742</v>
+        <v>727</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>743</v>
+        <v>728</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>3548</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4" t="s">
-        <v>745</v>
+        <v>730</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>746</v>
+        <v>731</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>3549</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
-        <v>748</v>
+        <v>733</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>749</v>
+        <v>734</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>3550</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4" t="s">
-        <v>751</v>
+        <v>739</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>752</v>
+        <v>740</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>3551</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
-        <v>754</v>
+        <v>3554</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>755</v>
+        <v>3555</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>3552</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4" t="s">
-        <v>757</v>
+        <v>742</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>758</v>
+        <v>743</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>3553</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
-        <v>760</v>
+        <v>745</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>761</v>
+        <v>746</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>3554</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4" t="s">
-        <v>763</v>
+        <v>748</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>764</v>
+        <v>749</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>3555</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
-        <v>766</v>
+        <v>751</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>767</v>
+        <v>752</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>3556</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4" t="s">
-        <v>769</v>
+        <v>754</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>3557</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
-        <v>772</v>
+        <v>757</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>773</v>
+        <v>758</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>3558</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4" t="s">
-        <v>778</v>
+        <v>760</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>779</v>
+        <v>761</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>3559</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
-        <v>781</v>
+        <v>763</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>782</v>
+        <v>764</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>3560</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4" t="s">
-        <v>784</v>
+        <v>766</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>785</v>
+        <v>767</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>3561</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
-        <v>2022</v>
+        <v>769</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>2023</v>
+        <v>770</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>3562</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4" t="s">
-        <v>2025</v>
+        <v>772</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>2026</v>
+        <v>773</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>3563</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
-        <v>2028</v>
+        <v>778</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>2029</v>
+        <v>779</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>3564</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4" t="s">
-        <v>790</v>
+        <v>781</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>791</v>
+        <v>782</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>3565</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
-        <v>793</v>
+        <v>784</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>794</v>
+        <v>785</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>3566</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4" t="s">
-        <v>796</v>
+        <v>2022</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>797</v>
+        <v>2023</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>3567</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
-        <v>799</v>
+        <v>2025</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>800</v>
+        <v>2026</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>3568</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4" t="s">
-        <v>802</v>
+        <v>2028</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>803</v>
+        <v>2029</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>3569</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
-        <v>805</v>
+        <v>790</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>806</v>
+        <v>791</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>3570</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4" t="s">
-        <v>808</v>
+        <v>793</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>809</v>
+        <v>794</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>3571</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
-        <v>811</v>
+        <v>796</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>812</v>
+        <v>797</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>3572</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4" t="s">
-        <v>814</v>
+        <v>799</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>815</v>
+        <v>800</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>3573</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
-        <v>817</v>
+        <v>802</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>818</v>
+        <v>803</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>3574</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4" t="s">
-        <v>820</v>
+        <v>805</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>821</v>
+        <v>806</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>3575</v>
+        <v>3579</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
-        <v>823</v>
+        <v>808</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>824</v>
+        <v>809</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>3576</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
-        <v>826</v>
+        <v>811</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>827</v>
+        <v>812</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>3577</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
-        <v>829</v>
+        <v>814</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>830</v>
+        <v>815</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>3578</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4" t="s">
-        <v>832</v>
+        <v>817</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>833</v>
+        <v>818</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>3579</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
-        <v>835</v>
+        <v>820</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>836</v>
+        <v>821</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>3580</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4" t="s">
-        <v>838</v>
+        <v>823</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>839</v>
+        <v>824</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>3581</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
-        <v>841</v>
+        <v>826</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>842</v>
+        <v>827</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>3582</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4" t="s">
-        <v>844</v>
+        <v>829</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>845</v>
+        <v>830</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>3583</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
-        <v>847</v>
+        <v>832</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>848</v>
+        <v>833</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>3584</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4" t="s">
-        <v>850</v>
+        <v>835</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>851</v>
+        <v>836</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>3585</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
-        <v>853</v>
+        <v>838</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>854</v>
+        <v>839</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>3586</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4" t="s">
-        <v>856</v>
+        <v>841</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>857</v>
+        <v>842</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>3587</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
-        <v>859</v>
+        <v>844</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>860</v>
+        <v>845</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>3588</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4" t="s">
-        <v>862</v>
+        <v>847</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>863</v>
+        <v>848</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>3589</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="3" t="s">
-        <v>865</v>
+        <v>850</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>866</v>
+        <v>851</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>3590</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="4" t="s">
-        <v>868</v>
+        <v>853</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>869</v>
+        <v>854</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>3591</v>
+        <v>3595</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="3" t="s">
-        <v>871</v>
+        <v>856</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>872</v>
+        <v>857</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>3592</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="4" t="s">
-        <v>874</v>
+        <v>859</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>875</v>
+        <v>860</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>3593</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="3" t="s">
-        <v>877</v>
+        <v>862</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>878</v>
+        <v>863</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>3594</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="4" t="s">
-        <v>880</v>
+        <v>865</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>881</v>
+        <v>866</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>3595</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="3" t="s">
-        <v>2081</v>
+        <v>868</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>2082</v>
+        <v>869</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>3596</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="4" t="s">
-        <v>2084</v>
+        <v>871</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>2085</v>
+        <v>872</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>3597</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="3" t="s">
-        <v>2087</v>
+        <v>874</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>2088</v>
+        <v>875</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>3598</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="4" t="s">
-        <v>883</v>
+        <v>877</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>884</v>
+        <v>878</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>3599</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="3" t="s">
-        <v>886</v>
+        <v>880</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>887</v>
+        <v>881</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>3600</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="4" t="s">
-        <v>889</v>
+        <v>2081</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>890</v>
+        <v>2082</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>3601</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="3" t="s">
-        <v>892</v>
+        <v>2084</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>893</v>
+        <v>2085</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>3602</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="4" t="s">
-        <v>895</v>
+        <v>2087</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>896</v>
+        <v>2088</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>3603</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="3" t="s">
-        <v>898</v>
+        <v>883</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>899</v>
+        <v>884</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>3604</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="4" t="s">
-        <v>929</v>
+        <v>886</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>930</v>
+        <v>887</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>3605</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="3" t="s">
-        <v>932</v>
+        <v>889</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>933</v>
+        <v>890</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>3606</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="4" t="s">
-        <v>935</v>
+        <v>892</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>936</v>
+        <v>893</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>3607</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="3" t="s">
-        <v>938</v>
+        <v>895</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>939</v>
+        <v>896</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>3608</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="4" t="s">
-        <v>941</v>
+        <v>898</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>942</v>
+        <v>899</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>3609</v>
+        <v>3613</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="3" t="s">
-        <v>944</v>
+        <v>929</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>945</v>
+        <v>930</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>3610</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="4" t="s">
-        <v>947</v>
+        <v>932</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>948</v>
+        <v>933</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>3611</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="3" t="s">
-        <v>950</v>
+        <v>935</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>951</v>
+        <v>936</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>3612</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="4" t="s">
-        <v>953</v>
+        <v>938</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>954</v>
+        <v>939</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>3613</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="3" t="s">
-        <v>956</v>
+        <v>941</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>957</v>
+        <v>942</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>3614</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="4" t="s">
-        <v>959</v>
+        <v>944</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>960</v>
+        <v>945</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>3615</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="3" t="s">
-        <v>962</v>
+        <v>947</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>963</v>
+        <v>948</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>3616</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="4" t="s">
-        <v>965</v>
+        <v>950</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>966</v>
+        <v>951</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>3617</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="3" t="s">
-        <v>968</v>
+        <v>953</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>969</v>
+        <v>954</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>3618</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="4" t="s">
-        <v>971</v>
+        <v>956</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>972</v>
+        <v>957</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>3619</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="3" t="s">
-        <v>974</v>
+        <v>959</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>975</v>
+        <v>960</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>3620</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="4" t="s">
-        <v>977</v>
+        <v>962</v>
       </c>
       <c r="B115" s="4" t="s">
-        <v>978</v>
+        <v>963</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>3621</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="3" t="s">
-        <v>980</v>
+        <v>965</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>981</v>
+        <v>966</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>3622</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="4" t="s">
-        <v>983</v>
+        <v>968</v>
       </c>
       <c r="B117" s="4" t="s">
-        <v>984</v>
+        <v>969</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>3623</v>
+        <v>3627</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="3" t="s">
-        <v>986</v>
+        <v>971</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>987</v>
+        <v>972</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>3624</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="4" t="s">
-        <v>989</v>
+        <v>974</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>990</v>
+        <v>975</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>3625</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="3" t="s">
-        <v>992</v>
+        <v>977</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>993</v>
+        <v>978</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>3626</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="4" t="s">
-        <v>995</v>
+        <v>980</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>996</v>
+        <v>981</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>3627</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="3" t="s">
-        <v>998</v>
+        <v>983</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>999</v>
+        <v>984</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>3628</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="4" t="s">
-        <v>2161</v>
+        <v>986</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>2162</v>
+        <v>987</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>3629</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="3" t="s">
-        <v>1001</v>
+        <v>989</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>1002</v>
+        <v>990</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>3630</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="4" t="s">
-        <v>1004</v>
+        <v>992</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>1005</v>
+        <v>993</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>3631</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="3" t="s">
-        <v>1007</v>
+        <v>995</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>1008</v>
+        <v>996</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>3632</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="4" t="s">
-        <v>1010</v>
+        <v>998</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>1011</v>
+        <v>999</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>3633</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="3" t="s">
-        <v>1013</v>
+        <v>2161</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>1014</v>
+        <v>2162</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>3634</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="4" t="s">
-        <v>1016</v>
+        <v>1001</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>1017</v>
+        <v>1002</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>3635</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="3" t="s">
-        <v>1019</v>
+        <v>1004</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>1020</v>
+        <v>1005</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>3636</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="4" t="s">
-        <v>1022</v>
+        <v>1007</v>
       </c>
       <c r="B131" s="4" t="s">
-        <v>1023</v>
+        <v>1008</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>3637</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="3" t="s">
-        <v>1025</v>
+        <v>1010</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>1026</v>
+        <v>1011</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>3638</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="4" t="s">
-        <v>1028</v>
+        <v>1013</v>
       </c>
       <c r="B133" s="4" t="s">
-        <v>1029</v>
+        <v>1014</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>3639</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="3" t="s">
-        <v>1031</v>
+        <v>1016</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>1032</v>
+        <v>1017</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>3640</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="4" t="s">
-        <v>1034</v>
+        <v>1019</v>
       </c>
       <c r="B135" s="4" t="s">
-        <v>1035</v>
+        <v>1020</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>3641</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="3" t="s">
-        <v>1037</v>
+        <v>1022</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>1038</v>
+        <v>1023</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>3642</v>
+        <v>3646</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="4" t="s">
-        <v>1040</v>
+        <v>1025</v>
       </c>
       <c r="B137" s="4" t="s">
-        <v>1041</v>
+        <v>1026</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>3643</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="3" t="s">
-        <v>1043</v>
+        <v>1028</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>1044</v>
+        <v>1029</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>3644</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="4" t="s">
-        <v>1046</v>
+        <v>1031</v>
       </c>
       <c r="B139" s="4" t="s">
-        <v>1047</v>
+        <v>1032</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>3645</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="3" t="s">
-        <v>1049</v>
+        <v>1034</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>1050</v>
+        <v>1035</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>3646</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="4" t="s">
-        <v>1052</v>
+        <v>1037</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>1053</v>
+        <v>1038</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>3647</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="3" t="s">
-        <v>1058</v>
+        <v>1040</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>1059</v>
+        <v>1041</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>3648</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="4" t="s">
-        <v>1061</v>
+        <v>1043</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>1062</v>
+        <v>1044</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>3649</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="3" t="s">
-        <v>1064</v>
+        <v>1046</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>1065</v>
+        <v>1047</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>3650</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="4" t="s">
-        <v>1067</v>
+        <v>1049</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>1068</v>
+        <v>1050</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>3651</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="3" t="s">
-        <v>1070</v>
+        <v>1052</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>1071</v>
+        <v>1053</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>3652</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="4" t="s">
-        <v>1073</v>
+        <v>1058</v>
       </c>
       <c r="B147" s="4" t="s">
-        <v>1074</v>
+        <v>1059</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>3653</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="3" t="s">
-        <v>1076</v>
+        <v>1061</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>1077</v>
+        <v>1062</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>3654</v>
+        <v>3658</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="4" t="s">
-        <v>1079</v>
+        <v>1064</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>1080</v>
+        <v>1065</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>3655</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="3" t="s">
-        <v>1082</v>
+        <v>1067</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>1083</v>
+        <v>1068</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>3656</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="4" t="s">
-        <v>1085</v>
+        <v>1070</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>1086</v>
+        <v>1071</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>3657</v>
+        <v>3661</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="3" t="s">
-        <v>1088</v>
+        <v>1073</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>1089</v>
+        <v>1074</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>3658</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="4" t="s">
-        <v>1091</v>
+        <v>1076</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>1092</v>
+        <v>1077</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>3659</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="3" t="s">
-        <v>1094</v>
+        <v>1079</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>1095</v>
+        <v>1080</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>3660</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="4" t="s">
-        <v>1100</v>
+        <v>1082</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>1101</v>
+        <v>1083</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>3661</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="3" t="s">
-        <v>1103</v>
+        <v>1085</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>1104</v>
+        <v>1086</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>3662</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="4" t="s">
-        <v>1106</v>
+        <v>1088</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>1107</v>
+        <v>1089</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>3663</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="3" t="s">
-        <v>1109</v>
+        <v>1091</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>1110</v>
+        <v>1092</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>3664</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="4" t="s">
-        <v>1112</v>
+        <v>1094</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>1113</v>
+        <v>1095</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>3665</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="3" t="s">
-        <v>1115</v>
+        <v>1097</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>1116</v>
+        <v>1098</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>3666</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="4" t="s">
-        <v>1118</v>
+        <v>1100</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>1119</v>
+        <v>1101</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>3667</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="3" t="s">
-        <v>1121</v>
+        <v>1103</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>1122</v>
+        <v>1104</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>3668</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="4" t="s">
-        <v>1124</v>
+        <v>1106</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>1125</v>
+        <v>1107</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>3669</v>
+        <v>3673</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="3" t="s">
-        <v>1127</v>
+        <v>1109</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>1128</v>
+        <v>1110</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>3670</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="4" t="s">
-        <v>1130</v>
+        <v>1112</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>1131</v>
+        <v>1113</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>3671</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="3" t="s">
-        <v>1133</v>
+        <v>1115</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>1134</v>
+        <v>1116</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>3672</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="4" t="s">
-        <v>1136</v>
+        <v>1118</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>1137</v>
+        <v>1119</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>3673</v>
+        <v>3677</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="3" t="s">
-        <v>1139</v>
+        <v>1121</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>1140</v>
+        <v>1122</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="4" t="s">
-        <v>1142</v>
+        <v>1124</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>1143</v>
+        <v>1125</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="3" t="s">
-        <v>1145</v>
+        <v>1127</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>1146</v>
+        <v>1128</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>3676</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="4" t="s">
-        <v>1148</v>
+        <v>1130</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>1149</v>
+        <v>1131</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>3677</v>
+        <v>3681</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="3" t="s">
-        <v>1151</v>
+        <v>1133</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>1152</v>
+        <v>1134</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>3678</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="4" t="s">
-        <v>1154</v>
+        <v>1136</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>1155</v>
+        <v>1137</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>3679</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="3" t="s">
-        <v>1157</v>
+        <v>1139</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>1158</v>
+        <v>1140</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>3680</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="4" t="s">
-        <v>1160</v>
+        <v>1142</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>1161</v>
+        <v>1143</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>3681</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="3" t="s">
-        <v>1163</v>
+        <v>1145</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>1164</v>
+        <v>1146</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>3682</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="4" t="s">
-        <v>1166</v>
+        <v>1148</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>1167</v>
+        <v>1149</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>3683</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="3" t="s">
-        <v>1169</v>
+        <v>1151</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>1170</v>
+        <v>1152</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>3684</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="4" t="s">
-        <v>1175</v>
+        <v>1154</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>1176</v>
+        <v>1155</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>3685</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="3" t="s">
-        <v>1178</v>
+        <v>1157</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>1179</v>
+        <v>1158</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>3686</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="4" t="s">
-        <v>1223</v>
+        <v>1160</v>
       </c>
       <c r="B181" s="4" t="s">
-        <v>1224</v>
+        <v>1161</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>3687</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="3" t="s">
-        <v>1226</v>
+        <v>1163</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>1227</v>
+        <v>1164</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>3688</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="4" t="s">
-        <v>1229</v>
+        <v>1166</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>1230</v>
+        <v>1167</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>3689</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="3" t="s">
-        <v>1247</v>
+        <v>1169</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>1248</v>
+        <v>1170</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>3690</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="4" t="s">
-        <v>1250</v>
+        <v>1175</v>
       </c>
       <c r="B185" s="4" t="s">
-        <v>1251</v>
+        <v>1176</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>3691</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="3" t="s">
-        <v>1253</v>
+        <v>1178</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>1254</v>
+        <v>1179</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>3692</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="4" t="s">
-        <v>118</v>
+        <v>1223</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>119</v>
+        <v>1224</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>3693</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="3" t="s">
-        <v>2271</v>
+        <v>1226</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>2272</v>
+        <v>1227</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>3694</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="4" t="s">
-        <v>3695</v>
+        <v>1229</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>3696</v>
+        <v>1230</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>3697</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="3" t="s">
-        <v>1266</v>
+        <v>1232</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>1267</v>
+        <v>1233</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>3698</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="4" t="s">
-        <v>1269</v>
+        <v>1244</v>
       </c>
       <c r="B191" s="4" t="s">
-        <v>1270</v>
+        <v>1245</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>3699</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="3" t="s">
-        <v>1272</v>
+        <v>1247</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>1273</v>
+        <v>1248</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>3700</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="4" t="s">
-        <v>1275</v>
+        <v>1250</v>
       </c>
       <c r="B193" s="4" t="s">
-        <v>1276</v>
+        <v>1251</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>3701</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="3" t="s">
-        <v>1278</v>
+        <v>1253</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>1279</v>
+        <v>1254</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>3702</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="4" t="s">
-        <v>1281</v>
+        <v>118</v>
       </c>
       <c r="B195" s="4" t="s">
-        <v>1282</v>
+        <v>119</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>3703</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="3" t="s">
-        <v>1284</v>
+        <v>2271</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>1285</v>
+        <v>2272</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>3704</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="4" t="s">
-        <v>1287</v>
+        <v>3707</v>
       </c>
       <c r="B197" s="4" t="s">
-        <v>1288</v>
+        <v>3708</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>3705</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="3" t="s">
-        <v>2291</v>
+        <v>1266</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>2292</v>
+        <v>1267</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>3706</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="4" t="s">
-        <v>2300</v>
+        <v>1269</v>
       </c>
       <c r="B199" s="4" t="s">
-        <v>2301</v>
+        <v>1270</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>3707</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="3" t="s">
-        <v>1290</v>
+        <v>1272</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>1291</v>
+        <v>1273</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>3708</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="4" t="s">
-        <v>1293</v>
+        <v>1275</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>1294</v>
+        <v>1276</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>3709</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="3" t="s">
-        <v>1296</v>
+        <v>1278</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>1297</v>
+        <v>1279</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>3710</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="4" t="s">
-        <v>1302</v>
+        <v>1281</v>
       </c>
       <c r="B203" s="4" t="s">
-        <v>1303</v>
+        <v>1282</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>3711</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="3" t="s">
-        <v>1305</v>
+        <v>1284</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>1306</v>
+        <v>1285</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>3712</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="4" t="s">
-        <v>1308</v>
+        <v>1287</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>1309</v>
+        <v>1288</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>3713</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="3" t="s">
-        <v>1311</v>
+        <v>2291</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>1312</v>
+        <v>2292</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>3714</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="4" t="s">
-        <v>1314</v>
+        <v>2300</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>1315</v>
+        <v>2301</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>3715</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="3" t="s">
-        <v>1317</v>
+        <v>1290</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>1318</v>
+        <v>1291</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>3716</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="4" t="s">
-        <v>1323</v>
+        <v>1293</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>1324</v>
+        <v>1294</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>3717</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="3" t="s">
-        <v>1326</v>
+        <v>1296</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>1327</v>
+        <v>1297</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>3718</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="4" t="s">
-        <v>1329</v>
+        <v>1302</v>
       </c>
       <c r="B211" s="4" t="s">
-        <v>1330</v>
+        <v>1303</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>3719</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="3" t="s">
-        <v>1332</v>
+        <v>1305</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>1333</v>
+        <v>1306</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>3720</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="4" t="s">
-        <v>1335</v>
+        <v>1308</v>
       </c>
       <c r="B213" s="4" t="s">
-        <v>1336</v>
+        <v>1309</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>3721</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="3" t="s">
-        <v>1338</v>
+        <v>1311</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>1339</v>
+        <v>1312</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>3722</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="4" t="s">
-        <v>1341</v>
+        <v>1314</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>1342</v>
+        <v>1315</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>3723</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="3" t="s">
-        <v>1344</v>
+        <v>1317</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>1345</v>
+        <v>1318</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>3724</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="4" t="s">
-        <v>1347</v>
+        <v>1323</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>1348</v>
+        <v>1324</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>3725</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="3" t="s">
-        <v>1350</v>
+        <v>1326</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>1351</v>
+        <v>1327</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>3726</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="4" t="s">
-        <v>1353</v>
+        <v>1329</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>1354</v>
+        <v>1330</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>3727</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="3" t="s">
-        <v>1356</v>
+        <v>1332</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>1357</v>
+        <v>1333</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>3728</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="4" t="s">
-        <v>1359</v>
+        <v>1335</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>1360</v>
+        <v>1336</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>3729</v>
+        <v>3733</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="3" t="s">
-        <v>2330</v>
+        <v>1338</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>2331</v>
+        <v>1339</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>3730</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="4" t="s">
-        <v>1362</v>
+        <v>1341</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>1363</v>
+        <v>1342</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>3731</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="3" t="s">
-        <v>2334</v>
+        <v>1344</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>2335</v>
+        <v>1345</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>3732</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="4" t="s">
-        <v>2337</v>
+        <v>1347</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>2338</v>
+        <v>1348</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>3733</v>
+        <v>3737</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="3" t="s">
-        <v>2341</v>
+        <v>1350</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>2342</v>
+        <v>1351</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>3734</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="4" t="s">
-        <v>1371</v>
+        <v>1353</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>1372</v>
+        <v>1354</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>3735</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="3" t="s">
-        <v>1374</v>
+        <v>1356</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>1375</v>
+        <v>1357</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>3736</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="4" t="s">
-        <v>1380</v>
+        <v>1359</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>1381</v>
+        <v>1360</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>3737</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="3" t="s">
-        <v>1386</v>
+        <v>2330</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>1387</v>
+        <v>2331</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>3738</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="4" t="s">
-        <v>1389</v>
+        <v>1362</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>1390</v>
+        <v>1363</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>3739</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="3" t="s">
-        <v>1392</v>
+        <v>2334</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>1393</v>
+        <v>2335</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>3740</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="4" t="s">
-        <v>1395</v>
+        <v>2337</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>1396</v>
+        <v>2338</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>3741</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="3" t="s">
-        <v>1398</v>
+        <v>2341</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>1399</v>
+        <v>2342</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>3742</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="4" t="s">
-        <v>1401</v>
+        <v>1371</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>1402</v>
+        <v>1372</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>3743</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="3" t="s">
-        <v>1404</v>
+        <v>1374</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>1405</v>
+        <v>1375</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>3744</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="4" t="s">
-        <v>1407</v>
+        <v>1377</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>1408</v>
+        <v>1378</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>3745</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="3" t="s">
-        <v>1410</v>
+        <v>1380</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>1411</v>
+        <v>1381</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>3746</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="4" t="s">
-        <v>1413</v>
+        <v>1383</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>1414</v>
+        <v>1384</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>3747</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="3" t="s">
-        <v>1416</v>
+        <v>1386</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>1417</v>
+        <v>1387</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>3748</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="4" t="s">
-        <v>1419</v>
+        <v>1389</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>1420</v>
+        <v>1390</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>3749</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="3" t="s">
-        <v>1422</v>
+        <v>1392</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>1423</v>
+        <v>1393</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>3750</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="4" t="s">
-        <v>1425</v>
+        <v>1395</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>1426</v>
+        <v>1396</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>3751</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="3" t="s">
-        <v>1428</v>
+        <v>1398</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>1429</v>
+        <v>1399</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>3752</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="4" t="s">
-        <v>1431</v>
+        <v>1401</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>1432</v>
+        <v>1402</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>3753</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="3" t="s">
-        <v>1437</v>
+        <v>1404</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>1438</v>
+        <v>1405</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>3754</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="4" t="s">
-        <v>1440</v>
+        <v>1407</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>1441</v>
+        <v>1408</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>3755</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="3" t="s">
-        <v>1443</v>
+        <v>1410</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>1444</v>
+        <v>1411</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>3756</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="4" t="s">
-        <v>1449</v>
+        <v>1413</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>1450</v>
+        <v>1414</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>3757</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="3" t="s">
-        <v>1470</v>
+        <v>1416</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>1471</v>
+        <v>1417</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>3758</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="4" t="s">
-        <v>1473</v>
+        <v>1419</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>1474</v>
+        <v>1420</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>3759</v>
+        <v>3763</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="3" t="s">
-        <v>1476</v>
+        <v>1422</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>1477</v>
+        <v>1423</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>3760</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="4" t="s">
-        <v>1497</v>
+        <v>1425</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>1498</v>
+        <v>1426</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>3761</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="3" t="s">
-        <v>1500</v>
+        <v>1428</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>1501</v>
+        <v>1429</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>3762</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="4" t="s">
-        <v>1503</v>
+        <v>1431</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>1504</v>
+        <v>1432</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>3763</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="3" t="s">
-        <v>1506</v>
+        <v>1437</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>1507</v>
+        <v>1438</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>3764</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="4" t="s">
-        <v>1509</v>
+        <v>1440</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>1510</v>
+        <v>1441</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>3765</v>
+        <v>3769</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="3" t="s">
-        <v>1512</v>
+        <v>1443</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>1513</v>
+        <v>1444</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>3766</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="4" t="s">
-        <v>2487</v>
+        <v>1449</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>2488</v>
+        <v>1450</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>3767</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="3" t="s">
-        <v>1518</v>
+        <v>1470</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>1519</v>
+        <v>1471</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>3768</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="4" t="s">
-        <v>1521</v>
+        <v>1473</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>1522</v>
+        <v>1474</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>3769</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="3" t="s">
-        <v>1524</v>
+        <v>1476</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>1525</v>
+        <v>1477</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>3770</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="4" t="s">
-        <v>1527</v>
+        <v>1497</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>1528</v>
+        <v>1498</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>3771</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="3" t="s">
-        <v>1530</v>
+        <v>1500</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>1531</v>
+        <v>1501</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>3772</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="4" t="s">
-        <v>1533</v>
+        <v>1503</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>1534</v>
+        <v>1504</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>3773</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="3" t="s">
-        <v>1536</v>
+        <v>1506</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>1537</v>
+        <v>1507</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>3774</v>
+        <v>3778</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="4" t="s">
-        <v>1539</v>
+        <v>1509</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>1540</v>
+        <v>1510</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>3775</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="3" t="s">
-        <v>1542</v>
+        <v>1512</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>1543</v>
+        <v>1513</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>3776</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="4" t="s">
-        <v>1545</v>
+        <v>2487</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>1546</v>
+        <v>2488</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>3777</v>
+        <v>3781</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="3" t="s">
-        <v>1548</v>
+        <v>1515</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>1549</v>
+        <v>1516</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>3778</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="4" t="s">
-        <v>1551</v>
+        <v>1518</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>1552</v>
+        <v>1519</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>3779</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="3" t="s">
-        <v>1554</v>
+        <v>1521</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>1555</v>
+        <v>1522</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>3780</v>
+        <v>3784</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="4" t="s">
-        <v>1557</v>
+        <v>1524</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>1558</v>
+        <v>1525</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>3781</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="3" t="s">
-        <v>1560</v>
+        <v>1527</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>1561</v>
+        <v>1528</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>3782</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="4" t="s">
-        <v>1563</v>
+        <v>1530</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>1564</v>
+        <v>1531</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>3783</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="3" t="s">
-        <v>1566</v>
+        <v>1533</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>1567</v>
+        <v>1534</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>3784</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="4" t="s">
-        <v>1569</v>
+        <v>1536</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>1570</v>
+        <v>1537</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>3785</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="3" t="s">
-        <v>1572</v>
+        <v>1539</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>1573</v>
+        <v>1540</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>3786</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="4" t="s">
-        <v>1575</v>
+        <v>1542</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>1576</v>
+        <v>1543</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>3787</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="3" t="s">
-        <v>1578</v>
+        <v>1545</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>1579</v>
+        <v>1546</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>3788</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="4" t="s">
-        <v>1581</v>
+        <v>1548</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>1582</v>
+        <v>1549</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>3789</v>
+        <v>3793</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="3" t="s">
-        <v>1584</v>
+        <v>1551</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>1585</v>
+        <v>1552</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>3790</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="4" t="s">
-        <v>1587</v>
+        <v>1554</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>1588</v>
+        <v>1555</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>3791</v>
+        <v>3795</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="3" t="s">
-        <v>1590</v>
+        <v>1557</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>1591</v>
+        <v>1558</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>3792</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="4" t="s">
-        <v>1593</v>
+        <v>1560</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>1594</v>
+        <v>1561</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>3793</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="3" t="s">
-        <v>1596</v>
+        <v>1563</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>1597</v>
+        <v>1564</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>3794</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="4" t="s">
-        <v>1599</v>
+        <v>1566</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>1600</v>
+        <v>1567</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>3795</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="3" t="s">
-        <v>1602</v>
+        <v>1569</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>1603</v>
+        <v>1570</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>3796</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="4" t="s">
-        <v>3797</v>
+        <v>1572</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>3798</v>
+        <v>1573</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>3799</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="3" t="s">
-        <v>220</v>
+        <v>1575</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>221</v>
+        <v>1576</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>3800</v>
+        <v>3802</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="4" t="s">
-        <v>1612</v>
+        <v>1578</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>1613</v>
+        <v>1579</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>3801</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="3" t="s">
-        <v>1615</v>
+        <v>1581</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>1616</v>
+        <v>1582</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>3802</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="4" t="s">
-        <v>1618</v>
+        <v>1584</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>1619</v>
+        <v>1585</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>3803</v>
+        <v>3805</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="3" t="s">
-        <v>1621</v>
+        <v>1587</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>1622</v>
+        <v>1588</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>3804</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="4" t="s">
-        <v>1624</v>
+        <v>1590</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>1625</v>
+        <v>1591</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>3805</v>
+        <v>3807</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="3" t="s">
-        <v>1627</v>
+        <v>1593</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>1628</v>
+        <v>1594</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>3806</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="4" t="s">
-        <v>1630</v>
+        <v>1596</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>1631</v>
+        <v>1597</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>3807</v>
+        <v>3809</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="3" t="s">
-        <v>1633</v>
+        <v>1599</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>1634</v>
+        <v>1600</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>3808</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="4" t="s">
-        <v>1636</v>
+        <v>1602</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>1637</v>
+        <v>1603</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>3809</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="3" t="s">
-        <v>1639</v>
+        <v>3812</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>1640</v>
+        <v>3813</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>3810</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="4" t="s">
-        <v>1642</v>
+        <v>220</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>1643</v>
+        <v>221</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>3811</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="3" t="s">
-        <v>1645</v>
+        <v>1612</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>1646</v>
+        <v>1613</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>3812</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="4" t="s">
-        <v>1648</v>
+        <v>1615</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>1649</v>
+        <v>1616</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>3813</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="3" t="s">
-        <v>1651</v>
+        <v>1618</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>1652</v>
+        <v>1619</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>3814</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="4" t="s">
-        <v>1654</v>
+        <v>1621</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>1655</v>
+        <v>1622</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>3815</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="3" t="s">
-        <v>1657</v>
+        <v>1624</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>1658</v>
+        <v>1625</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>3816</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="4" t="s">
-        <v>1660</v>
+        <v>1627</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>1661</v>
+        <v>1628</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>3817</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="3" t="s">
-        <v>1663</v>
+        <v>1630</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>1664</v>
+        <v>1631</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>3818</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="4" t="s">
-        <v>1666</v>
+        <v>1633</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>1667</v>
+        <v>1634</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>3819</v>
+        <v>3823</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="3" t="s">
-        <v>1669</v>
+        <v>1636</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>1670</v>
+        <v>1637</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>3820</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="4" t="s">
-        <v>1672</v>
+        <v>1639</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>1673</v>
+        <v>1640</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>3821</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="3" t="s">
-        <v>1675</v>
+        <v>1642</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>1676</v>
+        <v>1643</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>3822</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="4" t="s">
-        <v>1678</v>
+        <v>1645</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>1679</v>
+        <v>1646</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>3823</v>
+        <v>3827</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="3" t="s">
-        <v>1681</v>
+        <v>1648</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>1682</v>
+        <v>1649</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>3824</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="4" t="s">
-        <v>1684</v>
+        <v>1651</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>1685</v>
+        <v>1652</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>3825</v>
+        <v>3829</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="3" t="s">
-        <v>1687</v>
+        <v>1654</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>1688</v>
+        <v>1655</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>3826</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="4" t="s">
-        <v>1690</v>
+        <v>1657</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>1691</v>
+        <v>1658</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>3827</v>
+        <v>3831</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="3" t="s">
-        <v>1699</v>
+        <v>1660</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>1700</v>
+        <v>1661</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>3828</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="4" t="s">
-        <v>1702</v>
+        <v>1663</v>
       </c>
       <c r="B319" s="4" t="s">
-        <v>1703</v>
+        <v>1664</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>3829</v>
+        <v>3833</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="3" t="s">
-        <v>1705</v>
+        <v>1666</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>1706</v>
+        <v>1667</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>3830</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="4" t="s">
-        <v>1708</v>
+        <v>1669</v>
       </c>
       <c r="B321" s="4" t="s">
-        <v>1709</v>
+        <v>1670</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>3831</v>
+        <v>3835</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="3" t="s">
-        <v>1711</v>
+        <v>1672</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>1712</v>
+        <v>1673</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>3832</v>
+        <v>3836</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="4" t="s">
-        <v>1717</v>
+        <v>1675</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>1718</v>
+        <v>1676</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>3833</v>
+        <v>3837</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="3" t="s">
-        <v>1720</v>
+        <v>1678</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>1721</v>
+        <v>1679</v>
       </c>
       <c r="C324" s="3" t="s">
-        <v>3834</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="4" t="s">
-        <v>2645</v>
+        <v>1681</v>
       </c>
       <c r="B325" s="4" t="s">
-        <v>2646</v>
+        <v>1682</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>3835</v>
+        <v>3839</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="3" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B326" s="3" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C326" s="3" t="s">
+        <v>3840</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="4" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B327" s="4" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C327" s="4" t="s">
+        <v>3841</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="3" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B328" s="3" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C328" s="3" t="s">
+        <v>3842</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="4" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B329" s="4" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C329" s="4" t="s">
+        <v>3843</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="3" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B330" s="3" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C330" s="3" t="s">
+        <v>3844</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="4" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B331" s="4" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C331" s="4" t="s">
+        <v>3845</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="3" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B332" s="3" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C332" s="3" t="s">
+        <v>3846</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="4" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B333" s="4" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C333" s="4" t="s">
+        <v>3847</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="3" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B334" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C334" s="3" t="s">
+        <v>3848</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="4" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B335" s="4" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C335" s="4" t="s">
+        <v>3849</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="3" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B336" s="3" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C336" s="3" t="s">
+        <v>3850</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="4" t="s">
         <v>1723</v>
       </c>
-      <c r="B326" s="3" t="s">
+      <c r="B337" s="4" t="s">
         <v>1724</v>
       </c>
-      <c r="C326" s="3" t="s">
-        <v>3836</v>
+      <c r="C337" s="4" t="s">
+        <v>3851</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>Company | Metrics</vt:lpstr>